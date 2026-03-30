--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -498,161 +498,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthworm communities and microbial metabolic activity and diversity under conventional, feed and biogas cropping systems as affected by tillage practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AGRI-ENVIRONMENTAL ASSESSMENT OF CONVENTIONAL AND ALTERNATIVE BIOENERGY CROPPING SYSTEMS PROMOTING BIOMASS PRODUCTIVITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Denier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Guidet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+                <w:t xml:space="preserve">Elisa Marraccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 169, pp.104232. </w:t>
+              <w:t xml:space="preserve">Frontiers of Agricultural Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2021.104232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15302/J-FASE-2021435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357729v1</w:t>
+                <w:t xml:space="preserve">hal-03624106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochar and compost addition increases soil organic carbon content and substitutes P and K fertilizer in three French cropping systems</w:t>
               </w:r>
@@ -766,161 +766,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03930088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGRI-ENVIRONMENTAL ASSESSMENT OF CONVENTIONAL AND ALTERNATIVE BIOENERGY CROPPING SYSTEMS PROMOTING BIOMASS PRODUCTIVITY</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Earthworm communities and microbial metabolic activity and diversity under conventional, feed and biogas cropping systems as affected by tillage practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Denier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisa Marraccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers of Agricultural Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 169, pp.104232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15302/J-FASE-2021435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2021.104232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624106v1</w:t>
+                <w:t xml:space="preserve">hal-03357729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trait-based sediment retention and runoff control by herbaceous vegetation in agricultural catchments. A review</w:t>
               </w:r>
@@ -1851,247 +1851,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet d’aménagements agro-écologiques sur l’entomofaune agricole</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agri-environmental assessment of conventional and alternative bioenergy cropping systems promoting biomass productivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Denier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Séminaire Biodiversité Entomologique de l’Oise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Senlis, France</w:t>
+              <w:t xml:space="preserve">Seminario científico franco-argentino sobre agroecología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Programme Argentine-France-Agriculture (ARFAGRI), Nov 2022, Rosario, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04324630v1</w:t>
+                <w:t xml:space="preserve">hal-04355330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agri-environmental assessment of conventional and alternative bioenergy cropping systems promoting biomass productivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’effet d’aménagements agro-écologiques sur l’entomofaune agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Damestoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminario científico franco-argentino sobre agroecología</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Programme Argentine-France-Agriculture (ARFAGRI), Nov 2022, Rosario, Argentina</w:t>
+              <w:t xml:space="preserve">6ème Séminaire Biodiversité Entomologique de l’Oise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Senlis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04355330v1</w:t>
+                <w:t xml:space="preserve">hal-04324630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traits des plantes, haies herbacées et érosion des sols : comment lier l'écologie fonctionnelle végétale à l'ingénierie écologique dans les agroécosystèmes ?</w:t>
               </w:r>
@@ -2185,90 +2185,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de différents systèmes de culture et types de travail du sol sur les communautés microbiennes et de vers de terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Denier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2798,51 +2798,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Schell" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Depeaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-025-07242-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Corso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Yipenin N'Do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15538" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357729v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guidet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104232" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03624106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021435" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240034v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Armand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3812" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955215v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Saunier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12040131" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04142-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ouvry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.04.024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638021v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355375v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355358v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324650v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Damestoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355330v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355233v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saunier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324598v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396801v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saunier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04314490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04933726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Schell" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Depeaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-025-07242-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Corso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Yipenin N'Do" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.15538" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03624106v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guidet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marraccini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/J-FASE-2021435" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357729v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Denier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2021.104232" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240034v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Armand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3812" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955215v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Saunier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12040131" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04142-6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ouvry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.04.024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638021v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355375v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355358v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324650v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Damestoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355330v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324630v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355233v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saunier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04324598v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355279v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396801v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saunier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04314490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>