--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -72,2051 +72,2168 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case study of the separation-individuation process in an identical twin following the onset of schizophrenia in a sibling</w:t>
+                <w:t xml:space="preserve">Fostering therapeutic relationships in brief interventions: an exploratory qualitative study of the Ensemble program for informal caregivers of adults with psychiatric disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+                <w:t xml:space="preserve">Elora Bourgade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discover Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s44192-025-00303-5⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Psychology for Clinical Settings, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2025.1706122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05466121v1</w:t>
+                <w:t xml:space="preserve">hal-05537638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ability to Care for an Ill Loved One During the First COVID-19 Lockdown: Mediators of Informal Caregivers’ Stress in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shadya Monteiro</w:t>
+                <w:t xml:space="preserve">Case study of the separation-individuation process in an identical twin following the onset of schizophrenia in a sibling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Fournier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Drainville</w:t>
+                <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.852712⟩</w:t>
+              <w:t xml:space="preserve">Discover Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s44192-025-00303-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741623v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ability to Care for an Ill Loved One During the First COVID-19 Lockdown: Mediators of Informal Caregivers’ Stress in Europe</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Drainville</w:t>
+                <w:t xml:space="preserve">Coping profiles of family caregivers of people with schizophrenia: differentiations between parent and sibling caregivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Golay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.852712⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1 - 9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09638237.2022.2156986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848097v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03922213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping profiles of family caregivers of people with schizophrenia: differentiations between parent and sibling caregivers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ability to Care for an Ill Loved One During the First COVID-19 Lockdown: Mediators of Informal Caregivers’ Stress in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shadya Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Favrod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Drainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09638237.2022.2156986⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.852712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.852712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03922213v1</w:t>
+                <w:t xml:space="preserve">hal-03741623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations fraternelles et intrafamiliales des frères et sœurs adultes non-malades de personnes souffrant de schizophrénie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Ability to Care for an Ill Loved One During the First COVID-19 Lockdown: Mediators of Informal Caregivers’ Stress in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shadya Monteiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Favrod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Drainville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Numéro 574 (4), pp.339-343. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/bupsy.574.0339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.852712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848088v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations fraternelles et intrafamiliales des frères et sœurs adultes non-malades de personnes souffrant de schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Golay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Numéro 574 (4), pp.339-343. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/bupsy.574.0339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04635939v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations fraternelles et intrafamiliales des frères et sœurs adultes non-malades de personnes souffrant de schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Numéro 574 (4), pp.339-343. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/bupsy.574.0339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848104v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04635939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of relationships among French adult siblings with or without schizophrenia using the ASRQ-S: mediating effect on emotional distress</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Relations fraternelles et intrafamiliales des frères et sœurs adultes non-malades de personnes souffrant de schizophrénie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Bouteyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12888-020-02510-6⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Numéro 574 (4), pp.339-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/bupsy.574.0339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848109v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining Differences Between Sibling Relationships in Schizophrenia and Nonclinical Sibling Relationships</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of relationships among French adult siblings with or without schizophrenia using the ASRQ-S: mediating effect on emotional distress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Bouteyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00321⟩</w:t>
+              <w:t xml:space="preserve">BMC Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12888-020-02510-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848125v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explaining Differences Between Sibling Relationships in Schizophrenia and Nonclinical Sibling Relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Bouteyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02613337v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of relationships among French adult siblings with or without schizophrenia using the ASRQ-S: mediating effect on emotional distress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Explaining Differences Between Sibling Relationships in Schizophrenia and Nonclinical Sibling Relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12888-020-02510-6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02613330v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal validity of the French version of the Family Coping Questionnaire (FCQ): A confirmatory factor analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of relationships among French adult siblings with or without schizophrenia using the ASRQ-S: mediating effect on emotional distress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pavani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.08.021⟩</w:t>
+              <w:t xml:space="preserve">BMC Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12888-020-02510-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02275296v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal validity of the French version of the Family Coping Questionnaire (FCQ): A confirmatory factor analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Golay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Favrod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 269, pp.337-344. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Internal validity of the French version of the Family Coping Questionnaire (FCQ): A confirmatory factor analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Golay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Favrod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 269, pp.337-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.08.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les frères et sœurs jeunes adultes ayant un frère ou une sœur malade, handicapée ou en perte d’autonomie : aidants ou non-aidants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basilie Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Untas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Dorard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFP, Oct 2023, Nimes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frères et sœurs de patients souffrant de schizophrénie : niveau de qualité de vie et ses déterminants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les aidants oubliés : frères ou sœurs d’une personne souffrant de schizophrénie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">57ème Congrès de la Société Française de Psychologie / Liens et interactions, bien être et vulnérabilité : questions actuelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Psychologie, Sep 2016, PARIS, France. pp.P210-211</w:t>
+              <w:t xml:space="preserve">1ères Assises internationales de la recherche sur l’aidance et 7e Journée de l’aide psychosociale à l'aidant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441865v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les aidants oubliés : frères ou sœurs d’une personne souffrant de schizophrénie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frères et sœurs de patients souffrant de schizophrénie : niveau de qualité de vie et ses déterminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Plessis</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Hélène Wilquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Bouteyre Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ères Assises internationales de la recherche sur l’aidance et 7e Journée de l’aide psychosociale à l'aidant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">57ème Congrès de la Société Française de Psychologie / Liens et interactions, bien être et vulnérabilité : questions actuelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Psychologie, Sep 2016, PARIS, France. pp.P210-211</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441880v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilot study about the efficacy of the ensemble (together) program: a tailored intervention for informal caregivers of people with severe psychiatric disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Wilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Plessis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shyhrete Rexhaj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th European Congress of Psychiatry. EPA 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, e congress, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1192/j.eurpsy.2020.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03151265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2263,51 +2380,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466121v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Plessis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bouteyre Verdier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Wilquin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44192-025-00303-5" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741623v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadya Monteiro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favrod" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Drainville" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.852712" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848097v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922213v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyhrete Rexhaj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Golay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638237.2022.2156986" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848088v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.574.0339" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635939v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848104v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848109v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pavani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bouteyre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-020-02510-6" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848125v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00321" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613337v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613330v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275296v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.08.021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848137v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilie Chevrier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441865v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441880v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151265v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2020.6" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537638v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Wilquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Plessis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elora Bourgade" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shyhrete Rexhaj" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2025.1706122" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466121v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bouteyre Verdier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44192-025-00303-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922213v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Golay" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638237.2022.2156986" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741623v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadya Monteiro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Fournier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Favrod" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Drainville" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.852712" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848097v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848088v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.574.0339" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04635939v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848104v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848109v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pavani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Bouteyre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-020-02510-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848125v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00321" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848137v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.08.021" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02275296v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606257v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilie Chevrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Untas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Dorard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441880v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441865v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03151265v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1192/j.eurpsy.2020.6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>