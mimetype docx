--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -468,356 +468,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanization affects population connectivity, reproductive success and phenotypic traits in the Mediterranean cliff species Brassica incana (Brassicaceae)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucrezia Laccetti</w:t>
+                <w:t xml:space="preserve">Biotic interactions promote local adaptation to soil in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dorey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Scopece</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loren H Rieseberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia M. Kreiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian P. Schiestl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.5186</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04815253v2</w:t>
+                <w:t xml:space="preserve">hal-04616082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid genomic evolution in Brassica rapa with bumblebee selection in experimental evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schiestl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24 (7), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-023-02194-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04586544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotic interactions promote local adaptation to soil in plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dorey</w:t>
+                <w:t xml:space="preserve">Urbanization affects population connectivity, reproductive success and phenotypic traits in the Mediterranean cliff species Brassica incana (Brassicaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucrezia Laccetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia M. Kreiner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian P. Schiestl</w:t>
+                <w:t xml:space="preserve">Luca Arrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Scopece</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.128627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2024.128627⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04616082v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04815253v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering genes involved in pollinator‐driven mating system shifts and selfing syndrome evolution in Brassica rapa</w:t>
               </w:r>
@@ -829,51 +829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xeniya Kofler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ueli Grossniklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schiestl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1037,51 +1037,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Putative Signals of Generalist Plant Species Adaptation to Local Pollinator Communities and Abiotic Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Arrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quint Rusman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2594,320 +2594,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05353900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signals of generalist plant species adaptation to local pollinator communities and abiotic factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Frachon</w:t>
+                <w:t xml:space="preserve">A genomic map of local adaptation in Arabidopsis thaliana to native non-pathogenic bacteria: from mono-infections to complex communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Arigo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Giovanni Scopece</w:t>
+                <w:t xml:space="preserve">Daniela Ramírez-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Duflos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystel Gibelin-Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAGS2024 Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, France génomique, Feb 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Symposium on Environmental and Agronomical Genomics organisé par France Génomique and the Research Group “Environmental Genomics"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04586515v1</w:t>
+                <w:t xml:space="preserve">hal-04654308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genomic map of local adaptation in Arabidopsis thaliana to native non-pathogenic bacteria: from mono-infections to complex communities</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Duflos</w:t>
+                <w:t xml:space="preserve">Signals of generalist plant species adaptation to local pollinator communities and abiotic factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrystel Gibelin-Viala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+                <w:t xml:space="preserve">Luca Arigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quint Rusman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weihong Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Scopece</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Environmental and Agronomical Genomics organisé par France Génomique and the Research Group “Environmental Genomics"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EAGS2024 Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, France génomique, Feb 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654308v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic adaptation of generalist plant species to local pollinator communities and abiotic factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Frachon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Arrigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quint Rusman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3404,51 +3404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiz Maillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Norest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kautsky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Geraci" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Oddo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135343v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Figueira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Frachon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian P Schiestl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17811" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213175v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia Laccetti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelino Carta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosaria Barone Lumaga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Scopece" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08673-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815253v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Arrigo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128627" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586544v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schiestl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-023-02194-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616082v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dorey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren H Rieseberg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia M. Kreiner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian P. Schiestl" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607136v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xeniya Kofler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Grossniklaus" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19880" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806731v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Roux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad093" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quint Rusman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Poveda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Qi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03748027v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Russo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frei" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Potente" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman T Kellenberger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.883897" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806727v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0274561" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807619v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2021.06.004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807553v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16514" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265398v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Coralie R Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz078" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784695v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cozzolino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12985" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373577v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Rigal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Huard-Chauveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-018-0152-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chaubet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00967" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622028v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Villoutreix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glorieux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0297-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110977v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.-C. Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luczak" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Toussaint" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van Landuyt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12287" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639655v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Tayeh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth A. Hufbauer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ravign&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8268" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05353900v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nowak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Francke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gautheron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586515v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Arigo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04654308v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ram&#237;rez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Duflos" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Gibelin-Viala" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586488v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01902746v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017TOU30098" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801759v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Becheler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jullien" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05090352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiz Maillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Norest" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Kautsky" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Geraci" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Oddo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70108" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05135343v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyler Figueira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Frachon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian P Schiestl" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17811" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05213175v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia Laccetti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelino Carta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosaria Barone Lumaga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Scopece" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08673-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616082v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dorey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loren H Rieseberg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia M. Kreiner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian P. Schiestl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586544v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schiestl" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-023-02194-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815253v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Arrigo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2024.128627" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607136v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xeniya Kofler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli Grossniklaus" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19880" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806731v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Roux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bartoli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad093" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quint Rusman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Poveda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Qi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad036" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03748027v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Russo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Frei" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Potente" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman T Kellenberger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.883897" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806727v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0274561" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807619v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2021.06.004" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04807553v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16514" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265398v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Coralie R Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msz078" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784695v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Cozzolino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12985" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373577v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Rigal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Huard-Chauveau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-018-0152-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02373598v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carrere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chaubet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00967" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622028v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Libourel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Villoutreix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Glorieux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0297-1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01110977v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.-C. Hautek&#232;ete" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Luczak" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Toussaint" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van Landuyt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12287" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639655v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Tayeh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth A. Hufbauer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ravign&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms8268" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05353900v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nowak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Francke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gautheron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04654308v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ram&#237;rez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Duflos" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystel Gibelin-Viala" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586515v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Arigo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586488v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01902746v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017TOU30098" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801759v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Navascu&#233;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Becheler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jullien" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>