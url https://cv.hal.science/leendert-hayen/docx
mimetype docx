--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -926,295 +926,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping of the magnetic field to correct systematic effects in a neutron electric dipole moment experiment</w:t>
+                <w:t xml:space="preserve">Fill and dump measurement of the neutron lifetime using an asymmetric magneto-gravitational trap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Abel</w:t>
+                <w:t xml:space="preserve">C. Cude-Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.J. Ayres</w:t>
+                <w:t xml:space="preserve">F.M. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ban</w:t>
+                <w:t xml:space="preserve">E.M. Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bison</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">K. Bodek</w:t>
+                <w:t xml:space="preserve">T. Bailey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Blatnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.106.032808⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (6), pp.065506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.065506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186175v1</w:t>
+                <w:t xml:space="preserve">hal-03740753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fill and dump measurement of the neutron lifetime using an asymmetric magneto-gravitational trap</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping of the magnetic field to correct systematic effects in a neutron electric dipole moment experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F.M. Gonzalez</w:t>
+                <w:t xml:space="preserve">C. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.M. Fries</w:t>
+                <w:t xml:space="preserve">N.J. Ayres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Bailey</w:t>
+                <w:t xml:space="preserve">G. Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Blatnik</w:t>
+                <w:t xml:space="preserve">G. Bison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Bodek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106 (6), pp.065506. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (3), pp.032808. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.065506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.106.032808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740753v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standard model O(α) renormalization of gA and its impact on new physics searches</w:t>
               </w:r>
@@ -1278,124 +1278,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved neutron lifetime measurement with UCN$\tau$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.M. Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.M. Fries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cude-Woods</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bailey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Blatnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
+              <w:t xml:space="preserve">Phys.Rev.Lett.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 127 (16), pp.162501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.127.162501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
@@ -1412,103 +1412,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of the Permanent Electric Dipole Moment of the Neutron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Afach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.J. Ayres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.A. Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 124 (8), pp.081803. </w:t>
@@ -1546,124 +1546,124 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optically pumped Cs magnetometers enabling a high-sensitivity search for the neutron electric dipole moment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Afach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.J. Ayres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
+              <w:t xml:space="preserve">Phys.Rev.A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 101 (5), pp.053419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.101.053419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
@@ -2182,64 +2182,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A highly stable atomic vector magnetometer based on free spin precession</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Afach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bodek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2316,64 +2316,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A device for simultaneous spin analysis of ultracold neutrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Afach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Bodek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2629,263 +2629,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A first extraction of the weak magnetism form factor and Fierz interference term from the $^{114}$In $\rightarrow$$^{114}$Sn Gamow-Teller transition</w:t>
+                <w:t xml:space="preserve">High-Precision Excited-State Nuclear Recoil Spectroscopy with Superconducting Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L de Keukeleere</w:t>
+                <w:t xml:space="preserve">C Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Rozpedzik</w:t>
+                <w:t xml:space="preserve">S Fretwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Severijns</w:t>
+                <w:t xml:space="preserve">L.A Zepeda-Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Bodek</w:t>
+                <w:t xml:space="preserve">I Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Hayen</w:t>
+                <w:t xml:space="preserve">A Samanta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558657v1</w:t>
+                <w:t xml:space="preserve">hal-04796213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Precision Excited-State Nuclear Recoil Spectroscopy with Superconducting Sensors</w:t>
+                <w:t xml:space="preserve">A first extraction of the weak magnetism form factor and Fierz interference term from the $^{114}$In $\rightarrow$$^{114}$Sn Gamow-Teller transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Bray</w:t>
+                <w:t xml:space="preserve">L de Keukeleere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Fretwell</w:t>
+                <w:t xml:space="preserve">D Rozpedzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.A Zepeda-Ruiz</w:t>
+                <w:t xml:space="preserve">N Severijns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Kim</w:t>
+                <w:t xml:space="preserve">K Bodek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Samanta</w:t>
+                <w:t xml:space="preserve">L Hayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04796213v1</w:t>
+                <w:t xml:space="preserve">hal-04558657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3040,51 +3040,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leendert Hayen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ad8ee2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025626v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianyi Zhang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anosh Irani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Mendenhall" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rybicki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D G Mathews" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Crawford" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bae&#223;ler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Birge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L J Broussard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06598" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527177v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Joubioux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Savajols" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mittig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fl&#233;chard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hayen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.132501" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804344v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inwook Kim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Bray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Marino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn Stone-Whitehead" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amii Lamm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.052010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522335v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-nucl-121423-100730" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804075v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Severijns" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Leebeeck" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanlangendonck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bodek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevc.107.015502" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Abel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Ayres" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ban" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bison" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.032808" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cude-Woods" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Gonzalez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Fries" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bailey" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blatnik" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.065506" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803999v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevd.103.113001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276056v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.162501" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483938v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Afach" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Baker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.081803" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432597v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.053419" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833702v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Pfeiffer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennert de Keukeleere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Azevedo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Belloni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Biagi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2019.04.110" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2019.02.012" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166548v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Karthein" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atanasov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Blaum" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breitenfeldt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bondar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.015502" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758735v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathal Severijns" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazimierz Bodek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmara Rozpedzik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mougeot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.90.015008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01213941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chowdhuri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.022108" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01120938v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15143-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725634v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bae&#223;ler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himal Acharya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Alarcon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah J Broussard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bowler" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430305001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558657v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Keukeleere" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rozpedzik" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Severijns" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bodek" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hayen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796213v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bray" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fretwell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A Zepeda-Ruiz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Kim" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Samanta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626349v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leendert Hayen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6471/ad8ee2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025626v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianyi Zhang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anosh Irani" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P Mendenhall" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Rybicki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804246v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D G Mathews" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Crawford" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bae&#223;ler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Birge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L J Broussard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06598" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527177v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Joubioux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Savajols" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mittig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Fl&#233;chard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hayen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.132.132501" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804344v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inwook Kim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Bray" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Marino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlyn Stone-Whitehead" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amii Lamm" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.111.052010" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522335v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-nucl-121423-100730" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804075v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Severijns" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Leebeeck" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vanlangendonck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bodek" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevc.107.015502" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740753v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cude-Woods" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.M. Gonzalez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Fries" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bailey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blatnik" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.065506" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186175v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Abel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.J. Ayres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ban" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bison" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.032808" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803999v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevd.103.113001" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276056v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.162501" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483938v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Afach" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. Baker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.081803" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432597v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.053419" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833702v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Pfeiffer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennert de Keukeleere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Azevedo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Belloni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Biagi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2019.04.110" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2019.02.012" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166548v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Karthein" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atanasov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Blaum" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breitenfeldt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bondar" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.015502" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758735v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathal Severijns" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazimierz Bodek" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmara Rozpedzik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mougeot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.90.015008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01213941v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chowdhuri" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.022108" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01120938v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15143-7" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725634v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Bae&#223;ler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himal Acharya" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Alarcon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah J Broussard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bowler" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430305001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796213v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Fretwell" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A Zepeda-Ruiz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Kim" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Samanta" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558657v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L de Keukeleere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Rozpedzik" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Severijns" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bodek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hayen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>