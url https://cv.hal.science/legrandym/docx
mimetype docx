--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:103.78378378378px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yves-Marie Legrand </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de Recherche - CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">legrandym</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0334-1666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materials Chemistry – From Plant Species to Ecocatalysts®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Society of Chemistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.54-84, 2025, 978-1-83767-105-2. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/978837672394-00054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecocatalysis: A unique combination of global Ecology and green and sustainable Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bihanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Hossaert-Mckey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Royal Chemical Society. , 2025, 978-1-83767-105-2. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781837672394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First sustainable synthesis of biobased ethyl and methyl formates by ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5SU00739A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrocatalytic reduction of carbon dioxide using Cu-based ecocatalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Phong Duong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Huan Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hesemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5CC01506E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and sustainable tandem annulation-decarboxylation reaction using ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Liénart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hesemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 349, pp.123888. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2024.123888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new generation of ecocatalysts ® —from Invasive Alien Species to sustainable and biosourced glyceryl fatty esters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Hugues Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire M Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (S2), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-step biosorption methodology for efficient and rapid removal of Fe(II) following As(V) from aqueous solution using abundant biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13762-022-04584-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Unexpected Helical Supramolecular Assembly of a Simple Achiral Acetamide Tecton Generates Selective Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Rull-Barull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony R. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Polentarutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (33), pp.e202200383. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202200383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643372v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green and Effective Preparation of α-Hydroxyphosphonates by Ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pola Cybulska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicja Babst-Kostecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Leśniewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (10), pp.3075. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27103075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanochemistry and Eco-Bases for Sustainable Michael Addition Reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvette Lock Toy Ki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Olszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicja Babst-Kostecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Sustainable Chemistry in France, 27, pp.3306. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27103306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco‐friendly methodology for the formation of aromatic carbon‐heteroatom bond using green ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (2), pp.809-814. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202003827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02964253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I - Ecologically responsible and efficient recycling of Pd from aqueous effluents using biosorption on biomass feedstock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 299, pp.126895. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.126895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Woody species: a new bio-based material for dual Ca/Mg catalysis with remarkable Lewis acidity properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21, pp.3133-3142. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9GC00770A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and composition of first biosourced Mn-rich catalysts with a unique vegetal footprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Fonda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Michalowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5, pp.100020. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2019.100020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of Transmembrane Transport by Synthetic K + Ionophore Depsipeptides and Its Implications in Glucose‐Stimulated Insulin Secretion in β‐Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José García-Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Torroba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Brañas-Fresnillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germán Perdomo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Cózar-Castellano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (39), pp.9287-9294. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201901372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrene-box capsules for adaptive encapsulation and structure determination of unstable or non-crystalline guest molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (3), pp.261-270. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ce01741c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications to water transport systems: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manash Pratim Borthakur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Long Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Coalson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.389 - 414. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90022A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels—deconvolution of natural Aquaporins through synthetic design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Clean Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41545-018-0013-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosourced polymetallic catalysis : a surprising and efficient means to promote the Knoevenagel condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6, pp.art. 48. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2018.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01863338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imidazole derivatives as artificial water channel building-blocks: structural design influence on water permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuhao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.113 - 124. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fd00024g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-Driven Selection of Adaptive Transmembrane Na + Carriers or K + Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoping Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201802570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetic water channels: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roslyn Bill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Long Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.205 - 229. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90020E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriented chiral water wires in artificial transmembrane channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Vanselous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Sanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (3), pp.eaao5603. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.aao5603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyol-functionalized thin-film composite membranes with improved transport properties and boron removal in reverse osmosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tiraferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 540, pp.71 - 77. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.memsci.2017.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Pyrene Box” Cages for the Confinement of Biogenic Amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng-Yong Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (17), pp.4037 - 4041. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201700266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis-15-crown-5-ether-pillar[5]arene K + -Responsive Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (6), pp.1438 - 1441. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression of 1,ω-Diammonio-oligo(ethylene glycol) Chains within the “Pyrene Box”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (22), pp.3282 - 3287. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.201700397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Encapsulation of ω-Amino Acids and Their Guanidinium–Amide Congeners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (21), pp.5556 - 5559. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.6b02802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled supramolecular structure of guanosine monophosphate in the interlayer space of layered double hydroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyeong-Hyeon Gwak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jae-Min Oh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1928 - 1935. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjnano.7.184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic encapsulation and activation of carbonic anhydrase in multivalent dynameric host matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudiu T. Supuran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (21), pp.4053 - 4055. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6cc00796a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligand- and Metal-Driven Selection of Flexible Adaptive Dynamic Host Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (10), pp.1825 - 1828. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.201600126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynameric host frameworks for the activation of lipase through H-bond and interfacial encapsulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudiu T. Supuran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng-Yong Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (95), pp.13768 - 13770. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CC08399D⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence of Charge-Assisted Hydrogen Bonding in Bis-amidine Complexes Generating Macrocycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niculina D. Hadade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (6), pp.3271 - 3278. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.6b00246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salt-Excluding Artificial Water Channels Exhibiting Enhanced Dipolar Water and Proton Translocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Licsandru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue-Xiao Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138 (16), pp.5403 - 5409. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.6b01811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supramolecular rulers enabling selective detection of pure short ssDNA via chiral self-assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (2), pp.386 - 389. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cc08283h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squalyl Crown Ether Self-Assembled Conjugates: An Example of Highly Selective Artificial K + Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (6), pp.2158 - 2164. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201503979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesomeric metallosupramolecular grid architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (5-6), pp.393 - 400. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610278.2014.965708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive Hydrophobic Self-Assembly of Adaptive Solid-State Networks of Octasubstituted 9,9′-Spirobifluorenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niculina D. Hădade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (14), pp.3494 - 3497. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.5b01576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallization-Driven Multicomponent Encapsulation of Coulombically Repulsive Guests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (7), pp.3525 - 3531. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.5b00596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Artificial Cholesteryl Crown Ether K + -Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 127 (48), pp.14681 - 14685. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ange.201506430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarized Water Wires under Confinement in Chiral Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (28), pp.8707 - 8717. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.5b03322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive binding and selection of compressed 1,ω-diammonium-alkanes via molecular encapsulation in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (3), pp.2079 - 2086. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4sc03945a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New “Pyrene Box” Cages for Adaptive Guest Conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (9), pp.2178 - 2181. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.5b00779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical Investigation on Various Aromatic Compounds Polymerization in Low Pressure Helium Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Asandulesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Topala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rouessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.1219-1232. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11090-014-9555-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallisation-Driven Self-Sorting of H-Bonded Guanidinium or Sodium Sulfonate Constitutional Molecular Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67 (7), </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/CH14053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting variable-sized alkanes into fixed-size hydrogen-bonded molecular flasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (a1), pp.C564 - C564. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273314094352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01789192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of the Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms5142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frustrated ion-pair binding by heteroditopic macrocyclic receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anca Meffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (3-4), pp.223 - 228. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610278.2013.852196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive compression of 1,ω-diammonium-alkanes inside a rigid crystalline molecular cage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (91), pp.14086 - 14088. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4cc03866e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to A Computational Evaluation of the Evidence for the Synthesis of 1,3-Dimethylcyclobutadiene in Solid State and Aqueous Solution-Beyond the Experimental Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (15), pp.4938 - 4941. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201203235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Assembled Supramolecular Channels: Toward Biomimetic Materials for Directional Translocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Record</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (6), pp.524 - 538. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tcr.201300011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constrained Disorder Refinement: “Reinvestigation of “Single-Crystal X-ray Structure of 1,3-Dimethylcyclobutadiene” by M. Shatruk and I. V. Alabugin”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (15), pp.4946 - 4950. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201203234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak intermolecular hydrogen and halogen interactions in an isomorphous halogen series of pseudoterpyridine Zn II complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (1), pp.43 - 54. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108768112050434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-sorting of metallosupramolecular DCLs via double-level exchange: amplification in solution and solid state modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41 (38), </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2dt31532g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis[l-1-hexyl-3-(2,3,5,6,8,9,11,12-octahydro- 1,4,7,10,13-benzopentaoxacyclopentadecin- 15-yl)urea]bis(azidosodium) chloroform disolvate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 68, pp.m609. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536812015590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminoguanidinium and Diaminoguanidinium As Adaptive Cationic Building Blocks in Guanidinium–Organosulfonatecrystalline Superstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florea Dumitrascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (8), pp.4258 - 4263. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cg300756g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imidazole-Quartet Water and Proton Dipolar Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50 (48), pp.11366 - 11372. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201103312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unprecedented Synthesis of 1,3-Dimethylcyclobutadiene in the Solid State and Aqueous Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.10021. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201100693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00618629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic constitutional hybrid materials-toward adaptive self-organized devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Mihai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 140 (1-3), pp.51 - 57. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2010.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Crystal X-ray Structure of 1,3-Dimethylcyclobutadiene by Confinement in a Crystalline Matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 329, pp.229. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1188002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpenetrated Constitutional Networks of Aromatic Metallosupramolecular Duplexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Paul Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (03-04), pp.230-237. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610270802478271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00513542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic hybrid materials for constitutional self-instructed membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pasc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 106 (20), pp.8117 - 8122. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.0813257106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-sorting of equilibrating metallosupramolecular DCLs via constitutional crystallization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16, pp.2192 - 2194. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b900155g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitutional self-sorting of homochiral supramolecular helical single crystals from achiral components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 19, pp.2667- 2669. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/B822619A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of Photochemical Properties in Ion-Controlled Multicomponent Dynamic Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zaccheroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18, pp.2620 - 2628. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.200900089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallosupramolecular Architectures of Pseudoterpyridine-Type Ligands and Zn-II Metal Ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (6), pp.2917 - 2921. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cg9002466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homomeric and heteromeric self-assembly of hybrid ureido-imidazole compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10, pp.490-492. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/B717015G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4-Ammoniobenzamidinium dichloride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 64, pp.O967-U1226. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536808010179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple processing of metal-ion coordination, anion-binding, hydrogen-bonding-self-assembly and pi-pi stacking subprograms in silver(I) coordination polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (3), pp.260-265. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37358/RC.08.3.1744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability constants of complexes formed by new Schiff-Base Lariat Ethers derived from 4,13-diaza-18-crown-6 with Ag+, Pb2+, Cu2+ cations determined by competitive potentiometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Luca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Inclusion Phenomena and Macrocyclic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 60 (1-2), pp.35-41. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10847-007-9349-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis(μ-trifluoromethanesulfonato-κ 2 O : O ′)bis[aqua(1,4,7,10,13,16-hexaoxacyclooctadecane-κ 6 O )barium(II)] bis(trifluoromethanesulfonate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arnal-Hérault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63 (12), pp.m3151-m3152. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536807060564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Induced Single-Crystal-to-Single-Crystal Transformations and Structure-Directed Effects on Magnetic Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rabu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46 (22), pp.9083-9089. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic700867b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-optimizing charge transfer energy phenomena in metallosupramolecular complexes by dynamic constituional self-sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.ASAP Article. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic701122a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilizing Vegetation Surveys at Legacy Mine Sites to Uncover Metal Accumulation and Tolerance Strategies in Native Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Murawska-Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Owyn Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France. , 2024, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-c1d015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosourced polymetallic catalysis: A surprising and efficient means to promote the Knoevenagel condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesteryl-Modified Thioureido Crown Ethers Acting as Novel Selective Ion Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Macrocyclic & Supramolecular Chemistry - ISMSC-2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Strasbourg, France. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Gordon Research Conference "Membranes: Materials and Processes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, New London, United States. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of native metal-accumulating plants to improve remediation of mine tailings in arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelby Rader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Barton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SME 2023 conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the metal accumulation capacity of plants to optimize phytoextraction of mine tailings in arid and semi-arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Murawska-Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Serpentine Eecology (ICSE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the metal accumulation capacity of plants to optimize phytoextraction of mine tailings in arid or semi-arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelby Rader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Barton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Serpentine Ecology (ICSE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSIC, Jun 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One person’s trash is another person’s treasure– optimizing metal-contaminated plant biomass towards the needs of Green Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Arizona Institute for Global Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Tucson (AZ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Reverse Osmosis membranes incorporating Artificial Water Channel (AWC) Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCF 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels: Structure, Driving forces, Stability, Function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee A. van Der</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences Balard 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly selective Reverse Osmosis membranes incorporating biomimetic Artificial Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, New London, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Biomimetic Artificial K+ Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Recognition &amp; Self-Assembly Symposium, 253rd American Chemical Society National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, San Francisco, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Artificial K+Channels within bilayer membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Congress on Membranes and Membrane Processes - ICOM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion and water transport across membranes: inspirations and targets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST CM1101 & LabEx CheMISyst 2015 Spring workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Codolet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral water systems – CHIRAWATER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Winum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Présentations et bilans des projets lauréats 2012, 2013 et 2014 du LabEx CheMISyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Congress on Membrane and Membrane Processes - ICOM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Suzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels: a primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">North American Membrane Society Meeting - NAMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Boise, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetic Artificial Water and Ion Channel Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fyles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes for liquid separation and water treatment: Environmental Applications and Future Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement de 1,3-diméthylcyclobutadiène dans une matrice cristalline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2010 de l'Association Française de Cristallographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement of 1,3-dimethylcyclobutadiene and intermediates in a crystalline matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Crystallographic Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic constitutional hybrid materials-toward adaptive self-organized devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Mihai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, United States. pp.MM05-11, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1557/PROC-1189-MM05-11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Constitutional dynamic self amplification in double helix imine systelms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXth Congress of the International Union Crystallography - August 23-31, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Constitutional dynamic self amplification in dynamic combinatorial libraries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium - Advances in Supramolecular Chemistry - July 27-31, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Towards intelligent dynamic combinatorial libraries : study of orthogonal two-level exchange of metal complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Symposium on Macrocyclic Chemistry - July 17-21, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic structure of catena-[bis(μ-formato)-calcium]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CSD communication 2216000, Institut Européen des Membranes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly selective Reverse Osmosis membranes incorporating biomimetic Artificial Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Water Channels Faraday Discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Self-Optimizing Charge Transfer Energy Phenomena in Metallo-supramolecular Complexes by Dynamic Constitutional Self-Sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;One dynamic motif for a variety of adaptative applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00275729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « boites-pyrènes », des cages de confinement dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId334"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:103.78378378378px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Yves-Marie Legrand </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur de Recherche - CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">legrandym</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0334-1666</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materials Chemistry – From Plant Species to Ecocatalysts®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecocatalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Society of Chemistry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.54-84, 2025, 978-1-83767-105-2. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/978837672394-00054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05404922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecocatalysis: A unique combination of global Ecology and green and sustainable Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bihanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Hossaert-Mckey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Royal Chemical Society. , 2025, 978-1-83767-105-2. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781837672394⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (71)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First sustainable synthesis of biobased ethyl and methyl formates by ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5SU00739A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrocatalytic reduction of carbon dioxide using Cu-based ecocatalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Phong Duong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Huan Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hesemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5CC01506E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and sustainable tandem annulation-decarboxylation reaction using ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Liénart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Hesemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 349, pp.123888. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2024.123888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new generation of ecocatalysts ® —from Invasive Alien Species to sustainable and biosourced glyceryl fatty esters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Hugues Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire M Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (S2), pp.1-13. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crchim.273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Unexpected Helical Supramolecular Assembly of a Simple Achiral Acetamide Tecton Generates Selective Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Rull-Barull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony R. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Polentarutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (33), pp.e202200383. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202200383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643372v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A two-step biosorption methodology for efficient and rapid removal of Fe(II) following As(V) from aqueous solution using abundant biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13762-022-04584-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green and Effective Preparation of α-Hydroxyphosphonates by Ecocatalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pola Cybulska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicja Babst-Kostecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Leśniewicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (10), pp.3075. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27103075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanochemistry and Eco-Bases for Sustainable Michael Addition Reactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvette Lock Toy Ki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Olszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicja Babst-Kostecka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Sustainable Chemistry in France, 27, pp.3306. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27103306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco‐friendly methodology for the formation of aromatic carbon‐heteroatom bond using green ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenza Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (2), pp.809-814. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.202003827⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02964253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I - Ecologically responsible and efficient recycling of Pd from aqueous effluents using biosorption on biomass feedstock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Pelissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothé Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 299, pp.126895. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.126895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03192680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Woody species: a new bio-based material for dual Ca/Mg catalysis with remarkable Lewis acidity properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Adler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21, pp.3133-3142. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9GC00770A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and composition of first biosourced Mn-rich catalysts with a unique vegetal footprint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Fonda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Michalowicz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 5, pp.100020. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2019.100020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02390386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of Transmembrane Transport by Synthetic K + Ionophore Depsipeptides and Its Implications in Glucose‐Stimulated Insulin Secretion in β‐Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José García-Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Torroba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia Brañas-Fresnillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germán Perdomo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Cózar-Castellano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (39), pp.9287-9294. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201901372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels—deconvolution of natural Aquaporins through synthetic design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Clean Water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41545-018-0013-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01964876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications to water transport systems: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manash Pratim Borthakur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Long Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Coalson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.389 - 414. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90022A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrene-box capsules for adaptive encapsulation and structure determination of unstable or non-crystalline guest molecules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CrystEngComm</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (3), pp.261-270. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7ce01741c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosourced polymetallic catalysis : a surprising and efficient means to promote the Knoevenagel condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6, pp.art. 48. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2018.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ineris-01863338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imidazole derivatives as artificial water channel building-blocks: structural design influence on water permeability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuhao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.113 - 124. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8fd00024g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-Driven Selection of Adaptive Transmembrane Na + Carriers or K + Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Hao Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoping Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201802570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetic water channels: general discussion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Baaden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roslyn Bill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Long Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffery Davis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faraday Discussions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 209, pp.205 - 229. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8FD90020E⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriented chiral water wires in artificial transmembrane channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirco Sorci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Vanselous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Sanders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (3), pp.eaao5603. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.aao5603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01797309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyol-functionalized thin-film composite membranes with improved transport properties and boron removal in reverse osmosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tiraferri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 540, pp.71 - 77. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.memsci.2017.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Pyrene Box” Cages for the Confinement of Biogenic Amines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng-Yong Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 23 (17), pp.4037 - 4041. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201700266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01670287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis-15-crown-5-ether-pillar[5]arene K + -Responsive Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (6), pp.1438 - 1441. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.7b00352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01675197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression of 1,ω-Diammonio-oligo(ethylene glycol) Chains within the “Pyrene Box”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017 (22), pp.3282 - 3287. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.201700397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Encapsulation of ω-Amino Acids and Their Guanidinium–Amide Congeners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (21), pp.5556 - 5559. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.6b02802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled supramolecular structure of guanosine monophosphate in the interlayer space of layered double hydroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gyeong-Hyeon Gwak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jae-Min Oh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1928 - 1935. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjnano.7.184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic encapsulation and activation of carbonic anhydrase in multivalent dynameric host matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudiu T. Supuran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (21), pp.4053 - 4055. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c6cc00796a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ligand- and Metal-Driven Selection of Flexible Adaptive Dynamic Host Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2016 (10), pp.1825 - 1828. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejoc.201600126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynameric host frameworks for the activation of lipase through H-bond and interfacial encapsulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Xu Feng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudiu T. Supuran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng-Yong Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (95), pp.13768 - 13770. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C6CC08399D⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Occurence of Charge-Assisted Hydrogen Bonding in Bis-amidine Complexes Generating Macrocycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niculina D. Hadade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (6), pp.3271 - 3278. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.6b00246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supramolecular rulers enabling selective detection of pure short ssDNA via chiral self-assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 52 (2), pp.386 - 389. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cc08283h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01678016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salt-Excluding Artificial Water Channels Exhibiting Enhanced Dipolar Water and Proton Translocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erol Licsandru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue-Xiao Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Chemical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138 (16), pp.5403 - 5409. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jacs.6b01811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squalyl Crown Ether Self-Assembled Conjugates: An Example of Highly Selective Artificial K + Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (6), pp.2158 - 2164. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201503979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesomeric metallosupramolecular grid architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 27 (5-6), pp.393 - 400. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610278.2014.965708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exclusive Hydrophobic Self-Assembly of Adaptive Solid-State Networks of Octasubstituted 9,9′-Spirobifluorenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidia Pop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niculina D. Hădade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (14), pp.3494 - 3497. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.5b01576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallization-Driven Multicomponent Encapsulation of Coulombically Repulsive Guests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (7), pp.3525 - 3531. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.5b00596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Artificial Cholesteryl Crown Ether K + -Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 127 (48), pp.14681 - 14685. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ange.201506430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarized Water Wires under Confinement in Chiral Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 119 (28), pp.8707 - 8717. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.5b03322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive binding and selection of compressed 1,ω-diammonium-alkanes via molecular encapsulation in water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (3), pp.2079 - 2086. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4sc03945a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New “Pyrene Box” Cages for Adaptive Guest Conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (9), pp.2178 - 2181. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.orglett.5b00779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical Investigation on Various Aromatic Compounds Polymerization in Low Pressure Helium Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Asandulesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Topala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rouessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasma Chemistry and Plasma Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34, pp.1219-1232. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11090-014-9555-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crystallisation-Driven Self-Sorting of H-Bonded Guanidinium or Sodium Sulfonate Constitutional Molecular Frameworks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 67 (7), </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/CH14053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Putting variable-sized alkanes into fixed-size hydrogen-bonded molecular flasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (a1), pp.C564 - C564. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S2053273314094352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01789192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of the Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms5142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frustrated ion-pair binding by heteroditopic macrocyclic receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anca Meffre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (3-4), pp.223 - 228. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610278.2013.852196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progressive compression of 1,ω-diammonium-alkanes inside a rigid crystalline molecular cage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (91), pp.14086 - 14088. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c4cc03866e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to A Computational Evaluation of the Evidence for the Synthesis of 1,3-Dimethylcyclobutadiene in Solid State and Aqueous Solution-Beyond the Experimental Reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (15), pp.4938 - 4941. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201203235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Assembled Supramolecular Channels: Toward Biomimetic Materials for Directional Translocation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Record</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (6), pp.524 - 538. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tcr.201300011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak intermolecular hydrogen and halogen interactions in an isomorphous halogen series of pseudoterpyridine Zn II complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section B : Structural Science, Crystal Engineering and Materials [2014-..]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 69 (1), pp.43 - 54. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S0108768112050434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Constrained Disorder Refinement: “Reinvestigation of “Single-Crystal X-ray Structure of 1,3-Dimethylcyclobutadiene” by M. Shatruk and I. V. Alabugin”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van der lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (15), pp.4946 - 4950. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201203234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis[l-1-hexyl-3-(2,3,5,6,8,9,11,12-octahydro- 1,4,7,10,13-benzopentaoxacyclopentadecin- 15-yl)urea]bis(azidosodium) chloroform disolvate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 68, pp.m609. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536812015590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00688586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-sorting of metallosupramolecular DCLs via double-level exchange: amplification in solution and solid state modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 41 (38), </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c2dt31532g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminoguanidinium and Diaminoguanidinium As Adaptive Cationic Building Blocks in Guanidinium–Organosulfonatecrystalline Superstructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Dumitrescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florea Dumitrascu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 12 (8), pp.4258 - 4263. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cg300756g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imidazole-Quartet Water and Proton Dipolar Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Gence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50 (48), pp.11366 - 11372. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201103312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unprecedented Synthesis of 1,3-Dimethylcyclobutadiene in the Solid State and Aqueous Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry - A European Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.10021. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/chem.201100693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00618629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic constitutional hybrid materials-toward adaptive self-organized devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Mihai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microporous and Mesoporous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 140 (1-3), pp.51 - 57. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micromeso.2010.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01693376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Crystal X-ray Structure of 1,3-Dimethylcyclobutadiene by Confinement in a Crystalline Matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 329, pp.229. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.1188002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpenetrated Constitutional Networks of Aromatic Metallosupramolecular Duplexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Paul Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supramolecular Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (03-04), pp.230-237. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10610270802478271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00513542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic hybrid materials for constitutional self-instructed membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pasc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gihane Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 106 (20), pp.8117 - 8122. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.0813257106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-sorting of equilibrating metallosupramolecular DCLs via constitutional crystallization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 16, pp.2192 - 2194. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/b900155g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of Photochemical Properties in Ion-Controlled Multicomponent Dynamic Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Prodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Montaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Zaccheroni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18, pp.2620 - 2628. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejic.200900089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitutional self-sorting of homochiral supramolecular helical single crystals from achiral components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 19, pp.2667- 2669. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/B822619A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallosupramolecular Architectures of Pseudoterpyridine-Type Ligands and Zn-II Metal Ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florina. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (6), pp.2917 - 2921. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cg9002466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homomeric and heteromeric self-assembly of hybrid ureido-imidazole compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10, pp.490-492. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/B717015G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">4-Ammoniobenzamidinium dichloride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 64, pp.O967-U1226. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536808010179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple processing of metal-ion coordination, anion-binding, hydrogen-bonding-self-assembly and pi-pi stacking subprograms in silver(I) coordination polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blondeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista de Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 59 (3), pp.260-265. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37358/RC.08.3.1744⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00332948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability constants of complexes formed by new Schiff-Base Lariat Ethers derived from 4,13-diaza-18-crown-6 with Ag+, Pb2+, Cu2+ cations determined by competitive potentiometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Luca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Inclusion Phenomena and Macrocyclic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 60 (1-2), pp.35-41. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10847-007-9349-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-optimizing charge transfer energy phenomena in metallosupramolecular complexes by dynamic constituional self-sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.ASAP Article. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic701122a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Induced Single-Crystal-to-Single-Crystal Transformations and Structure-Directed Effects on Magnetic Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Masquelez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rabu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46 (22), pp.9083-9089. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/ic700867b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00449818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bis(μ-trifluoromethanesulfonato-κ 2 O : O ′)bis[aqua(1,4,7,10,13,16-hexaoxacyclooctadecane-κ 6 O )barium(II)] bis(trifluoromethanesulfonate)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Arnal-Hérault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 63 (12), pp.m3151-m3152. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1107/S1600536807060564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilizing Vegetation Surveys at Legacy Mine Sites to Uncover Metal Accumulation and Tolerance Strategies in Native Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Murawska-Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Owyn Stokes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Montpellier, France. , 2024, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34972/driihm-c1d015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosourced polymetallic catalysis: A surprising and efficient means to promote the Knoevenagel condensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Deyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesteryl-Modified Thioureido Crown Ethers Acting as Novel Selective Ion Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Rotaru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Symposium on Macrocyclic & Supramolecular Chemistry - ISMSC-2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Strasbourg, France. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Gordon Research Conference "Membranes: Materials and Processes"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, New London, United States. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01774282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of native metal-accumulating plants to improve remediation of mine tailings in arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelby Rader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Barton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SME 2023 conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the metal accumulation capacity of plants to optimize phytoextraction of mine tailings in arid and semi-arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamila Murawska-Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Serpentine Eecology (ICSE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04928471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the metal accumulation capacity of plants to optimize phytoextraction of mine tailings in arid or semi-arid ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomasz Wlodarczyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelby Rader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Barton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Serpentine Ecology (ICSE 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENSIC, Jun 2023, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One person’s trash is another person’s treasure– optimizing metal-contaminated plant biomass towards the needs of Green Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">France-Arizona Institute for Global Grand Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Tucson (AZ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04152809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Reverse Osmosis membranes incorporating Artificial Water Channel (AWC) Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SCF 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels: Structure, Driving forces, Stability, Function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee A. van Der</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences Balard 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly selective Reverse Osmosis membranes incorporating biomimetic Artificial Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, New London, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Biomimetic Artificial K+ Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istvan Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Recognition &amp; Self-Assembly Symposium, 253rd American Chemical Society National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, San Francisco, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01695669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Selective Artificial K+Channels within bilayer membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Kocsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Congress on Membranes and Membrane Processes - ICOM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion and water transport across membranes: inspirations and targets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COST CM1101 & LabEx CheMISyst 2015 Spring workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Codolet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01714300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiral water systems – CHIRAWATER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Winum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhanhu Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Présentations et bilans des projets lauréats 2012, 2013 et 2014 du LabEx CheMISyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An artificial primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Congress on Membrane and Membrane Processes - ICOM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Suzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial water channels: a primitive mimic of Gramicidin-A channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Michau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">North American Membrane Society Meeting - NAMS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Boise, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomimetic Artificial Water and Ion Channel Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fyles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes for liquid separation and water treatment: Environmental Applications and Future Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement de 1,3-diméthylcyclobutadiène dans une matrice cristalline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2010 de l'Association Française de Cristallographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00505871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement of 1,3-dimethylcyclobutadiene and intermediates in a crystalline matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th European Crystallographic Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Darmstadt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic constitutional hybrid materials-toward adaptive self-organized devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adinela Cazacu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Mihai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie Van-Der-Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2009, United States. pp.MM05-11, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1557/PROC-1189-MM05-11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00450880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Constitutional dynamic self amplification in double helix imine systelms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXth Congress of the International Union Crystallography - August 23-31, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Constitutional dynamic self amplification in dynamic combinatorial libraries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium - Advances in Supramolecular Chemistry - July 27-31, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Towards intelligent dynamic combinatorial libraries : study of orthogonal two-level exchange of metal complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Symposium on Macrocyclic Chemistry - July 17-21, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00083050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic structure of catena-[bis(μ-formato)-calcium]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Granier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lasbleiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Grison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CSD communication 2216000, Institut Européen des Membranes. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly selective Reverse Osmosis membranes incorporating biomimetic Artificial Water Channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Di Vincenzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Artificial Water Channels Faraday Discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Self-Optimizing Charge Transfer Energy Phenomena in Metallo-supramolecular Complexes by Dynamic Constitutional Self-Sorting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00276639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;One dynamic motif for a variety of adaptative applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumitru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Barboiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00275729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « boites-pyrènes », des cages de confinement dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arie van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihail Barboiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Legrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId334"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AF8A2C0E"/>
+    <w:nsid w:val="B48A9CE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/legrandym" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0334-1666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404922v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/2299/EcocatalysisA-Unique-Combination-of-Global-Ecology" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/978837672394-00054" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764698v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837672394" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381054v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lasbleiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pelissier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SU00739A" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05064445v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Phong Duong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Huan Tran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC01506E" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488807v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaveau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2024.123888" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04526959v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Grison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.273" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853295v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Richards" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Garcia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-022-04584-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643372v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dumitrescu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Rull-Barull" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R. Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Polentarutti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202200383" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675299v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pola Cybulska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le&#347;niewicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103075" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675311v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lock Toy Ki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Olszewski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103306" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202003827" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192680v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Adler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Dumas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126895" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390376v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9GC00770A" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390386v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fonda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michalowicz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2019.100020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03831759v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Calvo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Torroba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Bra&#241;as-Fresnillo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Perdomo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene C&#243;zar-Castellano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696953v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Xu Feng" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ce01741c" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926896v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manash Pratim Borthakur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Coalson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90022A" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01964876v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kocsis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhu Sun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marie Legrand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41545-018-0013-y" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863338v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00048" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926828v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fd00024g" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01843236v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hao Li" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoping Zheng" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gilles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van&#8197;der&#8197;lee" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201802570" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roslyn Bill" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Davis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90020E" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01797309v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Sorci" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Vanselous" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sanders" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao5603" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01674749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Vincenzo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barboiu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiraferri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2017.06.034" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670287v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Yong Su" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700266" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675197v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Xu Su" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhu Su" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Su" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00352" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671781v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700397" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01681670v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b02802" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678002v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyeong-Hyeon Gwak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Min Oh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.7.184" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678024v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Zhang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu T. Supuran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc00796a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01680516v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600126" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PTS0CWGC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678022v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CC08399D" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687183v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Pop" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculina D. Hadade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Grosu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00246" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400466v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erol Licsandru" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Xiao Shen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b01811" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678016v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Rotaru" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc08283h" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687162v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503979" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PH1MP9R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684777v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumitru" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2014.965708" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684642v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florina Dumitru" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculina D. H&#259;dade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b01576" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b00596" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01682915v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201506430" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0MXSZN63-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684599v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Cazade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Duc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b03322" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01683023v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sc03945a" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684644v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00779" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119820v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asandulesa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Topala" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roualdes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-014-9555-z" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687124v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH14053" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01789192v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273314094352" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687552v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Michau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5142" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687574v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Meffre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2013.852196" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687229v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc03866e" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688762v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203235" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CB0E2722A40DA63BFB288FFB3FABDEDE73904932/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688717v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tcr.201300011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E9699CBF172727224C58BCF2ED32384338F8A5D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688760v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203234" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6679F25CA0456B21A500119FBF3B1567A144C166/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688647v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108768112050434" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690653v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt31532g" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688586v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Barboiu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536812015590" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690660v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florea Dumitrascu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg300756g" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696081v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le&#8197;duc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gence" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201103312" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E8AB5C223B5736B914B19B20A7A38127ACD1177/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618629v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van-Der-Lee" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201100693" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BVS1ZKBX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01693376v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adinela Cazacu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mihai" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihane Nasr" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2010.10.009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBGWXGDT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505840v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1188002" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513542v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Paul Legrand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610270802478271" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425233v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0813257106" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424393v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b900155g" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-521DDQ14-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424427v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B822619A" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-XSGN3ZNJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424634v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prodi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montaldi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaccheroni" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200900089" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G1DRTTN8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424609v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florina. Dumitru" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg9002466" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276635v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Lee" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B717015G" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-456PS45M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332942v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536808010179" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332948v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blondeau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nasr" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/RC.08.3.1744" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276631v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Luca" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10847-007-9349-5" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LF1GXJHW-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247661v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnal-H&#233;rault" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536807060564" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449818v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic700867b" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-62PGKC0X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203894v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic701122a" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622384v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Wlodarczyk" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Murawska-Wlodarczyk" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owyn Stokes" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-c1d015" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779322v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753210v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774282v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152784v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby Rader" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Barton" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928471v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152731v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152809v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069387v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roualdes" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069393v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kocsis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee A. van Der" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069163v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Di Vincenzo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695669v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708436v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714300v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717348v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Winum" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715516v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731038v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731029v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fyles" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505871v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515337v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450880v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1189-MM05-11" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083054v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083056v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083050v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960610v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Granier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069151v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276639v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275729v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673515v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/legrandym" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0334-1666" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404922v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Grison" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Legrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grison" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/2299/EcocatalysisA-Unique-Combination-of-Global-Ecology" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/978837672394-00054" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764698v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bihanic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hossaert-Mckey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781837672394" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381054v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lasbleiz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Deyris" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pelissier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SU00739A" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05064445v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Phong Duong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Huan Tran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Hesemann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC01506E" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488807v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Li&#233;nart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaveau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2024.123888" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04526959v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Grison" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.273" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643372v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dumitrescu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Rull-Barull" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R. Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Masquelez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Polentarutti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202200383" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853295v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Richards" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Garcia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-022-04584-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675299v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pola Cybulska" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Babst-Kostecka" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le&#347;niewicz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103075" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675311v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Lock Toy Ki" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Olszewski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27103306" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964253v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Petit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202003827" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192680v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Adler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233; Dumas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126895" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390376v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9GC00770A" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390386v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fonda" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michalowicz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2019.100020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03831759v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Calvo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Torroba" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Bra&#241;as-Fresnillo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Perdomo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene C&#243;zar-Castellano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201901372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01964876v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kocsis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhu Sun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Marie Legrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41545-018-0013-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926896v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manash Pratim Borthakur" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Long Chen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Coalson" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90022A" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696953v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Xu Feng" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ce01741c" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01863338v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00048" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926828v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhao Li" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8fd00024g" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01843236v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hao Li" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoping Zheng" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gilles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van&#8197;der&#8197;lee" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201802570" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roslyn Bill" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffery Davis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FD90020E" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01797309v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Sorci" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Vanselous" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sanders" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao5603" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01674749v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Vincenzo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barboiu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tiraferri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2017.06.034" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01670287v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng-Yong Su" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201700266" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01675197v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Xu Su" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanhu Su" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Su" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.7b00352" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671781v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201700397" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01681670v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.6b02802" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678002v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyeong-Hyeon Gwak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jae-Min Oh" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.7.184" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678024v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Zhang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu T. Supuran" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6cc00796a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01680516v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600126" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PTS0CWGC-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678022v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6CC08399D" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687183v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Pop" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculina D. Hadade" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Grosu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00246" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01678016v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Rotaru" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc08283h" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400466v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erol Licsandru" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Xiao Shen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b01811" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687162v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503979" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PH1MP9R4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684777v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumitru" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Petit" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2014.965708" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684642v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florina Dumitru" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niculina D. H&#259;dade" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b01576" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.5b00596" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01682915v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201506430" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0MXSZN63-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684599v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Cazade" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Duc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b03322" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01683023v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sc03945a" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01684644v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5b00779" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119820v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asandulesa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Topala" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roualdes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouessac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11090-014-9555-z" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687124v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH14053" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01789192v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273314094352" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687552v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Michau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms5142" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687574v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Meffre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610278.2013.852196" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01687229v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cc03866e" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688762v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203235" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CB0E2722A40DA63BFB288FFB3FABDEDE73904932/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688717v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tcr.201300011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1E9699CBF172727224C58BCF2ED32384338F8A5D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688647v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108768112050434" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688760v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201203234" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6679F25CA0456B21A500119FBF3B1567A144C166/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688586v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Barboiu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536812015590" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690653v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt31532g" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690660v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florea Dumitrascu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg300756g" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696081v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le&#8197;duc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Gence" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201103312" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2E8AB5C223B5736B914B19B20A7A38127ACD1177/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618629v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie Van-Der-Lee" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201100693" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BVS1ZKBX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01693376v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adinela Cazacu" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mihai" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihane Nasr" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2010.10.009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBGWXGDT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505840v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1188002" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513542v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Paul Legrand" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610270802478271" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425233v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pasc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0813257106" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424393v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b900155g" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-521DDQ14-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424634v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prodi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montaldi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaccheroni" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200900089" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G1DRTTN8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424427v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B822619A" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-XSGN3ZNJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424609v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florina. Dumitru" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg9002466" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276635v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Michau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Lee" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B717015G" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-456PS45M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332942v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536808010179" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332948v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blondeau" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nasr" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37358/RC.08.3.1744" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276631v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tar" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Luca" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10847-007-9349-5" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LF1GXJHW-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203894v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic701122a" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00449818v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rabu" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic700867b" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-62PGKC0X-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247661v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnal-H&#233;rault" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536807060564" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622384v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Wlodarczyk" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Murawska-Wlodarczyk" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owyn Stokes" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34972/driihm-c1d015" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779322v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753210v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774282v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152784v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelby Rader" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Barton" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928471v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152731v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152809v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069387v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roualdes" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069393v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kocsis" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee A. van Der" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069163v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Di Vincenzo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01695669v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708436v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gilles" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Sun" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714300v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717348v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Winum" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715516v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731038v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731029v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fyles" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505871v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515337v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450880v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-1189-MM05-11" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083054v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083056v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083050v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960610v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Granier" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02069151v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276639v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275729v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673515v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>