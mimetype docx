--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -158,65 +158,65 @@
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Présentation</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Mes travaux de recherche s'intéressent au développement des individus et des collectifs et interrogent les relations entre l’activité humaine et la santé et les usages en situation dans des contextes de transitions écologiques, technologiques, organisationnelles et sociales. Ils visent la conception de systèmes de travail durables et la durabilité du travail.</w:t>
+        <w:t xml:space="preserve">Mes travaux de recherche s'intéressent au développement des individus et des collectifs et interrogent les relations entre l’activité humaine et la santé et les usages en situation dans des contextes de transitions écologiques, technologiques, organisationnelles et sociales.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ils explorent divers secteurs économiques (industries, services marchands, services publics) et interrogent la soutenabilité des conditions de travail dans des formes d’emploi et de travail traditionnelles ou plus atypiques, au sens où leurs caractéristiques s’éloignent de la norme de référence que constitue l’entreprise d’un point de vue réglementaire, ou compte tenu de leur ancrage territorial . Ils explorent les enjeux du développement durable, des mutations des organisations, des nouveaux lieux d'effectuation du travail, des dynamiques collectives et des inégalités de genre.</w:t>
+        <w:t xml:space="preserve">En mobilisant des méthodologies participatives et développementales et à partir d'approches systémiques et mutliscalaires, mes travaux visent la  conception de systèmes de travail durables en associant différents niveaux d’acteurs décisionnaires (national, territorial, entités socio-économiques diverses). Ils examinent les mutations des organisations, les nouveaux lieux d'effectuation du travail, les dynamiques collectives et les inégalités sociales notamment de genre.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">En mobilisant des méthdologies participatives et développementales et à partir d'approches systémiques et mutliscalaires, mes travaux interrogent les modalités de construction et de développement de la prévention des risques professionnels, en associant différents niveaux d’acteurs décisionnaires (national, territorial, entité socio-économique). Ils ont pour finalité de proposer des orientations pour une prévention « en adhérence », tenant compte des réalités du travail et des enjeux spécifiques au secteur concerné, pour ainsi contribuer à la conception de systèmes de travail qui offrent aux opérateurs les marges de manœuvre les plus larges possibles.</w:t>
+        <w:t xml:space="preserve">Ils explorent divers secteurs économiques (industries, services marchands, services publics) et interrogent la soutenabilité des conditions de travail dans des formes d’emploi et de travail traditionnelles ou plus atypiques, au sens où leurs caractéristiques s’éloignent de la norme de référence que constitue l’entreprise d’un point de vue réglementaire, ou compte tenu de leur ancrage territorial.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -484,702 +484,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Análisis sistémico de la actividad y las finalidades del trabajo en los sectores pesquero y agrícola</w:t>
+                <w:t xml:space="preserve">Analyzing the territorial dimensions of work through a comparative study of waste recovery facilities in France and Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Goutille</w:t>
+                <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Lassalle</w:t>
+                <w:t xml:space="preserve">Marcelo Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Garrigou</w:t>
+                <w:t xml:space="preserve">Cinthia Varella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabatha Thiebaud-Rizzoni</w:t>
+                <w:t xml:space="preserve">Pascal Béguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillet Guillet Laurent</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Francisco de Paula Antunes Lima</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laboreal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (1), </w:t>
+              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 77 (1), pp.377-389. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/120d0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/WOR-220362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04680593v1</w:t>
+                <w:t xml:space="preserve">hal-04311957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing the territorial dimensions of work through a comparative study of waste recovery facilities in France and Brazil</w:t>
+                <w:t xml:space="preserve">Análisis sistémico de la actividad y las finalidades del trabajo en los sectores pesquero y agrícola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïla Boudra</w:t>
+                <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcelo Souza</w:t>
+                <w:t xml:space="preserve">Julie Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinthia Varella</w:t>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Béguin</w:t>
+                <w:t xml:space="preserve">Tabatha Thiebaud-Rizzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco de Paula Antunes Lima</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillet Guillet Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WORK: A Journal of Prevention, Assessment &amp; Rehabilitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 77 (1), pp.377-389. </w:t>
+              <w:t xml:space="preserve">Laboreal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/WOR-220362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/120d0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311957v1</w:t>
+                <w:t xml:space="preserve">hal-04680593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Co-construire une méthode de prélèvement de surface pour les médicaments anticancéreux : vers de nouveaux apprentissages pour la prévention des expositions à des produits chimiques</w:t>
+                <w:t xml:space="preserve">Apprendre à perdre du temps : l’exemple d’espaces de discussion sur l’activité de travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Lamarque</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Lucie Cuvelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gasté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piérelle Boursaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Flessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/activites.8703⟩</w:t>
+              <w:t xml:space="preserve">Soins Cadres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (141), pp.10-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scad.2023.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04256263v1</w:t>
+                <w:t xml:space="preserve">hal-04000815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cultural-historical development of occupational accidents and diseases prevention in France: A scoping review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Co-construire une méthode de prélèvement de surface pour les médicaments anticancéreux : vers de nouveaux apprentissages pour la prévention des expositions à des produits chimiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Swierczynski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Safety Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssci.2022.106016⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/activites.8703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882593v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprendre à perdre du temps : l’exemple d’espaces de discussion sur l’activité de travail</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">The cultural-historical development of occupational accidents and diseases prevention in France: A scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piérelle Boursaly</w:t>
+                <w:t xml:space="preserve">Yannick Lémonie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Flessel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Grosstephan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins Cadres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32 (141), pp.10-13. </w:t>
+              <w:t xml:space="preserve">Safety Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 159, pp.106016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scad.2023.01.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ssci.2022.106016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04000815v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retisser les liens entre le travail et la prévention. Un éclairage à partir de l’exemple des aides à domicile salariés de particuliers employeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1213,51 +1213,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tri des déchets ménagers. Inégalités de genre et santé au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 43 (1), pp.67-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1285,334 +1285,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques collectives entre employeurs âgés et salariés aidants : une coconstruction du bien vieillir au domicile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Prendre en compte le territoire dans la prévention des risques professionnels. Le cas du travail de tri des emballages ménagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal P. Beguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Delecroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Pueyo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travailler </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/trav.042.0141⟩</w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 82 (2), pp.99-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/th.822.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02190030v1</w:t>
+                <w:t xml:space="preserve">hal-02095262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité humaine, espace et territoire. Éléments de réflexion à partir d’une analyse systémique et multiscalaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Dynamiques collectives entre employeurs âgés et salariés aidants : une coconstruction du bien vieillir au domicile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergologia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Travailler </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42 (2), pp.141-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/trav.042.0141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02881551v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02190030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prendre en compte le territoire dans la prévention des risques professionnels. Le cas du travail de tri des emballages ménagers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Activité humaine, espace et territoire. Éléments de réflexion à partir d’une analyse systémique et multiscalaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valérie Pueyo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ergologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22, pp.69-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/th.822.0099⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02095262v1</w:t>
+                <w:t xml:space="preserve">halshs-02881551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer la prévention des risques professionnels dans le projet national d’extension des consignes de tri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hygiène et Sécurité du Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 250, pp.72-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1708,51 +1708,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chizallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 20-2, pp.1-12, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1818,51 +1818,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soutenabilité du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">M.-E. Bobillier-Chaumont, E. Brangier &amp; G. Valléry. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations : 120 notions clés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.565-568, 2024, 9782100869558</w:t>
@@ -1885,461 +1885,470 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing Sustainable 'Plastic' Work Systems. A Resource for Work-related Prevention in France's Waste Management and Recycling Sector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Le travail des valeurs au cours de l'intervention ergonomique pour soutenir la transition vers un développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Guy A. Boy; Edwige Quillerou. </w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Zara-Meylan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnoud Justine, Barcellini Flore, Cerf Marianne, Perez Toralla Maria-Sol. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risk-taking, Prevention and Design: a Cross-Fertilization Approach</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dynamiques développementales dans les interventions sur le travail : entre héritages et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Octarès, pp.185-197, 2022, 978-2-36630-129-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02096134v1</w:t>
+                <w:t xml:space="preserve">hal-04353916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail des valeurs au cours de l'intervention ergonomique pour soutenir la transition vers un développement durable</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Designing Sustainable 'Plastic' Work Systems. A Resource for Work-related Prevention in France's Waste Management and Recycling Sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Arnoud Justine, Barcellini Flore, Cerf Marianne, Perez Toralla Maria-Sol. </w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Pueyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Béguin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guy A. Boy; Edwige Quillerou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques développementales dans les interventions sur le travail : entre héritages et perspectives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Risk-taking, Prevention and Design: a Cross-Fertilization Approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CRC Taylor &amp; Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9781003221609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003221609-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04353916v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02096134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déplacer les frontières disciplinaires pour intervenir sur le travail humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Prevot-Carpentier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Muriel Prévot-Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Bernard, Claire Edey-Gamassou, Arnaud Mias et Emmanuel Renault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’interdisciplinarité au travail. Du travail interdisciplinaire à la transformation du travail.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires de Nanterre</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Presses universitaires de Paris Nanterre; Presses Universitaires de Nanterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-143, 2020, 9782840163459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pupo.19670⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02096148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Territorial Anchorage of Waste Sorting Activities and Its Organization for Prevention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Pueyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bagnara S., Tartaglia R., Albolino S., Alexander T., Fujita Y. (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 20th Congress of the International Ergonomics Association. Advances in Intelligent Systems and Computing.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 825, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.923-931, 2019, Proceedings of the 20th Congress of the International Ergonomics Association (IEA 2018), 978-3-319-96068-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-96068-5_100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01956070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2349,200 +2358,200 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travailler au domicile de particuliers employeurs âgés. Enjeux et orientations pour développer une prévention des risques au domicile.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bédel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Mercieca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Lyon 2 Lumière. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01951248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse de l’étude ergonomique dans les centres de tri des déchets d’emballages ménagers. Diagnostic des effets sur le travail des opérateurs de tri de l’extension des consignes de tri des produits plastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut National de Recherche et de Sécurité (INRS); Université Lyon 2 Lumière. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01956063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2552,166 +2561,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur les tapis de tri, de nombreux précaires au charbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Abou El Khair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Prévention des risques au domicile » : 3 questions à Leïla Boudra, Docteure en ergonomie.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2721,225 +2730,225 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sujets capables et développement : ancrages et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gouédard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Prévot-Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Toupin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58e congrès de la Société d'ergonomie de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Nanterre, France. pp.808-816</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ergotoxicology and cultural-historical activity theory dialogue: a methodological hybridization to codesign intervention for risks prevention to anticancer drugs with workers and managers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Lafeuillade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Swierczynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Canal-Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3007,77 +3016,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chizallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCE 2024: European Conference on Cognitive Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Paris, France. pp.1-8, </w:t>
@@ -3115,64 +3124,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le territoire de l’université : espace d’innovations pour le développement durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Vers une écologisation de l’ESR ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Labo 1 point 5, Jun 2024, Noisy-le-Grand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3197,51 +3206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformer son travail en France et au Brésil dans des interventions formatives : apprentissages expansifs et agentivité dans l’éducation et à l’hôpital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lémonie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Barbosa Betty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3322,103 +3331,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formative intervention for safety: challenging methods from Cultural Historical Activity Theory (CHAT)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Grosstephan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th international conference of Working on Safety (WOS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Algarve, Portugal</w:t>
@@ -3441,967 +3450,967 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04089284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorial Dimensions of Solid Waste Management Systems: a global-local dialectic for sustainable work systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Formative intervention and collaborative development in accident prevention research activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelaide Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.A. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.L. Beltran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st Triennial Congress of the International Ergonomics Association</w:t>
+              <w:t xml:space="preserve">21st triennial congress of the International ergonomics association (IEA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03145321v1</w:t>
+                <w:t xml:space="preserve">hal-04089322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle ergonomie au prisme du développement durable ? Réflexions sur des contributions possibles et souhaitables à partir de 3 recherches actuelles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Soutenir la coordination d’acteurs de mondes professionnels hétérogènes pour engager des transformations systémiques dans la gestion territorialisée des déchets ménagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e édition de la journée d’étude « Ergonomie et développement durable » du master de l’Université Paris 8</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gaëtan Bourmaud; Marie Philémon, Mar 2021, Saint-Denis (en ligne), France</w:t>
+              <w:t xml:space="preserve">11e colloque EPIQUE : 10 ans d’ARPEGE et 20 ans d’EPIQUE. Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France. pp.48-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03208604v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire des approches multi-scalaires du temps, de l’espace et de l’organisation pour aborder les transitions vers un développement durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Enjeux du territoire pour la méthodologie d’intervention au prisme du développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Bourmaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Zara-Meylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guibourdenche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adeline Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque EPIQUE : 10 ans d’ARPEGE et 20 ans d’EPIQUE. Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France. pp.15-17</w:t>
+              <w:t xml:space="preserve">55e congrès de la SELF. L’activité et ses frontières – Penser et agir sur les transformations de nos sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp.716-721</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03249517v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03705513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergonomic intervention and formative intervention for prevention: two-way dialogue between two systemic interventionist frameworks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Territorial Dimensions of Solid Waste Management Systems: a global-local dialectic for sustainable work systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Béguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco de Paula Antunes Lima</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Triennial Congress of the International Ergonomics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03145315v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03145321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déplacer les frontières disciplinaires pour prendre en compte le territoire en prévention des risques professionnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Quelle ergonomie au prisme du développement durable ? Réflexions sur des contributions possibles et souhaitables à partir de 3 recherches actuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55e congrès de la SELF. L’activité et ses frontières – Penser et agir sur les transformations de nos sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp. 696-701</w:t>
+              <w:t xml:space="preserve">4e édition de la journée d’étude « Ergonomie et développement durable » du master de l’Université Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gaëtan Bourmaud; Marie Philémon, Mar 2021, Saint-Denis (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181333v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du développement durable au développement des individus, des collectifs et des organisations : activité, usages et valeurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construire des approches multi-scalaires du temps, de l’espace et de l’organisation pour aborder les transitions vers un développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chizallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55e congrès de la SELF. L’activité et ses frontières – Penser et agir sur les transformations de nos sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp.312-316</w:t>
+              <w:t xml:space="preserve">11e colloque EPIQUE : 10 ans d’ARPEGE et 20 ans d’EPIQUE. Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France. pp.15-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181324v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03249517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formative intervention and collaborative development in accident prevention research activity</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Ergonomic intervention and formative intervention for prevention: two-way dialogue between two systemic interventionist frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Lemos</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lémonie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bationo-Tillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st triennial congress of the International ergonomics association (IEA 2021)</w:t>
+              <w:t xml:space="preserve">21st Triennial Congress of the International Ergonomics Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04089322v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03145315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux du territoire pour la méthodologie d’intervention au prisme du développement durable</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Déplacer les frontières disciplinaires pour prendre en compte le territoire en prévention des risques professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55e congrès de la SELF. L’activité et ses frontières – Penser et agir sur les transformations de nos sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp.716-721</w:t>
+              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp. 696-701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03705513v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soutenir la coordination d’acteurs de mondes professionnels hétérogènes pour engager des transformations systémiques dans la gestion territorialisée des déchets ménagers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Du développement durable au développement des individus, des collectifs et des organisations : activité, usages et valeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Le Bail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Zara-Meylan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque EPIQUE : 10 ans d’ARPEGE et 20 ans d’EPIQUE. Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France. pp.48-53</w:t>
+              <w:t xml:space="preserve">55e congrès de la SELF. L’activité et ses frontières – Penser et agir sur les transformations de nos sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue @ctivités (SELF), Jan 2021, Paris (en ligne), France. pp.312-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03249489v1</w:t>
+                <w:t xml:space="preserve">hal-03181324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Université : un territoire de développement durable ? Contribution introductive à la 3e édition de la journée d'étude « Ergonomie et développement durable » du master de Paris 8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e édition de la journée d'étude « Ergonomie et développement durable » du master de Paris 8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Leïla Boudra; Gaëtan Bourmaud; Marie Philémon, Mar 2020, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4426,51 +4435,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'abeille, emblème du développement durable ? Une contribution sous forme de prolégomènes à la 2 e édition de la journée « Ergonomie et développement durable » du master de l'Université Paris 8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e édition de la journée « Ergonomie et développement durable » du master de l'Université Paris 8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Leïla Boudra; Gaëtan Bourmaud; Marie Philémon, Mar 2019, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4495,103 +4504,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ergonomie au prisme du développement durable : valeurs, éthique et enjeux pour la formation et la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Zara-Meylan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Le Bail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54e congrès de la SELF. Université de l’ergonomie – Comment contribuer à un autre monde ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thierry Morlet &amp; Arnaud Tran Van (SELF), Sep 2019, Tours, France</w:t>
@@ -4620,64 +4629,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travailler en emploi direct auprès d’une personne âgée : interrogations sur les frontières temporelles et symboliques de la relation d’emploi.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mercieca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">colloque international « Dé-libérer le travail »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS GESTES, Nov 2019, Saint-Denis (93), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4702,51 +4711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement durable : un enjeu pour l'ergonomie ? Ouverture de la 1ère édition de la journée d'étude « Ergonomie et développement durable » du master d’ergonomie de Paris 8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère édition de la journée d'étude « Ergonomie et développement durable » du master d’ergonomie de Paris 8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Leïla Boudra; Gaëtan Bourmaud, Mar 2018, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4771,77 +4780,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions sur l'ancrage territorial des activités de tri des déchets d'emballages ménagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Pueyo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52ème Congrès de la SELF - Présent et Futur de l’Ergonomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4866,77 +4875,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobiliser une approche développementale dans l'intervention ergonomique. Réflexions sur la démarche d'action et la posture de l'intervenant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème congrès de la Société Internationale d'Ergonomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4961,64 +4970,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déplacer les frontières disciplinaires pour intervenir sur le travail humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Prévot-Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Le travail comme objet interdisciplinaire »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DIM Gestes, Oct 2016, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5043,77 +5052,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prévention dans le green business à l'échelle des proximités territoriales. Une question de performance globale pour les centres de tri des déchets d’emballages ménagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50ème congrès de la SELF. Articulation performance et santé dans l’évolution des systèmes de production : quelles actions pour l’ergonome ? quels enjeux pour l’ergonomie ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5138,77 +5147,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taking into account the territorial dimension of work for sustainable work system. The case of waste sorting centers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th Triennial Congress of the International Ergonomics Association (IEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5233,64 +5242,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing territorial governance to prevent occupational risks in the sector of waste management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. Beguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HUMAN FACTORS IN ORGANIZATIONAL DESIGN AND MANAGEMENT – XI NORDIC ERGONOMICS SOCIETY ANNUAL CONFERENCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5315,64 +5324,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels liens entre territoire et travail ? Le cas des centres de tri des déchets d’emballages ménagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Béguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48ème congrès de la SELF. Ergonomie et société : quelles attentes, quelles réponses ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, F. Hubault et coll., Aug 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5397,64 +5406,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préserver la santé des opérateurs en intervenant à différents niveaux de prises de décisions. L'exemple de la filière du recyclage des déchets d'emballages ménagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Delecroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47ème Congrès de la SELF. Innovation et Travail : Sens et valeurs du changement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pascal Béguin; Valérie Pueyo; Marie-France Dessaigne, Sep 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5479,51 +5488,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand l'organisation déstructure l'équipe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème Congrès de l’AIPTLF. Travail d’avenir et avenir du travail. Comment faire face aux nouvelles exigences professionnelles ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5606,51 +5615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lassalle Julie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goutille Fabienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd triennial congress of the international ergonomics association (IEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Jeju Island (South Korea), South Korea. 39, Springer Nature Singapore, pp.324-329, 2025, Springer Series in Design and Innovation, </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5774,51 +5783,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="37694D04"/>
+    <w:nsid w:val="A82621F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6005,51 +6014,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leila-boudra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5434-7868" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201660806" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/13150565769606252262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561149v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Boudra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE2171" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680593v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Thiebaud-Rizzoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillet Guillet Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120d0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Souza" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinthia Varella" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;guin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco de Paula Antunes Lima" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220362" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256263v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lamarque" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Swierczynski" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8703" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882593v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;monie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosstephan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2022.106016" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04000815v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gast&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi&#233;relle Boursaly" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Flessel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.01.003" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.25258" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546654v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.043.0067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190030v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.042.0141" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02881551v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02095262v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delecroix" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pueyo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.822.0099" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403791v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chizallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prost" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8789" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771276v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096134v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.1201/9781003221609-13/designing-sustainable-plastic-work-systems-le%C3%AFla-boudra-val%C3%A9rie-pueyo-pascal-b%C3%A9guin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003221609-13" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353916v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096148v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Prevot-Carpentier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pupo.giantchair.com/livre/?GCOI=28401100026950" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956070v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-96068-5_100" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96068-5_100" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951248v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;del" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mercieca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956063v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035595v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Abou El Khair" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149203v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gou&#233;dard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pr&#233;vot-Carpentier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Toupin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771306v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Lafeuillade" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Canal-Raffin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771286v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673823" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771314v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103344v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barbosa Betty" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bezerra Gemma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ldeberto Muniz de Almeidai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089284v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bationo-Tillon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145321v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208604v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249517v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Masson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145315v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181333v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181324v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089322v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Silva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. Beltran" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705513v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibourdenche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249489v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208674v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208684v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096171v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771363v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956075v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619876v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04148718v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956088v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956091v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128650v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122902v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956092v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771294v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassalle Julie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutille Fabienne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_50" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leila-boudra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5434-7868" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201660806" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/13150565769606252262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01561149v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Boudra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LYSE2171" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311957v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Boudra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Souza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinthia Varella" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;guin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco de Paula Antunes Lima" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-220362" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680593v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassalle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Thiebaud-Rizzoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillet Guillet Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120d0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04000815v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gast&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pi&#233;relle Boursaly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Flessel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scad.2023.01.003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256263v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lamarque" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Swierczynski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8703" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882593v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L&#233;monie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosstephan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2022.106016" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.25258" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546654v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.043.0067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02095262v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Beguin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delecroix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pueyo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.822.0099" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190030v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/trav.042.0141" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02881551v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403791v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chizallet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Prost" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8789" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771276v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096134v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.1201/9781003221609-13/designing-sustainable-plastic-work-systems-le%C3%AFla-boudra-val%C3%A9rie-pueyo-pascal-b%C3%A9guin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003221609-13" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096148v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Pr&#233;vot-Carpentier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pupo.giantchair.com/livre/?GCOI=28401100026950" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.19670" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-96068-5_100" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96068-5_100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951248v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;del" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mercieca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956063v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035595v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Abou El Khair" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035591v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149203v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gou&#233;dard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Toupin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771306v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Lafeuillade" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Canal-Raffin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771286v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3673805.3673823" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771314v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103344v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barbosa Betty" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bezerra Gemma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ldeberto Muniz de Almeidai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089284v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bationo-Tillon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04089322v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Silva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.L. Beltran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249489v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705513v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibourdenche" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145321v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208604v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249517v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Masson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03145315v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181333v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181324v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208674v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208684v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096171v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771363v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527134v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956075v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619876v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04148718v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956085v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956088v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956091v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128650v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01122902v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956092v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771294v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassalle Julie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goutille Fabienne" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-95-0211-0_50" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>