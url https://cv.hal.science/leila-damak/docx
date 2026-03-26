--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -188,3153 +188,3274 @@
         <w:rPr/>
         <w:t xml:space="preserve">La deuxième thématique s’articule autour de la problématique du management des organisations culturelles et plus largement de la place de la culture dans le développement collaboratif des territoires. Cette thématique est développée en totale collaboration avec Danielle Bouder-Pailler depuis 2004, enseignant-chercheur, HDR (CRGNA, Université de Nantes) et vice-présidente Culture et Société de l’Université de Nantes (de 2008 à 2018). Au départ, les recherches ont porté sur la consommation culturelle (de spectacles vivants notamment) en lien avec le design des lieux, le design graphique, les déterminants de la confiance. Le thème de la confiance dans le champ de la consommation culturelle ouvre de larges perspectives de recherches et devrait aboutir à proposer un modèle conceptuel ainsi que des outils managériaux qui répondraient à la problématique en particulier de la non consommation de produits culturels et à l’étude de publics différents en termes de variables sociodémographiques, psychologiques, ethniques, etc. L’étude terrain se poursuit. D’autre part, les problématiques autour des droits culturels ont ouvert un champ de recherche fécond dans lequel sont expérimentés l’innovation ouverte comme processus permettant aux divers acteurs et parties prenantes de collaborer et participer au développement territorial.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">La troisième thématique concerne la problématique de l’identité des collectivités territoriales à travers le design (design du logo, design des sites web). Depuis quelques années, des recherches portent sur la perception de l’esthétique de la page d’accueil des sites de collectivités locales – en étudiant en particulier le cas des îles de Bretagne – et son impact sur les attitudes des visiteurs potentiels. Une exploration des attitudes des habitants des îles cherche à identifier les perceptions et attitudes de ces derniers envers le tourisme sur leur île et l’image des sites web de ces dernières. Ces recherches s’orientent actuellement vers les problématiques liées à l’attractivité territoriale et le tourisme des îles de Bretagne, perçu, vécu et appréhendé par divers publics (habitants, tourismes, …). D’autres part, des recherches ont été menées avec d’autres chercheurs d’autres disciplines que la gestion (géographie, droit, économie, infocom) pour explorer la dénomination « Bretagne Sud » en tant qu’élément identitaire (et non institutionnalisé) perçu, vécu, apprécié, voire utilisé par divers acteurs du territoire (élus, responsables d’organismes privés et publics, habitants). Cette thématique a fait l’objet notamment de l’organisation d’un colloque en 2017 (la publication des actes sous la forme d’un ouvrage aux PUR est prévue en 2019). Des études approfondies sur l’identité Bretagne Sud à travers le design des logos des organisations sont également menées et ont fait l’objet de communications.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">La quatrième thématique porte sur le tourisme durable, où comment, face aux problématiques soulevées par le surtourisme, développer un tourisme en transition qui prenne en compte la satisfaction de l’ensemble des parties prenantes et en particulier, le bien-être des citoyens résidents. Ainsi, mes travaux s’orientent vers une approche par les sciences participatives, les théories du Care, l’innovation ouverte, les droits culturels. Ces travaux sont menés en collaboration avec les chercheurs Christine Petr, Paul Caudan, Danielle Pailler.</w:t>
+        <w:t xml:space="preserve">La quatrième thématique porte sur le tourisme durable, où comment, face aux problématiques soulevées par le surtourisme, en particuliersur les ïles etles zones côtières, développer un tourisme en transition qui prenne en compte la satisfaction de l’ensemble des parties prenantes et en particulier, le bien-être des citoyens résidents. Ainsi, mes travaux s’orientent vers une approche de la transformation et de la résilience par les sciences participatives, l'éthique du Care, l’innovation souciale, les droits culturels. Ces travaux sont menés en collaboration avec les chercheurs de l'Université Bretagne Sud, Christine Petr, Paul Caudan, Université de Nantes, Danielle Pailler, Université Gustave Eiffel, Amna Béji-Bécheur, UN-Habitat, Aïda Robbana.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renforcer la résilience climatique par une approche basée sur le care, les droits culturels et l'innovation sociale. Cas des îles Kerkennah</w:t>
+                <w:t xml:space="preserve">Strengthening climate resilience through an approach based on care, cultural rights, and social innovation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïla Damak</w:t>
+                <w:t xml:space="preserve">Leila Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Béji-Bécheur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïda Robbana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">TSEM 2026, University of HOF ed., Germany. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2eme ÉDITION DU COLLOQUE INTERNATIONAL EN ÉCONOMIE ET GESTION. L’Excellence Durable : Enjeux Économiques, Sociaux et Environnementaux</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Sustainable Excellence : Economic, Social, and Environmental Issues. Selected contributions emerging from the 2nd Edition of the Tunisian Symposium of Economics and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapitre 4, Hochschule für Angewandte Wissenschaften Hof, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57944/1051-235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05088736v1</w:t>
+                <w:t xml:space="preserve">hal-05551609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Articulating Care Theories and Cultural Rights: A New Perspective for Island Tourism Development</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Contribution des droits culturels au bien-être du citoyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bénédicte Berthe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Island Tourism – ICIT Scientific Conference for EU Islands Tourism</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">halshs-05088786v1</w:t>
+              <w:t xml:space="preserve">Bien-être, questions de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, 2021, Questions contemporaines, 978-2-343-23440-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03842479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel potentiel des sciences participatives digitales pour mesurer la fréquentation touristique d’un territoire ? Proposition d’une étude via un test sur les territoires insulaires et littoraux</w:t>
+                <w:t xml:space="preserve">Contribution des droits culturels au bien-être du citoyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Petr</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions L'Harmattan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tourisme et transition. 12e édition du colloque international pluridisciplinaire</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04345221v1</w:t>
+              <w:t xml:space="preserve">Bien-être, questions de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Collection Questions contemporaines, 978-2-343-23440-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03537296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théories du care : un cadre éthique pour aborder la question des droits culturels des citoyens dans le contexte du tourisme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Appréhender l'émergence de systèmes agroalimentaires territorialisés : quels enjeux pour la recherche-action participative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ertus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Bougeard-Delfosse; Vincent Boyer. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Journées pluridisciplinaires K-OR care organisationnel. Les perspectives du care dans les pratiques, dans le management et dans les politiques publiques</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Territoires fabriqués, territoires instrumentalisés : entre considération et négation de la complexité territoriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Presses Universitaires de Rennes, pp.151-166, 2020, 978-2-7535-7989-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04345285v1</w:t>
+                <w:t xml:space="preserve">hal-04850504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to improve the management of tourism flows : understanding data and stakeholders perceptions</w:t>
+                <w:t xml:space="preserve">Les enjeux de la confiance dans la médiation culturelle : liens entre diffuseurs de spectacles vivants et publics. résultats de tests empiriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Petr</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Bouder-Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Anbérrée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th World Research Summit for Hospitality and Tourism: Resilience, Recovery, and Reshaping</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04264661v1</w:t>
+              <w:t xml:space="preserve">Participation et médiation(s). Nouveaux regards pour de nouveaux enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théories du care : un cadre éthique pour aborder la question des droits culturels dans le contexte du tourisme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Préférences de Design de produit et Corps du consommateur : Etude exploratoire de l’influence de l’âge et autres variables individuelles sur la préférence d’une forme similaire ou complémentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Journées pluridisciplinaires K-OR care organisationnel Les perspectives du care dans les pratiques, dans le management et dans les politiques publiques</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04402668v1</w:t>
+              <w:t xml:space="preserve">Regards croisés sur l’influence de l’âge en Sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’esthétique visuelle des pages d’accueil des sites des iles de Bretagne : une étude exploratoire sur l’intention de visite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Offre et consommation culturelle : les enjeux du risque perçu et de la confiance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Bouder-Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international Tourisme et Innovation des territoires - InRENT</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04073610v1</w:t>
+              <w:t xml:space="preserve">Recherches en marketing des activités culturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vuibert pp.23-44., 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Develop the identity of islands through citizen approaches? The contribution of Cultural Rights - Exploratory study of two Brittany islands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les études et recherches marketing ; les études de marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Danielle Pailler</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th OTIE International Conference on Islands Tourism</w:t>
-[...378 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Manuel de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2 volumes, Editions Ellipses / Auf, Universités francophones, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mahéo</w:t>
-[...899 lines deleted...]
-                <w:t xml:space="preserve">hal-01688248v1</w:t>
+                <w:t xml:space="preserve">hal-01688228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution des droits culturels au bien-être du citoyen</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Renforcer la résilience climatique par une approche basée sur le care, les droits culturels et l'innovation sociale. Cas des îles Kerkennah</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Béji-Bécheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïda Robbana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bien-être, questions de gestion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03842479v1</w:t>
+              <w:t xml:space="preserve">2eme ÉDITION DU COLLOQUE INTERNATIONAL EN ÉCONOMIE ET GESTION. L’Excellence Durable : Enjeux Économiques, Sociaux et Environnementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISG, Université de Gabès, Apr 2025, Djerba, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05088736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution des droits culturels au bien-être du citoyen</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Articulating Care Theories and Cultural Rights: A New Perspective for Island Tourism Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bien-être, questions de gestion</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03537296v1</w:t>
+              <w:t xml:space="preserve">16th International Conference on Island Tourism – ICIT Scientific Conference for EU Islands Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Palermo, Observatory Tourism in the European Islands, Nov 2024, Palerme - Sicile, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05088786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender l'émergence de systèmes agroalimentaires territorialisés : quels enjeux pour la recherche-action participative ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
+                <w:t xml:space="preserve">Quel potentiel des sciences participatives digitales pour mesurer la fréquentation touristique d’un territoire ? Proposition d’une étude via un test sur les territoires insulaires et littoraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Petr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Boyer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Paul Caudan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires fabriqués, territoires instrumentalisés : entre considération et négation de la complexité territoriale</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04850504v1</w:t>
+              <w:t xml:space="preserve">Tourisme et transition. 12e édition du colloque international pluridisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AsTRES, Nov 2023, Tahiti, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de la confiance dans la médiation culturelle : liens entre diffuseurs de spectacles vivants et publics. résultats de tests empiriques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Théories du care : un cadre éthique pour aborder la question des droits culturels des citoyens dans le contexte du tourisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alice Anbérrée</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participation et médiation(s). Nouveaux regards pour de nouveaux enjeux</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01598064v1</w:t>
+              <w:t xml:space="preserve">2ème Journées pluridisciplinaires K-OR care organisationnel. Les perspectives du care dans les pratiques, dans le management et dans les politiques publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le NIMEC - Université de Rouen; IUT d'Evreux, Dec 2023, Evreux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préférences de Design de produit et Corps du consommateur : Etude exploratoire de l’influence de l’âge et autres variables individuelles sur la préférence d’une forme similaire ou complémentaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How to improve the management of tourism flows : understanding data and stakeholders perceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Petr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Caudan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés sur l’influence de l’âge en Sciences humaines et sociales</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01688132v1</w:t>
+              <w:t xml:space="preserve">7th World Research Summit for Hospitality and Tourism: Resilience, Recovery, and Reshaping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Orlando (FL), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Offre et consommation culturelle : les enjeux du risque perçu et de la confiance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Théories du care : un cadre éthique pour aborder la question des droits culturels dans le contexte du tourisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Danielle Bouder-Pailler</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en marketing des activités culturelles</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01688204v1</w:t>
+              <w:t xml:space="preserve">2ème Journées pluridisciplinaires K-OR care organisationnel Les perspectives du care dans les pratiques, dans le management et dans les politiques publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le NIMEC Université de Rouen, Dec 2023, Evreux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les études et recherches marketing ; les études de marché</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Effet de l’esthétique visuelle des pages d’accueil des sites des iles de Bretagne : une étude exploratoire sur l’intention de visite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sondes Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manuel de Gestion</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Colloque international Tourisme et Innovation des territoires - InRENT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ULCO, Sep 2019, Boulogne-sur-Mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04073610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Develop the identity of islands through citizen approaches? The contribution of Cultural Rights - Exploratory study of two Brittany islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th OTIE International Conference on Islands Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Mytilène, Lesvos,, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet de l’esthétique visuelle des pages d’accueil des sites des iles de Bretagne : une étude exploratoire sur l’intention de visite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international et interdisciplinaire "Tourisme, Innovation, Territoires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Boulogne-sur-Mer, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Develop the identity of islands through citizen approaches ? The contribution of Cultural Rights - Exploratory study of two Brittany islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th OTIE International Conference on Islands Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OTIE, Sep 2019, Mytilène, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manager l’innovation ouverte dans le secteur culturel : le rôle des médiations systémiques ; Résultats d’une expérimentation avec un artiste marocain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international : Management de l’innovation : entre création de valeurs et enjeux stratégiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, El Jadida, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations et usages de la dénomination « Bretagne Sud » : résultats d’une étude exploratoire auprès de communes bretonnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Marinos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">55ème Colloque de l'ASRDLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01864358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linking the impact to visit to the visual aesthetic factors of the homepage of websites: An experimental study on Brittany islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th International Conference on Islands Tourism 2018, ICIT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Palerme, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linking the impact to visit to the visual aesthetic factors of the homepage of websites: An experimental study on Brittany islands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th International Conference on Islands Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Palerme, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innovation ouverte dans la servuction culturelle : le rôle des médiations systémiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Pailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2ème Colloque international « services, tourisme et distribution dans les pays émergents »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’opportunité d’un label « Bretagne Sud » : Entre reconnaissance par les acteurs et nécessité d’incertitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Chartain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ertus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gourlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La montagne, territoire d'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, abEx ITEM (Innovation et Territoires de montagne), Jan 2017, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design du logo des organisations en Bretagne Sud : Résultats d'une étude exploratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mahéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Territoires fabriqués, territoires instrumentalisés » </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Vannes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visual aesthetics of the homepage of web sites of Brittany islands: an exploratory study on the impact on the intention to visit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Annual International Conference on Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Athens, Greece. https://www.atiner.gr/abstracts/2017ABST-MKT.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’OPPORTUNITE D’UNE LABELLISATION «BRETAGNE SUD». Entre reconnaissance par les acteurs et nécessité d’incertitude, Conférence inaugurale du colloque.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ertus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gourlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TERRITOIRES FABRIQUÉS / TERRITOIRES INSTRUMENTALISÉS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, VANNES, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02431867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-01688228v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La satisfaction corporelle, élément d’expression des préférences de designs de produits ? Synthèse d’études préalables et perspectives de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire résidentiel interdisciplinaire "Les expressions culturelles et les formes sociales du bien-être"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Plestin les Grèves, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corps et préférence de design-produit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International conference Marketing Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Venise (IT), Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Body Consumer, product design preference and ethnicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sondes Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">38eme Conférence de l’EMAC, Audencia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How a product design preference could be an expression of the body-self ? An exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communicating (by) Design", Conférence Internationale sur la Recherche et la Pratique en Architecture et en Design </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Bruxelles Belgium. pp.419-424</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing Island Identities Through Citizen Approaches? The Contribution of Cultural Rights Exploratory Approach by Two Islands in Brittany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Islands Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 1 (1), pp.Article 3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21427/hnn0-qf61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03021499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Information Systems and Trust : Issues for Live Cultural Performances</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Spectacle vivant, stratégie et design du lieu : vers une proposition conceptuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Bouder-Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The IBIMA Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 8 (4), pp.29-34</w:t>
+              <w:t xml:space="preserve">Management &amp; sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 6, pp.175-200</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688170v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectacle vivant, stratégie et design du lieu : vers une proposition conceptuelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Information Systems and Trust : Issues for Live Cultural Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danielle Bouder-Pailler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management &amp; sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 6, pp.175-200</w:t>
+              <w:t xml:space="preserve">The IBIMA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8 (4), pp.29-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01688138v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01688170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoires fabriqués / Territoires instrumentalisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Chartain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ertus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes, pp.286, 2020, 275357989X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3344,249 +3465,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’esthétique de la page d'accueil des sites web des collectivités territoriales : Le cas des îles de Bretagne - Recherche exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque interdisciplinaire et international « Les îles à venir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04073609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’esthétique de la page d'accueil des sites web des collectivités territoriales : Le cas des îles de Bretagne - Recherche exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque interdisciplinaire et international « Les îles à venir »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body consumer, Product design preferences and ethinicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sondes Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMAC Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3596,104 +3717,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design du logo et identité territoriale des organisations : quel effet du &amp;quot;Bretagne Sud&amp;quot; sur les attitudes et comportements du consommateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mahéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01521178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3703,161 +3824,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territoires fabriqués / Territoires instrumentalisés (colloque, Vannes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bougeard-Delfosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Chartain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Damak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ertus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId68"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3925,51 +4046,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BFABE6B6"/>
+    <w:nsid w:val="A85753D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4073,51 +4194,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C753EDC7"/>
+    <w:nsid w:val="14E5466C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4307,51 +4428,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leila-damak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6083-0266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/066957559" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088736v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Damak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Pailler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Robbana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088786v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345221v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Petr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Caudan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345285v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402668v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04073610v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316447v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316439v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04074230v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984831v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984835v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864358v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mah&#233;o" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bougeard-Delfosse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marinos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874549v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984820v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431867v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boyer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ertus" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gourlay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587818v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chartain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598011v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597834v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688135v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978371v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Zouaghi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688264v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688248v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842479v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850504v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lequin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598064v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bouder-Pailler" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Anb&#233;rr&#233;e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688132v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688204v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688228v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021499v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/hnn0-qf61" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688170v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688138v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01686611v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04073609v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316430v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978585v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521178v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05066378v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leila-damak" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6083-0266" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/066957559" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551609v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Damak" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Pailler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Robbana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57944/1051-235" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Damak" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537296v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850504v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lequin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bougeard-Delfosse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ertus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598064v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bouder-Pailler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Anb&#233;rr&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688132v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688204v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688228v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Zouaghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088736v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05088786v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345221v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Petr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Caudan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345285v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264661v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402668v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04073610v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316447v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316439v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04074230v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984835v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mah&#233;o" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marinos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874549v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984820v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984831v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587818v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Chartain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gourlay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598011v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597834v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431867v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688135v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978371v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688264v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688248v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021499v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21427/hnn0-qf61" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688138v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01688170v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-01686611v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-04073609v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316430v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978585v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521178v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ubs.hal.science/hal-05066378v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>