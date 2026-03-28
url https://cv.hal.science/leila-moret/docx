--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -638,559 +638,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peer support impact on therapeutic adherence in patients with multiple sclerosis: a mixed-methods pilot trial protocol</w:t>
+                <w:t xml:space="preserve">The experience of caregivers providing therapeutic patient education for people living with bipolar disorder: a qualitative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonor Guilmault</w:t>
+                <w:t xml:space="preserve">Marion Chirio-Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Wiertlewski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Malloggi</w:t>
+                <w:t xml:space="preserve">Yves-Antoine Harscoët</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Rousseau</w:t>
+                <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marylène Jacq-Foucher</w:t>
+                <w:t xml:space="preserve">Julien Jupille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (12), pp.e071336. </w:t>
+              <w:t xml:space="preserve">BMC Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-071336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12888-023-04623-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634944v1</w:t>
+                <w:t xml:space="preserve">hal-04792726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The experience of caregivers providing therapeutic patient education for people living with bipolar disorder: a qualitative study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“What makes you well?” Supports of well-being in bipolar disorder. A qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jupille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Chirio-Espitalier</w:t>
+                <w:t xml:space="preserve">Yves-Antoine Harscoet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves-Antoine Harscoët</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Jupille</w:t>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12888-023-04623-0⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (1), pp.2244763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17482631.2023.2244763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792726v1</w:t>
+                <w:t xml:space="preserve">hal-04794926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“What makes you well?” Supports of well-being in bipolar disorder. A qualitative study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+                <w:t xml:space="preserve">Longitudinal psychological empowerment profiles, their determinants, and some health-related outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Tripodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Boudrias</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Qualitative Studies on Health and Well-being</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17482631.2023.2244763⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.432-449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1359432x.2023.2170227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794926v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal psychological empowerment profiles, their determinants, and some health-related outcomes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Leila Moret</w:t>
+                <w:t xml:space="preserve">Peer support impact on therapeutic adherence in patients with multiple sclerosis: a mixed-methods pilot trial protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonor Guilmault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Wiertlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Malloggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Tripodi</w:t>
+                <w:t xml:space="preserve">Cécilia Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sébastien Boudrias</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marylène Jacq-Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32, pp.432-449. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (12), pp.e071336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1359432x.2023.2170227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-071336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953642v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mind–body and art therapies impact on emotional regulation in patients with chronic diseases: a pragmatic mixed-methods randomized controlled trial</w:t>
               </w:r>
@@ -1438,360 +1438,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Personal Recovery Construct in Bipolar Disorders: Definition, Usage and Measurement. A Systematic Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Chirio-Espitalier</w:t>
+                <w:t xml:space="preserve">Safety culture in French nursing homes: A randomised controlled study to evaluate the effectiveness of a risk management intervention associated with care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Schreck</w:t>
+                <w:t xml:space="preserve">Guillaume Mabileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Duval</w:t>
+                <w:t xml:space="preserve">Marion Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noémie Terrien</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.876761. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (12), pp.e0277121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.876761⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795690v1</w:t>
+                <w:t xml:space="preserve">hal-04352645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety culture in French nursing homes: A randomised controlled study to evaluate the effectiveness of a risk management intervention associated with care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Teigné</w:t>
+                <w:t xml:space="preserve">Exploring the Personal Recovery Construct in Bipolar Disorders: Definition, Usage and Measurement. A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Chirio-Espitalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Mabileau</w:t>
+                <w:t xml:space="preserve">Benoît Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Lucas</w:t>
+                <w:t xml:space="preserve">Melanie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (12), pp.e0277121. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.876761. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0277121⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.876761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04352645v1</w:t>
+                <w:t xml:space="preserve">hal-04795690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patients’ perspectives of the effects of a group-based therapeutic patient education program for bipolar disorder: a qualitative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Antoine Harscoët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jupille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1836,663 +1836,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of empowering leadership on emotional exhaustion: A controlled interventional study in a large French university hospital complex</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Risque zoonotique : médecins généralistes et vétérinaires sont-ils prêts à collaborer ? Une étude qualitative dans l’ouest de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ollierou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Beaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jonm.13829⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 34 (1), pp.97-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.221.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03818542v1</w:t>
+                <w:t xml:space="preserve">hal-03727593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risque zoonotique : médecins généralistes et vétérinaires sont-ils prêts à collaborer ? Une étude qualitative dans l’ouest de la France</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of empowering leadership on emotional exhaustion: A controlled interventional study in a large French university hospital complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Vol. 34 (1), pp.97-105. </w:t>
+              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30, pp.4234-4250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/spub.221.0097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jonm.13829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03727593v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Acceptability and Feasibility of a Web-Based Screening for Psychoactive Substance Users Among a French Sample of University Students and Workers: Mixed Methods Prospective Study</w:t>
+                <w:t xml:space="preserve">Psychosocial and Organizational Processes and Determinants of Health Care Workers’ (HCW) Health at Work in French Public EHPAD (Assisted Living Residences): A Qualitative Approach Using Grounded Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Anthoine</w:t>
+                <w:t xml:space="preserve">Anne Armant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ollierou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Caillon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lebeaupin</w:t>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Formative Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/15519⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (14), pp.7286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18147286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05280709v1</w:t>
+                <w:t xml:space="preserve">hal-03325277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychosocial and Organizational Processes and Determinants of Health Care Workers’ (HCW) Health at Work in French Public EHPAD (Assisted Living Residences): A Qualitative Approach Using Grounded Theory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Risk of seropositivity to Coxiella burnetii in humans living in areas with endemically infected cattle: No way for specific prevention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Beaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Pouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Armant</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph18147286⟩</w:t>
+              <w:t xml:space="preserve">Zoonoses and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 68 (2), pp.144-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/zph.12803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03325277v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk of seropositivity to Coxiella burnetii in humans living in areas with endemically infected cattle: No way for specific prevention</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the Acceptability and Feasibility of a Web-Based Screening for Psychoactive Substance Users Among a French Sample of University Students and Workers: Mixed Methods Prospective Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Anthoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Beaudeau</w:t>
+                <w:t xml:space="preserve">Julie Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Pouquet</w:t>
+                <w:t xml:space="preserve">Xavier Deparis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Guatteo</w:t>
+                <w:t xml:space="preserve">Michel Blanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bareille</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Lebeaupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoonoses and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 68 (2), pp.144-152. </w:t>
+              <w:t xml:space="preserve">JMIR Formative Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (10), pp.e15519. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/zph.12803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/15519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157276v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05280709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contours et organisations des activités de santé publique au sein des centres hospitaliers universitaires français</w:t>
               </w:r>
@@ -2742,77 +2742,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is the level of safety culture in French nursing homes? The EHPAGE study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mabileau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Terrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Health Services Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (1), pp.1332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2957,663 +2957,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence, criticité et typologie des évènements indésirables en Ehpad : premières caractéristiques épidémiologiques françaises et perspectives de prévention</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How Do Doctors Perceive and Use Patient Quality of Life? Findings from Focus Group Interviews with Hospital Doctors and General Practitioners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Mouret</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Caillault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2020.0848⟩</w:t>
+              <w:t xml:space="preserve">Quality of Life Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11136-020-02451-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04354141v1</w:t>
+                <w:t xml:space="preserve">hal-03159454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patient Involvement in Healthcare Workers' Practices: How Does It Operate? A Mixed-Methods Study in a French University Hospital</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploring Perceptions of the Work Environment among Psychiatric Nursing Staff in France: A Qualitative Study Using Hierarchical Clustering Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Armant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Durando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (1), pp.142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17010142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12913-020-05271-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03159475v1</w:t>
+                <w:t xml:space="preserve">hal-03140828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Do Doctors Perceive and Use Patient Quality of Life? Findings from Focus Group Interviews with Hospital Doctors and General Practitioners</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Provision of Information on Transplantation to Cystic Fibrosis Patients and Their Relatives: Overview of French Practices and Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Rhun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pougheon-Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Kanaan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality of Life Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11136-020-02451-3⟩</w:t>
+              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77, pp.79-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resmer.2019.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159454v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Perceptions of the Work Environment among Psychiatric Nursing Staff in France: A Qualitative Study Using Hierarchical Clustering Methods</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patient Involvement in Healthcare Workers' Practices: How Does It Operate? A Mixed-Methods Study in a French University Hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Malloggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Le Glatin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph17010142⟩</w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12913-020-05271-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140828v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Provision of Information on Transplantation to Cystic Fibrosis Patients and Their Relatives: Overview of French Practices and Recommendations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Pougheon-Bertrand</w:t>
+                <w:t xml:space="preserve">Incidence, criticité et typologie des évènements indésirables en Ehpad : premières caractéristiques épidémiologiques françaises et perspectives de prévention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Teigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Kanaan</w:t>
+                <w:t xml:space="preserve">Delphine Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Respiratory Medicine and Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 77, pp.79-88. </w:t>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (2), pp.157-167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resmer.2019.12.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2020.0848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159464v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévalence d’Escherichia coli producteur de béta-lactamases à spectre élargi dans les infections des voies urinaires en santé communautaire dans l’ouest de la France</w:t>
               </w:r>
@@ -3727,217 +3727,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccine Distrust: Investigation of the Views and Attitudes of Parents in Regard to Vaccination of Their Children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intraoperative Door Openings and Surgical Site Infection: A Causal Association?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Birgand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Caudal</w:t>
+                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Briend-Godet</w:t>
+                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Caroff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Navas</w:t>
+                <w:t xml:space="preserve">François Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.03.003⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (2), pp.469-470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciz954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03159457v1</w:t>
+                <w:t xml:space="preserve">hal-03282496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk Factors of Extended-Spectrum Beta-Lactamases-Producing &amp;lt;em&amp;gt;Escherichia coli&amp;lt;/em&amp;gt; Community Acquired Urinary Tract Infections: A Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Larramendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Deglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dusollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pascal Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3946,292 +3946,292 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Drug Resistance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 13, pp.3945-3955. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2147/IDR.S269033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraoperative Door Openings and Surgical Site Infection: A Causal Association?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Birgand</w:t>
+                <w:t xml:space="preserve">Vaccine Distrust: Investigation of the Views and Attitudes of Parents in Regard to Vaccination of Their Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
+                <w:t xml:space="preserve">V. Briend-Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+                <w:t xml:space="preserve">N. Caroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gouin</w:t>
+                <w:t xml:space="preserve">Dominique Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 71 (2), pp.469-470. </w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cid/ciz954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2020.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03282496v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coxiella burnetii infection in humans: to what extent do cattle in infected areas free from small ruminants play a role?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bareille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Guatteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epidemiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 148, pp.e232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4259,559 +4259,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcultural adaptation and psychometric study of the French version of the nursing home survey on patient safety culture questionnaire</w:t>
+                <w:t xml:space="preserve">Incidence of Adverse Events Associated with Technical Care and Support in French Nursing Homes: The EHPAGE Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brice Leclère</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 19 (1), pp.490. </w:t>
+              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (3), pp.243-253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12913-019-4333-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/pnv.2018.0775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02281400v1</w:t>
+                <w:t xml:space="preserve">hal-03158825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence of Adverse Events Associated with Technical Care and Support in French Nursing Homes: The EHPAGE Project</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Refining the medical student safety attitudes and professionalism survey (MSSAPS): adaptation and assessment of patient safety perception of French medical residents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Larramendy-Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Anthoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara L'Heude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/pnv.2018.0775⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), pp.222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12909-019-1667-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158825v1</w:t>
+                <w:t xml:space="preserve">inserm-02289838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refining the medical student safety attitudes and professionalism survey (MSSAPS): adaptation and assessment of patient safety perception of French medical residents</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improvement in staff behavior during surgical procedures to prevent post-operative complications (ARIBO2): study protocol for a cluster randomised trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Birgand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Haudebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Grammatico-Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12909-019-1667-y⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-019-3370-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02289838v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement in staff behavior during surgical procedures to prevent post-operative complications (ARIBO2): study protocol for a cluster randomised trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Leila Moret</w:t>
+                <w:t xml:space="preserve">Transcultural adaptation and psychometric study of the French version of the nursing home survey on patient safety culture questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Teigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mabileau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Anthoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20, pp.275. </w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (1), pp.490. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-019-3370-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12913-019-4333-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674229v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02281400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact at two years of an intervention on empowerment among medical care teams: study protocol of a randomised controlled trial in a large French university hospital</w:t>
               </w:r>
@@ -5332,77 +5332,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inpatient satisfaction with medical information received from caregivers: an observational study on the effect of social deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Anthoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Beaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Leclère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5462,90 +5462,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of the risk areas associated with care in nursing homes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Teigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Terrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 15 (2), pp.117-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5707,541 +5707,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Quality of Shared Decision Making during the Patient-Carer Encounter: A Systematic Review of Tools</w:t>
+                <w:t xml:space="preserve">Wellbeing and occupational risk perception among health care workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bouniols</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Doina Ileana Giurgiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Roland-Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Grasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Keriven Dessomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13104-016-2164-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Occupational Medicine and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12995-016-0110-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03157713v1</w:t>
+                <w:t xml:space="preserve">hal-02163882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wellbeing and occupational risk perception among health care workers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluating the Quality of Shared Decision Making during the Patient-Carer Encounter: A Systematic Review of Tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Keriven Dessomme</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Bouniols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Occupational Medicine and Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (1), pp.20. </w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12995-016-0110-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13104-016-2164-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163882v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Impact of Staff Absenteeism on Patient Satisfaction Using Routine Databases in a University Hospital.</w:t>
+                <w:t xml:space="preserve">Psychosocial and occupational risk perception among health care workers: a Moroccan multicenter study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Duclay</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Doina Giurgiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Grasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Keriven Dessomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J Nurs Manag</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jonm.12219⟩</w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, pp.408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-015-1326-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156105v1</w:t>
+                <w:t xml:space="preserve">hal-01392363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychosocial and occupational risk perception among health care workers: a Moroccan multicenter study.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the Impact of Staff Absenteeism on Patient Satisfaction Using Routine Databases in a University Hospital.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Duclay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benoit Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Sébille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Anthoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Moret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">J Nurs Manag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23, pp.833-841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jonm.12219⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13104-015-1326-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01392363v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workaholism: are physicians at risk?</w:t>
               </w:r>
@@ -6279,51 +6279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Keriven-Dessomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 64 (6), pp.410-416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6351,307 +6351,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03282136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of parenteral nutrition prescriptions in a French University Hospital: A formative assessment</w:t>
+                <w:t xml:space="preserve">Conventional medical attitudes to using a traditional medicine vodou-based model of pain management: survey of French dentists and the proposal of a pain model to facilitate integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Thibault</w:t>
+                <w:t xml:space="preserve">Martin Sanou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Jaccard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Navas</w:t>
+                <w:t xml:space="preserve">Alain Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Dessomme</w:t>
+                <w:t xml:space="preserve">Michel Marjolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Paille</w:t>
+                <w:t xml:space="preserve">Dominique Pécaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunsan Meas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nupar.2012.03.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chiropractic Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19 (1), pp.24 - 35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.echu.2012.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02652473v1</w:t>
+                <w:t xml:space="preserve">hal-05327825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conventional medical attitudes to using a traditional medicine vodou-based model of pain management: survey of French dentists and the proposal of a pain model to facilitate integration</w:t>
+                <w:t xml:space="preserve">Relevance of parenteral nutrition prescriptions in a French University Hospital: A formative assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Sanou</w:t>
+                <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Jean</w:t>
+                <w:t xml:space="preserve">Sylvie Jaccard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Navas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Marjolet</w:t>
+                <w:t xml:space="preserve">Brigitte Dessomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Pécaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yunsan Meas</w:t>
+                <w:t xml:space="preserve">Cecile Paille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chiropractic Humanities</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nutrition Clinique et Métabolisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (2), pp.65 - 70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nupar.2012.03.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.echu.2012.10.005⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05327825v1</w:t>
+                <w:t xml:space="preserve">hal-02652473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réadmissions évitables des &amp;quot; pneumopathies communautaires &amp;quot; : utilité et fiabilité d'un indicateur de la qualité du parcours de soins du patient</w:t>
               </w:r>
@@ -9095,51 +9095,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393442v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grimaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malloggi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-22775-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04994016v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#233;on Robin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cartron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Denis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Prot-Labarthe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2025.02.004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486800v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cougot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gauvin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/8839893" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J S Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ollierou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnu.12950" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634944v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onor Guilmault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wiertlewski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Rousseau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Jacq-Foucher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071336" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792726v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chirio-Espitalier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Antoine Harsco&#235;t" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jupille" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04623-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04794926v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Antoine Harscoet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2023.2244763" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953642v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tripodi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2023.2170227" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634966v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Rhun" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebeaupin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilmault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-04173-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04352570v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Teign&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cazet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Birgand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Maupetit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzad069" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795690v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Duval" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.876761" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04352645v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mabileau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lucas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Terrien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277121" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795347v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-022-04241-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818542v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13829" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727593v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0097" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280709v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anthoine" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanche" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lebeaupin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/15519" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03325277v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Armant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18147286" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157276v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaudeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pouquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zph.12803" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242676v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferriot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lecl&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Colin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.205.0479" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163120v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaultier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaa514" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03559725v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07336-w" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242678v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lesage" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Le Glatin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0245112" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04354141v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mouret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0848" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159475v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05271-w" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159454v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillault" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-020-02451-3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140828v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Durando" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010142" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159464v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pougheon-Bertrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kanaan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2019.12.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872943v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Giffon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Thibaut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.09.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159457v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Caudal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Briend-Godet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caroff" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Navas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.03.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03011614v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Deglaire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dusollier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IDR.S269033" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282496v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haudebourg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Grammatico-Guillon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gouin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz954" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03011848v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268820001880" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02281400v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4333-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158825v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2018.0775" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02289838v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy-Magnin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara L'Heude" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Moret" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-019-1667-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674229v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ferrand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3370-z" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02441104v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lesot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4724-7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318904v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coillot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnetain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejon.2018.01.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H34LBRDT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02319119v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.13524" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158621v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malloggi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Mallet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jarno" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02073741v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pourreau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-017-2728-8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04354153v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2017.0662" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158159v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Stalder" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aubert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anthoine" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Futamura" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marcoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.13189" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157713v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouniols" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-016-2164-6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163882v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Ileana Giurgiu" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roland-Levy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grasset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Keriven Dessomme" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12995-016-0110-0" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156105v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duclay" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V S&#233;bille" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Anthoine" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Moret" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12219" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JJNQ86FP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392363v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Giurgiu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-015-1326-2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282136v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rezvani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bouju" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Keriven-Dessomme" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqu081" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652473v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jaccard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dessomme" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Paille" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2012.03.002" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZMLG9S5L-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327825v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sanou" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jean" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marjolet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;caud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunsan Meas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.echu.2012.10.005" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00987103v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Segouin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dely" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sellier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dozol" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874378v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Branger" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beucher" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouderlique" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blayo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242947v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rochedreux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chevalier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lombrail" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gasquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2007.09.011" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54ZMDS3S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242949v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pillet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-7-197" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242946v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nguyen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Volteau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Falissard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lombrail" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzm041" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242944v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Merle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pidhorz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pi&#233;tu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-1040(04)70424-9" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242938v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tequi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2004.02.004" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MC9GBJZQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242941v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ballereau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wiertliewski" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0755-4982(04)98946-4" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242936v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Castro" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tubiana-Rufi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fombonne" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242935v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tubiana-Rufi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Czernichow" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chwalow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/080352598750013815" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242933v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/diacare.18.11.1479" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242931v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chwalow" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242929v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Czernichow" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242925v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Baudoin-Balleur" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242927v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mesbah" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lellouch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242924v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bean" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chwalow" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242920v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Costagliola" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Eschw&#232;ge" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242916v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Feard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242912v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chwalow" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costagliola" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mesbah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Eschwege" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/diacare.13.4.454a" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393442v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Grimaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malloggi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Rowe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-22775-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04994016v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sim&#233;on Robin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cartron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Denis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Prot-Labarthe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2025.02.004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486800v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cougot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gauvin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/8839893" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J S Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ollierou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnu.12950" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792726v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chirio-Espitalier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Antoine Harsco&#235;t" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Duval" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jupille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04623-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04794926v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Antoine Harscoet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17482631.2023.2244763" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953642v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tripodi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2023.2170227" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634944v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onor Guilmault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wiertlewski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Rousseau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Jacq-Foucher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071336" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634966v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Rhun" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebeaupin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duval" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilmault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-04173-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04352570v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Teign&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cazet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Birgand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Maupetit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzad069" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04352645v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mabileau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lucas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Terrien" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277121" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795690v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Schreck" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Duval" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.876761" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795347v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-022-04241-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727593v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Beaudeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0097" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818542v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13829" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03325277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Armant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18147286" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157276v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Beaudeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pouquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Guatteo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/zph.12803" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280709v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Anthoine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Caillon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deparis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanche" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lebeaupin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/15519" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242676v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ferriot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lecl&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Colin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.205.0479" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163120v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gaultier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Fournier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaa514" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03559725v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07336-w" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242678v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lesage" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Le Glatin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0245112" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159454v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caillault" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-020-02451-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140828v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Durando" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010142" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159464v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pougheon-Bertrand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kanaan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmer.2019.12.002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159475v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05271-w" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04354141v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mouret" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0848" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02872943v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Giffon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Thibaut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.09.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282496v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haudebourg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Grammatico-Guillon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gouin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciz954" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03011614v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Deglaire" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dusollier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IDR.S269033" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159457v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Caudal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Briend-Godet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caroff" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Navas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.03.003" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03011848v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268820001880" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158825v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2018.0775" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02289838v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Larramendy-Magnin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara L'Heude" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Moret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-019-1667-y" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674229v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ferrand" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3370-z" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02281400v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4333-5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02441104v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lesot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4724-7" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318904v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coillot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnetain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejon.2018.01.002" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H34LBRDT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02319119v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.13524" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158621v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malloggi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Mallet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jarno" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02073741v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pourreau" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-017-2728-8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04354153v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2017.0662" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158159v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Stalder" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aubert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anthoine" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Futamura" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marcoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.13189" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163882v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Ileana Giurgiu" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roland-Levy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grasset" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Keriven Dessomme" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12995-016-0110-0" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157713v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bouniols" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-016-2164-6" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392363v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Giurgiu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-015-1326-2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156105v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duclay" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V S&#233;bille" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Anthoine" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Moret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12219" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JJNQ86FP-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282136v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rezvani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Bouju" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Keriven-Dessomme" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/occmed/kqu081" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327825v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sanou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jean" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marjolet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique P&#233;caud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunsan Meas" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.echu.2012.10.005" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652473v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jaccard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dessomme" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Paille" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2012.03.002" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZMLG9S5L-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00987103v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Segouin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dely" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sellier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dozol" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874378v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Branger" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beucher" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouderlique" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blayo" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242947v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Rochedreux" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chevalier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lombrail" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gasquet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2007.09.011" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54ZMDS3S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242949v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nguyen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pillet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-7-197" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242946v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nguyen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Volteau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Falissard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lombrail" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intqhc/mzm041" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242944v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Merle" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pidhorz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pi&#233;tu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0035-1040(04)70424-9" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242938v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tequi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajic.2004.02.004" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MC9GBJZQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242941v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ballereau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wiertliewski" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0755-4982(04)98946-4" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242936v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Castro" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tubiana-Rufi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fombonne" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242935v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tubiana-Rufi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Czernichow" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chwalow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/080352598750013815" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242933v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/diacare.18.11.1479" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242931v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chwalow" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242929v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Czernichow" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242925v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Baudoin-Balleur" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242927v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mesbah" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lellouch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242924v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bean" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chwalow" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242920v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Costagliola" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Eschw&#232;ge" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242916v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Feard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03242912v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chwalow" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Costagliola" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mesbah" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Eschwege" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/diacare.13.4.454a" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>