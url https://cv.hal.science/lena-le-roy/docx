--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -446,197 +446,197 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01530459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halogens as tracers of protosolar nebula material in comet 67P/Churyumov-Gerasimenko</w:t>
+                <w:t xml:space="preserve">Nitrogen-to-carbon atomic ratio measured by COSIMA in the particles of comet 67P/Churyumov–Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederik Dhooghe</w:t>
+                <w:t xml:space="preserve">Nicolas Fray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan de Keyser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kathrin Altwegg</w:t>
+                <w:t xml:space="preserve">Anaïs Bardyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hervé Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Baklouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christelle Briois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 472 (2), pp.1336-1345. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx1911⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S506-S516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx2002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01575014v1</w:t>
+                <w:t xml:space="preserve">insu-02766152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic composition of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; in the coma of 67P/Churyumov-Gerasimenko measured with ROSINA/DFMS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myrtha Hässig</w:t>
+                <w:t xml:space="preserve">Change of outgassing pattern of 67P/Churyumov–Gerasimenko during the March 2016 equinox as seen by ROSINA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gasc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -659,520 +659,520 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S108 - S117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx1412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201630140⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01571239v1</w:t>
+                <w:t xml:space="preserve">insu-01574257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for distributed gas sources of hydrogen halides in the coma of comet 67P/Churyumov–Gerasimenko</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organics in comet 67P – a first comparative analysis of mass spectra from ROSINA–DFMS, COSAC and Ptolemy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Bieler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursina Calmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S695-S711. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx2725⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S130 - S141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx1415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02765310v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01574263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen-to-carbon atomic ratio measured by COSIMA in the particles of comet 67P/Churyumov–Gerasimenko</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Briois</w:t>
+                <w:t xml:space="preserve">Evidence for depletion of heavy silicon isotopes at comet 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Altwegg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx2002⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 601, A123 (9 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02766152v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01518753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organics in comet 67P – a first comparative analysis of mass spectra from ROSINA–DFMS, COSAC and Ptolemy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Halogens as tracers of protosolar nebula material in comet 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Dhooghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan de Keyser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ursina Calmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S130 - S141. </w:t>
+              <w:t xml:space="preserve">, 2017, 472 (2), pp.1336-1345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx1415⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx1911⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01574263v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01575014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Change of outgassing pattern of 67P/Churyumov–Gerasimenko during the March 2016 equinox as seen by ROSINA</w:t>
+                <w:t xml:space="preserve">Isotopic composition of CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; in the coma of 67P/Churyumov-Gerasimenko measured with ROSINA/DFMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Gasc</w:t>
+                <w:t xml:space="preserve">Myrtha Hässig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1195,566 +1195,566 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S108 - S117. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 605, A50 (8 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx1412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201630140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01574257v1</w:t>
+                <w:t xml:space="preserve">insu-01571239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for depletion of heavy silicon isotopes at comet 67P/Churyumov-Gerasimenko</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martin Rubin</w:t>
+                <w:t xml:space="preserve">Evidence for distributed gas sources of hydrogen halides in the coma of comet 67P/Churyumov–Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan de Keyser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederik Dhooghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">André Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 601, A123 (9 p.). </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S695-S711. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201730584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx2725⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01518753v1</w:t>
+                <w:t xml:space="preserve">insu-02765310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sulphur isotope mass-independent fractionation observed in comet 67P/Churyumov–Gerasimenko by Rosetta/ROSINA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ursina Calmonte</w:t>
+                <w:t xml:space="preserve">Xenon isotopes in 67P/Churyumov-Gerasimenko show that comets contributed to Earth's atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Bieler</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bar-Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.V. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stx2534⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 356 (6342), pp.1069-1072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aal3496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01671992v1</w:t>
+                <w:t xml:space="preserve">insu-01670669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xenon isotopes in 67P/Churyumov-Gerasimenko show that comets contributed to Earth's atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Marty</w:t>
+                <w:t xml:space="preserve">Sulphur isotope mass-independent fractionation observed in comet 67P/Churyumov–Gerasimenko by Rosetta/ROSINA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursina Calmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Bar-Nun</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.V. Bekaert</w:t>
+                <w:t xml:space="preserve">A. Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 356 (6342), pp.1069-1072. </w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 469 (suppl_2), pp.S787-S803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.aal3496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stx2534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01670669v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01671992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carbon-rich dust in comet 67P/Churyumov-Gerasimenko measured by COSIMA/Rosetta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bardyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Baklouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 469 (Suppl_2), pp.S712-S722. </w:t>
@@ -1844,51 +1844,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 462 (Suppl 1), pp.S253 - S273. </w:t>
@@ -1920,177 +1920,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01402761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photochemistry of forbidden oxygen lines in the inner coma of 67P/Churyumov-Gerasimenko</w:t>
+                <w:t xml:space="preserve">COMET 67P/CHURYUMOV-GERASIMENKO: CLOSE-UP ON DUST PARTICLE FRAGMENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cessateur</w:t>
+                <w:t xml:space="preserve">M. Hilchenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. de Keyser</w:t>
+                <w:t xml:space="preserve">J. Kissel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Maggiolo</w:t>
+                <w:t xml:space="preserve">Y. Langevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gibbons</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Gronoff</w:t>
+                <w:t xml:space="preserve">H. von Hoerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2015JA022013⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 816 (2), pp.L32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8205/816/2/L32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01318159v1</w:t>
+                <w:t xml:space="preserve">in2p3-01291758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prebiotic chemicals--amino acid and phosphorus--in the coma of comet 67P/Churyumov-Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2112,639 +2112,639 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akiva Bar-Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 2 (5), e1600285 (5 p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.1600285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01351340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMET 67P/CHURYUMOV-GERASIMENKO: CLOSE-UP ON DUST PARTICLE FRAGMENTS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. von Hoerner</w:t>
+                <w:t xml:space="preserve">High-Time Resolution In-situ Investigation of Major Cometary Volatiles around 67P/C-G at 3.1 - 2.3 AU Measured with ROSINA-RTOF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urs Mall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Altwegg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bar-Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8205/816/2/L32⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 819 (2), pp.126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/0004-637X/819/2/126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01291758v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01287167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Simulation Monte Carlo modelling of the major species in the coma of comet 67P/Churyumov-Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fougere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bockelée-Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 462 (suppl. 1), pp.S156-S169. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stw2388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01370624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Time Resolution In-situ Investigation of Major Cometary Volatiles around 67P/C-G at 3.1 - 2.3 AU Measured with ROSINA-RTOF</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Urs Mall</w:t>
+                <w:t xml:space="preserve">Three-dimensional direct simulation Monte-Carlo modeling of the coma of comet 67P/Churyumov-Gerasimenko observed by the VIRTIS and ROSINA instruments on board Rosetta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fougere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Bieler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bockelee-Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/0004-637X/819/2/126⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 588, A134 (11p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201527889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01287167v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01283022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional direct simulation Monte-Carlo modeling of the coma of comet 67P/Churyumov-Gerasimenko observed by the VIRTIS and ROSINA instruments on board Rosetta</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andre Bieler</w:t>
+                <w:t xml:space="preserve">Photochemistry of forbidden oxygen lines in the inner coma of 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Cessateur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. de Keyser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maggiolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gibbons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Bockelee-Morvan</w:t>
+                <w:t xml:space="preserve">G. Gronoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 588, A134 (11p.). </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 121 (1), pp.804-816. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201527889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2015JA022013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01283022v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01318159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion chemistry in the coma of comet 67P near perihelion</w:t>
               </w:r>
@@ -3132,103 +3132,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-molecular-weight organic matter in the particles of comet 67P/Churyumov–Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bardyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Baklouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 538 (7623), pp.72-74. </w:t>
@@ -3260,563 +3260,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01362335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of 3D kinetic and hydrodynamic models to ROSINA-COPS measurements of the neutral coma of 67P/Churyumov-Gerasimenko</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ursina Calmonte</w:t>
+                <w:t xml:space="preserve">COSIMA calibration for the detection and characterization of the cometary solid organic matter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léna Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Bardyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201526178⟩</w:t>
+              <w:t xml:space="preserve">Planetary and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 105, pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pss.2014.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01200510v1</w:t>
+                <w:t xml:space="preserve">insu-01181240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correcting peak deformation in Rosetta's ROSINA/DFMS mass spectrometer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Andrew Gibbons</w:t>
+                <w:t xml:space="preserve">Detection of argon in the coma of comet 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hans Balsiger</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akiva Bar-Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 393, pp.41-51. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (8), pp.E1500377 </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijms.2015.10.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.1500377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01219657v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01346022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of argon in the coma of comet 67P/Churyumov-Gerasimenko</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correcting peak deformation in Rosetta's ROSINA/DFMS mass spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan de Keyser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federik Dhooghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gibbons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Altwegg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.1500377⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 393, pp.41-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijms.2015.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01346022v1</w:t>
+                <w:t xml:space="preserve">insu-01219657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COSIMA calibration for the detection and characterization of the cometary solid organic matter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fray</w:t>
+                <w:t xml:space="preserve">Comparison of 3D kinetic and hydrodynamic models to ROSINA-COPS measurements of the neutral coma of 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Bieler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Altwegg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursina Calmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary and Space Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 105, pp.1-25. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 583, pp.A7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pss.2014.08.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201526178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01181240v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01200510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic compounds on comet 67P/Churyumov-Gerasimenko revealed by COSAC mass spectrometry</w:t>
               </w:r>
@@ -3962,77 +3962,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bar-Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 347 (6220), 3 p. </w:t>
@@ -4210,510 +4210,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01088866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The capabilities of ROSINA/DFMS to measure argon isotopes at comet 67P/Churyumov-Gerasimenko</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Myrtha Hässig</w:t>
+                <w:t xml:space="preserve">Molecular nitrogen in comet 67P/Churyumov-Gerasimenko indicates a low formation temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Rubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Balsiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bar-Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">J. de Keyser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary and Space Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pss.2014.11.015⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 348 (6231), pp.232-235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aaa6100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01085254v1</w:t>
+                <w:t xml:space="preserve">hal-01346031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular nitrogen in comet 67P/Churyumov-Gerasimenko indicates a low formation temperature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solar wind sputtering of dust on the surface of 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Wurz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Bar-Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.aaa6100⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 583, A22 (9 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01346031v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01206313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar wind sputtering of dust on the surface of 67P/Churyumov-Gerasimenko</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Rubin</w:t>
+                <w:t xml:space="preserve">The capabilities of ROSINA/DFMS to measure argon isotopes at comet 67P/Churyumov-Gerasimenko</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myrtha Hässig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U. Calmonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. de Keyser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Planetary and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 105, pp.175-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pss.2014.11.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201525980⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01206313v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01085254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time variability and heterogeneity in the coma of 67P/Churyumov-Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myrtha Hässig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bar-Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4764,51 +4764,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abundant molecular oxygen in the coma of comet 67P/Churyumov–Gerasimenko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4950,51 +4950,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 583, A2 (13 p.). </w:t>
@@ -5032,51 +5032,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventory of the volatiles on comet 67P/Churyumov-Gerasimenko from Rosetta/ROSINA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Altwegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5084,51 +5084,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Balsiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Bieler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 583, A1 (12 p.). </w:t>
@@ -5434,77 +5434,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the prospective detection of polyoxymethylene in comet 67P/Churyumov-Gerasimenko with the COSIMA instrument onboard Rosetta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Briani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Briois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5758,51 +5758,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préparation à la caractérisation in-situ de la matière organique cométaire par spectrométrie de masse : application à l'instrument COSIMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léna Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université d'Orléans, 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5919,51 +5919,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3EC7D624"/>
+    <w:nsid w:val="6D5AF39E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6150,51 +6150,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lena-le-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5984-6153" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01877545v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Altwegg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Balsiger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiva Bar-Nun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Berthelier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aar6297" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01530459v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bieler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursina Calmonte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2016.0253" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01575014v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Dhooghe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan de Keyser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Briois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1911" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01571239v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtha H&#228;ssig" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630140" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02765310v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2725" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02766152v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fray" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bardyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Baklouti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2002" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574263v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1415" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574257v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gasc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1412" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01518753v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730584" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01671992v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bieler" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2534" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01670669v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bar-Nun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Bekaert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aal3496" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02764524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2640" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01402761v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2601" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01318159v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cessateur" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Keyser" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maggiolo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gibbons" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gronoff" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JA022013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01351340v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bieler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1600285" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291758v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilchenbach" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kissel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Langevin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. von Hoerner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/816/2/L32" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01370624v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fougere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bockel&#233;e-Morvan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2388" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01287167v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Mall" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0004-637X/819/2/126" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01283022v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bockelee-Morvan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527889" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01368192v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Fuselier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beth" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2149" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01374507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth C. Hansen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Biver" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2413" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01427998v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beth" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw3370" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature19320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01200510v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526178" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01219657v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federik Dhooghe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibbons" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.10.010" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346022v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1500377" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01181240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Le Roy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Bardyn" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.08.015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182551v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Goesmann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Rosenbauer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hendrik Bredehoft" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabane" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ehrenfreund" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0689" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346024v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261952" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088866v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bonnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quirico" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buch" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Thissen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Szopa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2014.11.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40W07G3C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085254v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Calmonte" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.11.015" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VJ3160F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346031v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaa6100" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01206313v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wurz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525980" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346055v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaa0276" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346075v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature15707" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01199226v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526210" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01199178v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526450" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182128v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Schulz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hilchenbach" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Langevin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kissel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Silen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14159" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01206306v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Luspay-Kuti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#228;ssig" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Mandt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526205" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00779619v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Briani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cottin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fray" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2012.01.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GNXM2QS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510369v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vuitton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Frisari" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C003758C" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-DGN2RBC3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00763072v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lena-le-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5984-6153" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01877545v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Altwegg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Balsiger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akiva Bar-Nun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Berthelier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aar6297" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01530459v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bieler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursina Calmonte" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2016.0253" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02766152v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fray" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bardyn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cottin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Baklouti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Briois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2002" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574257v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gasc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1412" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01574263v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1415" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01518753v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201730584" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01575014v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Dhooghe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan de Keyser" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx1911" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01571239v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtha H&#228;ssig" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201630140" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02765310v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2725" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01670669v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marty" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bar-Nun" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Bekaert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aal3496" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01671992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bieler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2534" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02764524v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx2640" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01402761v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2601" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291758v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hilchenbach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kissel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Langevin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. von Hoerner" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/816/2/L32" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01351340v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Bieler" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1600285" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01287167v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Mall" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/0004-637X/819/2/126" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01370624v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fougere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bockel&#233;e-Morvan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2388" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01283022v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bockelee-Morvan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201527889" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01318159v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cessateur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. de Keyser" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maggiolo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gibbons" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gronoff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2015JA022013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01368192v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. A. Fuselier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Beth" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2149" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01374507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth C. Hansen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Biver" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw2413" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01427998v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Beth" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stw3370" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01362335v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature19320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01181240v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Le Roy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Bardyn" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.08.015" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346022v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.1500377" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01219657v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federik Dhooghe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibbons" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.10.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01200510v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526178" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182551v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Goesmann" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Rosenbauer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hendrik Bredehoft" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cabane" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ehrenfreund" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aab0689" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346024v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1261952" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088866v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bonnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Quirico" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buch" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Thissen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Szopa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icarus.2014.11.006" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40W07G3C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346031v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaa6100" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01206313v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wurz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201525980" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085254v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Calmonte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2014.11.015" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VJ3160F-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346055v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaa0276" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346075v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature15707" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01199226v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526210" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01199178v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526450" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01182128v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Schulz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hilchenbach" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Langevin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kissel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Silen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14159" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01206306v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Luspay-Kuti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H&#228;ssig" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. E. Mandt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201526205" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00779619v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Briani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cottin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fray" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2012.01.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GNXM2QS-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00510369v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vuitton" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Frisari" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C003758C" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-DGN2RBC3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00763072v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>