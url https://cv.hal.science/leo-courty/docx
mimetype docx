--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -1183,274 +1183,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Behaviour and Kinetic Parameters of Ternary Mg+SrO 2 +DNAN Pyrotechnic Compositions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Rosères</w:t>
+                <w:t xml:space="preserve">A new method for thermal conductivity measurement: application to complex heterogeneous materials used in thermal batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Ledevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boulnois</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M William-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propellants, Explosives, Pyrotechnics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prep.202100269⟩</w:t>
+              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00231-022-03291-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03647135v1</w:t>
+                <w:t xml:space="preserve">hal-04501265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for thermal conductivity measurement: application to complex heterogeneous materials used in thermal batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T Ledevin</w:t>
+                <w:t xml:space="preserve">Thermal Behaviour and Kinetic Parameters of Ternary Mg+SrO 2 +DNAN Pyrotechnic Compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rosères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L Faget</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Propellants, Explosives, Pyrotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (4), pp.e202100269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00231-022-03291-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/prep.202100269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501265v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burning Velocities of Pyrotechnic Compositions: Effects of Composition and Granulometry</w:t>
               </w:r>
@@ -3131,287 +3131,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogenic volatile organic compounds emissions at high temperatures of common plants from Mediterranean regions affected by forest fires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Flammability limits of biogenic volatile organic compounds emitted by fire-heated vegetation ( Rosmarinus officinalis ) and their potential link with accelerating forest fires in canyons: A Froude-scaling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos Viegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carlos Fernandez-Pello</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fire Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 32 (5), pp.459-479. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0734904114536128⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 32 (4), pp.316-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0734904113514810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01169970v1</w:t>
+                <w:t xml:space="preserve">hal-03219895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flammability limits of biogenic volatile organic compounds emitted by fire-heated vegetation ( Rosmarinus officinalis ) and their potential link with accelerating forest fires in canyons: A Froude-scaling approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biogenic volatile organic compounds emissions at high temperatures of common plants from Mediterranean regions affected by forest fires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Fernandez-Pello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fire Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 32 (4), pp.316-327. </w:t>
+              <w:t xml:space="preserve">, 2014, 32 (5), pp.459-479. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0734904113514810⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0734904114536128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03219895v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01169970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Laminar Burning Speeds and Markstein Lengths of p -Cymene/Air Mixtures Using Three Models</w:t>
               </w:r>
@@ -4079,51 +4079,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00848349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (41)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (42)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4510,986 +4510,951 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Transport Properties of Tropical Woods originating from Gabon: Okoume, Bilinga, Movingui, Ozigo and Nove with Transient Plane Source Analyser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Fe/CuO pyrotechnic compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Mokrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.M. Raji</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Karl Franck Eric Lamoot</w:t>
+                <w:t xml:space="preserve">Stephane Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd European Biomass Conference and Exhibition (EUBCE 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Energetic Materials and their Applications (ISEM2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Tokyo (Japan), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458443v1</w:t>
+                <w:t xml:space="preserve">hal-05458565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic Analysis of the Thermal Decomposition of Three LOVA Gun Propellants Based on RDX and Nitrocellulose</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Delbarre</w:t>
+                <w:t xml:space="preserve">Thermal Transport Properties of Tropical Woods originating from Gabon: Okoume, Bilinga, Movingui, Ozigo and Nove with Transient Plane Source Analyser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M. Raji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brady Axel Manescau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Karl Franck Eric Lamoot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th International Pyrotechnics Society Seminar (Europyro 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">32nd European Biomass Conference and Exhibition (EUBCE 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501365v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilinear analysis of influential parameters on the combustion velocity of ternary pyrotechnic compositions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Rosères</w:t>
+                <w:t xml:space="preserve">Thermal analysis of the decomposition of a LOVA gun propellant based on RDX and Nitrocellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delbarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mame William-Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th International Pyrotechnics Society Seminar (Europyro 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Saint malo, France</w:t>
+              <w:t xml:space="preserve">29th International Colloquium on the Dynamics of Explosions and Reactive Systems ICDERS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Siheung, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501388v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal analysis of the decomposition of a LOVA gun propellant based on RDX and Nitrocellulose</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samuel Delbarre</w:t>
+                <w:t xml:space="preserve">Multilinear analysis of influential parameters on the combustion velocity of ternary pyrotechnic compositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rosères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mame William-Louis</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boulnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th International Colloquium on the Dynamics of Explosions and Reactive Systems ICDERS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Siheung, South Korea</w:t>
+              <w:t xml:space="preserve">46th International Pyrotechnics Society Seminar (Europyro 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Saint malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501346v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle méthode de mesure de la conductivité thermique : applications aux matériaux hétérogènes utilisés dans les piles thermiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ledevin</w:t>
+                <w:t xml:space="preserve">Kinetic Analysis of the Thermal Decomposition of Three LOVA Gun Propellants Based on RDX and Nitrocellulose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delbarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mame William-Louis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
+              <w:t xml:space="preserve">46th International Pyrotechnics Society Seminar (Europyro 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836926v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental studies on thermal degradation, ignition and combustion of low-vulnerability gun propellants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une nouvelle méthode de mesure de la conductivité thermique : applications aux matériaux hétérogènes utilisés dans les piles thermiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Samuel Delbarre</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mame William-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Machine Design and Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Urgup, Turkey</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836902v1</w:t>
+                <w:t xml:space="preserve">hal-03836926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allumage laser de poudres propulsives à vulnérabilité réduite : influence de l’atmosphère sur les propriétés d’allumage et de combustion</w:t>
+                <w:t xml:space="preserve">Laser ignition of a low-vulnerability propellant: influence of the atmosphere on ignition and combustion properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Delbarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Richioud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mame William-Louis</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
+              <w:t xml:space="preserve">28th International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03836913v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser ignition of a low-vulnerability propellant: influence of the atmosphere on ignition and combustion properties</w:t>
+                <w:t xml:space="preserve">Allumage laser de poudres propulsives à vulnérabilité réduite : influence de l’atmosphère sur les propriétés d’allumage et de combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Delbarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mame William-Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Naples, Italy</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03647150v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for thermal conductivity measurement: application to complex heterogeneous materials used in thermal batteries</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental studies on thermal degradation, ignition and combustion of low-vulnerability gun propellants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L Faget</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Delbarre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Thermal Sciences Conference (EUROTHERM 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Machine Design and Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Urgup, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/2116/1/012041⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03558130v1</w:t>
+                <w:t xml:space="preserve">hal-03836902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion de poudres propulsives : étude de faisabilité de l’allumage des produits de pyrolyse par claquage laser</w:t>
               </w:r>
@@ -5564,1137 +5529,1159 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of pyrotechnic compositions: Influential parameters study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles-Arthur Roseres</w:t>
+                <w:t xml:space="preserve">A new method for thermal conductivity measurement: application to complex heterogeneous materials used in thermal batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M William-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Corentin Le Renard</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Faget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th International Pyrotechnics Society Seminar - Europyro 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th European Thermal Sciences Conference (EUROTHERM 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Virtual conference, Portugal. pp.012041, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/2116/1/012041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02172931v1</w:t>
+                <w:t xml:space="preserve">hal-03558130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INVESTIGATION ON THE PYROLYSIS PRODUCTS OF LOW VULNERABILITY PROPELLANTS BASED ON RDX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Ehrhardt</w:t>
+                <w:t xml:space="preserve">Reactivity of pyrotechnic compositions: Influential parameters study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Arthur Roseres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbara Baschung</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boulnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Le Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th International Annual Conference of ICT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Karlsruhe, Germany. pp.84-1</w:t>
+              <w:t xml:space="preserve">44th International Pyrotechnics Society Seminar - Europyro 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172790v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser ignition of low vulnerability propellants based on RDX</w:t>
+                <w:t xml:space="preserve">INVESTIGATION ON THE PYROLYSIS PRODUCTS OF LOW VULNERABILITY PROPELLANTS BASED ON RDX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ehrhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Baschung</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th International Pyrotechnics Society Seminar - Europyro 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Tours, France</w:t>
+              <w:t xml:space="preserve">50th International Annual Conference of ICT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Karlsruhe, Germany. pp.84-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172424v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Determination of Ignition and Combustion Characteristics of Two Insensitive Propellants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser ignition of low vulnerability propellants based on RDX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Baschung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">44th International Pyrotechnics Society Seminar - Europyro 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558154v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventilation conditions effects during a fire in a reduced-scale room</w:t>
+                <w:t xml:space="preserve">Experimental Determination of Ignition and Combustion Characteristics of Two Insensitive Propellants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">H.Y. Wang</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Envirorisk</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Bourges, France</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558534v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal degradation and activation energies of two insensitive propellants: an experimental study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ventilation conditions effects during a fire in a reduced-scale room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brady Manescau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.Y. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Special Topics in Chemical Propulsion &amp; Energetic Materials (11-ISICP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">3ème Envirorisk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Bourges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02172408v1</w:t>
+                <w:t xml:space="preserve">hal-03558534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale de l'allumage laser de poudres propulsives à risque atténué</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal degradation and activation energies of two insensitive propellants: an experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Ehrhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Lagrange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">11th International Symposium on Special Topics in Chemical Propulsion &amp; Energetic Materials (11-ISICP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558539v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser ignition of an insensitive propellant based on RDX: an experimental study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude expérimentale de l'allumage laser de poudres propulsives à risque atténué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lagrange</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Combustion Meeting </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01811793v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study on laser ignition of low vulnerability propellant based on nitrocellulose</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laser ignition of an insensitive propellant based on RDX: an experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Lagrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Boston, United States</w:t>
+              <w:t xml:space="preserve">8th European Combustion Meeting </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558501v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01811793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of the thermal degradation of low vulnerability propellants</w:t>
+                <w:t xml:space="preserve">Experimental study on laser ignition of low vulnerability propellant based on nitrocellulose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Modou Mar</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lagrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boulnois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st International Pyrotechnics Society Seminar (Europyro 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">26th International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558498v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulations of ignition and combustion of RDX mixed with gaseous additives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modou Mar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6731,176 +6718,159 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental approach to estimate species concentrations in a compartment fire</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental characterization of the thermal degradation of low vulnerability propellants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modou Mar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boulnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Symposium on Fire Safety Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Christchurch, New Zealand</w:t>
+              <w:t xml:space="preserve">41st International Pyrotechnics Society Seminar (Europyro 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558486v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation on accelerating forest fires thermochemical hypothesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6909,481 +6879,481 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fernandez-Pello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Forest Fire Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion Characteristics of Two Biogenic Volatile Organic Compounds: l-fenchone and 3-hexen-1-ol</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+                <w:t xml:space="preserve">Experimental approach to estimate species concentrations in a compartment fire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Lemée</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Studer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jourda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">11th International Symposium on Fire Safety Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Christchurch, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919101v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underventilated fires in a reduced scale room with mechanical ventilation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Determination of laminar burning speeds and Markstein lengths of p-cymene/air mixtures using three models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P. Jourda</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Cesme, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558289v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of laminar burning speeds and Markstein lengths of p-cymene/air mixtures using three models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Underventilated fires in a reduced scale room with mechanical ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christine Mounaïm-Rousselle</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Studer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jourda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Mediterranean Combustion Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Cesme, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558464v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laminar Burning Speeds and Markstein Lengths of P-cymene Possibly Involved in Accelerating Forest Fires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Coudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7442,677 +7412,677 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lund, Sweden. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00920814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental determination of volatile organic compounds emitted by Thymus vulgaris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combustion Characteristics of Two Biogenic Volatile Organic Compounds: l-fenchone and 3-hexen-1-ol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FOREST FIRES 2012</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Colloquium on the Dynamics of Explosions and Reactive Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Taipei, Taiwan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02449151v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’émission et des propriétés de combustion de l’alpha-pinène</w:t>
+                <w:t xml:space="preserve">Experimental determination of volatile organic compounds emitted by Thymus vulgaris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Feux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FOREST FIRES 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, New Forest, United Kingdom. pp.189-198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2495/FIVA120161⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03559338v1</w:t>
+                <w:t xml:space="preserve">hal-02449151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the laminar burning speeds and combustion characteristics of a-pinene-air premixed flames involved in accelerating forest fires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de l’émission et des propriétés de combustion de l’alpha-pinène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Cardiff, United Kingdom</w:t>
+              <w:t xml:space="preserve">GDR Feux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00618527v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03559338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’émission, de l’inflammabilité et des propriétés thermodynamiques des composés organiques volatils impliqués dans les feux de forêts accélérés</w:t>
+                <w:t xml:space="preserve">On the laminar burning speeds and combustion characteristics of a-pinene-air premixed flames involved in accelerating forest fires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Feux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Cardiff, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03559335v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00618527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of α-Pinene/Air Premixed Flame Speeds Involved in Accelerating Forest Fires and Real Accidents</w:t>
+                <w:t xml:space="preserve">Etude de l’émission, de l’inflammabilité et des propriétés thermodynamiques des composés organiques volatils impliqués dans les feux de forêts accélérés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Goulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Catoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICDERS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Irvine, University of California, United States</w:t>
+              <w:t xml:space="preserve">GDR Feux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00618570v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03559335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the emission and combustion characteristics of limonene involved in Accelerating Forest Fires</w:t>
+                <w:t xml:space="preserve">Determination of α-Pinene/Air Premixed Flame Speeds Involved in Accelerating Forest Fires and Real Accidents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
@@ -8126,202 +8096,219 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Halter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Mediterranean Combustion Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Sardaigne, Italy</w:t>
+              <w:t xml:space="preserve">ICDERS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Irvine, University of California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03558278v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00618570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Volatile Organic Compounds flammability approach for accelerating forest fires</w:t>
+                <w:t xml:space="preserve">On the emission and combustion characteristics of limonene involved in Accelerating Forest Fires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Halter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Modelling, Monitoring and Management of Forest Fires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Kos, Greece</w:t>
+              <w:t xml:space="preserve">7th Mediterranean Combustion Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Sardaigne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03221138v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the emission, flammability and thermodynamic properties of volatile organic compounds involved in Accelerating Forest Fires</w:t>
               </w:r>
@@ -8333,64 +8320,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Goulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Catoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8426,263 +8413,371 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’émission, de l’inflammabilité et des propriétés thermodynamiques des composés organiques volatils impliqués dans les feux de forêts accélérés</w:t>
+                <w:t xml:space="preserve">A Volatile Organic Compounds flammability approach for accelerating forest fires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingos Xavier Viegas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International Stop FEU 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Oran, Algérie</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Modelling, Monitoring and Management of Forest Fires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Kos, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03558239v1</w:t>
+                <w:t xml:space="preserve">hal-03221138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etude de l’émission, de l’inflammabilité et des propriétés thermodynamiques des composés organiques volatils impliqués dans les feux de forêts accélérés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Courty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Chetehouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Goulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Catoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Garo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International Stop FEU 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Oran, Algérie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Perturbation method applied on a reaction-diffusion model for forest fire propagation: thermal conductivity effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Er-Riani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdeslam Draoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Séro-Guillaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Meeting on Heat Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Djerba, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03558251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8692,51 +8787,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of ternary pyrotechnic compositions thermal conductivities using binary and multi-scale model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Rosères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8778,87 +8873,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th International Pyrotechnics Society Seminar (Europyro 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04501405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity of pyrotechnic compositions: Parametric study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Arthur Roseres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boulnois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8866,84 +8961,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Le Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials and Components for Missiles Innovation and Technology Partnership (MCM ITP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Birmingham, United Kingdom. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03559344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8953,51 +9048,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogenic Volatile Organic Compounds Emissions of Heated Mediterranean Vegetal Species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Chetehouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9006,101 +9101,101 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatimah Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Garo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Khaled Chetehouna. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Volatile Organic Compounds: Emission, Pollution and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nova Publishers, pp.41-78, 2014, 978-1-63117-862-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03559330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9110,114 +9205,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'émission et des propriétés de combustion des composés organiques volatils potentiellement impliqués dans les feux de forêts accélérés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Courty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. ISAE-ENSMA Ecole Nationale Supérieure de Mécanique et d'Aérotechique - Poitiers, 2012. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2012ESMA0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00766040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId204"/>
+      <w:footerReference w:type="default" r:id="rId206"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9364,51 +9459,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504615v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mokrani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davney Ondzi&#233;-Pandzou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Harge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Courty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138666" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delbarre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2025.179989" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457828v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulwasiu Muhammed Raji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Manescau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chetehouna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ekomy Ango" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-025-06723-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458346v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ros&#232;res" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boulnois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.12053" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458355v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davney Ondzi&#233; Pandzou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18236290" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501297v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Harrat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Sahli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Settar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Foucault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.06.209" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delbarre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M William-Louis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-024-13359-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006685v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame William-Louis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2023.2182195" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501310v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ehrhardt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Glorian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Baschung" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113057" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647135v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.202100269" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501265v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ledevin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fabre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Faget" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-022-03291-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679417v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15113942" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219875v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111402" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331464v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenrui Peng" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Sankhe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2021.1950837" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221123v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Alloul" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ledevin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fabre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207160.2020.1847278" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahna Acherar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coudour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Ying Wang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2020.07.035" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223858v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Fateh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.117177" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571400v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25102276" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171838v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2019027775" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811785v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lagrange" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07370652.2018.1439126" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172483v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.201800087" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220841v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.09.042" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220834v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Studer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904115617485" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269921v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Garo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.934568" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219891v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lassus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Studer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jourda" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.07.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169970v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-Pello" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904114536128" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219895v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos Viegas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904113514810" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219901v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Chen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouna&#239;m-Rousselle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.883224" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848348v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2013.795557" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771557v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2011.11.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJN1VSQZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.690304" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848349v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.02.012" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8LWCK52-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458391v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrani N." TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondzie-Pandzou D." TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard S." TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458536v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458508v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrat S." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahli M." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetehouna K." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Settar A." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458365v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458443v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Raji" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Axel Manescau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Karl Franck Eric Lamoot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501365v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501388v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501346v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836926v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Faget" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836902v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836913v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647150v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richioud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558130v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012041" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558551v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172931v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Arthur Roseres" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Renard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172790v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172424v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558154v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558534v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Wang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172408v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558539v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811793v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558501v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558498v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558492v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558486v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558489v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez-Pello" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919101v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558464v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920814v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449151v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/FIVA120161" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559338v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618527v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559335v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Goulier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618570v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558278v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221138v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos Xavier Viegas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558270v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558239v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558251v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Er-Riani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Draoui" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;ro-Guillaume" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501405v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559344v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559330v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimah Bey" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766040v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012ESMA0014" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504615v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mokrani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davney Ondzi&#233;-Pandzou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Harge" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Courty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2026.138666" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delbarre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2025.179989" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457828v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulwasiu Muhammed Raji" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Manescau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chetehouna" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ekomy Ango" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-025-06723-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458346v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Ros&#232;res" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boulnois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.12053" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458355v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davney Ondzi&#233; Pandzou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18236290" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501297v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Harrat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Sahli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhakim Settar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Foucault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2023.06.209" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Delbarre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M William-Louis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10973-024-13359-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006685v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mame William-Louis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2023.2182195" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501310v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ehrhardt" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Glorian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Baschung" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2023.113057" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501265v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ledevin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fabre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Faget" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00231-022-03291-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647135v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.202100269" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679417v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15113942" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219875v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2021.111402" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331464v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyi Chen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenrui Peng" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Sankhe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13647830.2021.1950837" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221123v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Alloul" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ledevin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Fabre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207160.2020.1847278" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahna Acherar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coudour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Ying Wang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2020.07.035" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223858v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Fateh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2020.117177" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571400v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25102276" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171838v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IntJEnergeticMaterialsChemProp.2019027775" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811785v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie de Persis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lagrange" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07370652.2018.1439126" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172483v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prep.201800087" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220841v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.09.042" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220834v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassus" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Garo" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Studer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904115617485" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269921v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Garo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lem&#233;e" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.934568" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219891v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lassus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Studer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jourda" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.07.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219895v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos Viegas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Fernandez-Pello" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904113514810" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169970v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0734904114536128" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219901v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Chen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Halter" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mouna&#239;m-Rousselle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2014.883224" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848348v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2013.795557" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771557v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Foucher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2011.11.003" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJN1VSQZ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2012.690304" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848349v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2012.02.012" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8LWCK52-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458391v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokrani N." TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondzie-Pandzou D." TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard S." TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458536v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458508v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrat S." TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahli M." TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chetehouna K." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Settar A." TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458365v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458565v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bernard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458443v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Raji" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Axel Manescau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Karl Franck Eric Lamoot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501346v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501388v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501365v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836926v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Faget" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647150v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richioud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836913v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836902v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558551v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558130v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012041" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172931v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Arthur Roseres" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Renard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172790v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172424v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558154v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558534v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Y. Wang" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172408v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558539v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811793v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558501v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558492v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modou Mar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558498v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558489v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez-Pello" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558486v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558464v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558289v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920814v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919101v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Garo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02449151v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/FIVA120161" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559338v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618527v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559335v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Goulier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Catoire" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618570v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558278v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558270v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221138v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingos Xavier Viegas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558239v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558251v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Er-Riani" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Draoui" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;ro-Guillaume" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501405v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559344v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559330v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatimah Bey" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00766040v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012ESMA0014" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>