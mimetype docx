--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -106,2406 +106,2462 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rethinking social protection from the perspective of One Health approach. A case study of the southern Madagascar</w:t>
+                <w:t xml:space="preserve">Governing antibiotic resistance through One Health: Insights from the political and legal landscape in Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Moustapha Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Ciss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assane Gueye Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Djighnoum Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17565529.2025.2498145⟩</w:t>
+              <w:t xml:space="preserve">PLOS Global Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 6 (3), pp.e0005889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgph.0005889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05066683v1</w:t>
+                <w:t xml:space="preserve">hal-05553138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les systèmes locaux de protection sociale. Étude de cas dans le Grand Sud malgache</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rethinking social protection from the perspective of One Health approach. A case study of the southern Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 46 (1), pp.159-180. </w:t>
+              <w:t xml:space="preserve">Climate and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 18 (6), pp.34-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02255189.2024.2449343⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/17565529.2025.2498145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984674v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05066683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three challenges of social protection in sub‐Saharan Africa: informality, climate change and pandemics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Les systèmes locaux de protection sociale. Étude de cas dans le Grand Sud malgache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lallau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rasolofo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mampianina Christian Andrianaivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Social Welfare</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ijsw.12716⟩</w:t>
+              <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (1), pp.159-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02255189.2024.2449343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04872377v1</w:t>
+                <w:t xml:space="preserve">hal-04984674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crises climatiques et protection sociale : une étude de cas du Grand Sud malgache</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Girollet</w:t>
+                <w:t xml:space="preserve">Bruno BOIDIN (sous la direction de) Insoutenabilités : une perspective en économie politique Lille, Presses Universitaires du Septentrion, Collection « Capitalismes - éthique - institutions », 2024, 296 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale des études du développement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Mondes en Développement, N° 52 (4), pp.182-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.208.0183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/13r3y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05038826v1</w:t>
+                <w:t xml:space="preserve">hal-04953438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno BOIDIN (sous la direction de) Insoutenabilités : une perspective en économie politique Lille, Presses Universitaires du Septentrion, Collection « Capitalismes - éthique - institutions », 2024, 296 pages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leo Delpy</w:t>
+                <w:t xml:space="preserve">Crises climatiques et protection sociale : une étude de cas du Grand Sud malgache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Cachau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Girollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes en Développement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue internationale des études du développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 257, pp.37-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13r3y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/med.208.0183⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04953438v1</w:t>
+                <w:t xml:space="preserve">hal-05038826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno BOIDIN (sous la direction de) Insoutenabilités : une perspective en économie politique Lille, Presses Universitaires du Septentrion, Collection « Capitalismes - éthique - institutions », 2024, 296 pages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Three challenges of social protection in sub‐Saharan Africa: informality, climate change and pandemics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes en Développement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/med.208.0183⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Social Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ijsw.12716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05038834v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social network analysis of conservation and one health governance in Madagascar</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno BOIDIN (sous la direction de) Insoutenabilités : une perspective en économie politique Lille, Presses Universitaires du Septentrion, Collection « Capitalismes - éthique - institutions », 2024, 296 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (52), pp.182-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.208.0183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envsci.2025.104132⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05125241v1</w:t>
+                <w:t xml:space="preserve">hal-05038834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francelyne Marano, Fabien Squinazi (sous la direction de), Les crises sanitaires environnementales. Comment les éviter ?, Versailles, Collection essais, Éditions quæ, 2024, 120 pages.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Social network analysis of conservation and one health governance in Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine L. Mahefarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajaniaina A. Ratsimbazafy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Decaestecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Hugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement Durable et Territoires [= DDT]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/15c8p⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Environmental Science &amp; Policy, 171, pp.104132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsci.2025.104132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419235v1</w:t>
+                <w:t xml:space="preserve">hal-05125241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrangements de protection sociale et conditions de vie : une application à Madagascar</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Francelyne Marano, Fabien Squinazi (sous la direction de), Les crises sanitaires environnementales. Comment les éviter ?, Versailles, Collection essais, Éditions quæ, 2024, 120 pages.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louis Olié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes en Développement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/med.209.0014⟩</w:t>
+              <w:t xml:space="preserve">Développement Durable et Territoires [= DDT]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Développement Durable et Territoires [= DDT], 16 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15c8p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05065328v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From colonialism to international aid: Social protection in former French colonies in sub-Saharan Africa, 1890-2020</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Arrangements de protection sociale et conditions de vie : une application à Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Olié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Ballet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of International Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Mondes en Développement, 53 (209), pp.13-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.209.0014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jid.3924⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04633467v1</w:t>
+                <w:t xml:space="preserve">hal-05065328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protection or pressure? reciprocity in informal social protection in southern Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Development Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 34, pp.100595. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wdp.2024.100595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated surveillance systems for antibiotic resistance in a One Health context: a scoping review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">From colonialism to international aid: Social protection in former French colonies in sub-Saharan Africa, 1890-2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Olié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarra Penney</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (1), pp.1717. </w:t>
+              <w:t xml:space="preserve">Journal of International Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (6), pp.2608-2625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12889-024-19158-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jid.3924⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04633472v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Southern Madagascar, polycrisis and project failures: A scoping review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Integrated surveillance systems for antibiotic resistance in a One Health context: a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Gondard Delcroix</w:t>
+                <w:t xml:space="preserve">Chloe Clifford Astbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Galon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Lallau</w:t>
+                <w:t xml:space="preserve">Cécile Aenishaenslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Droy</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arne Ruckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarra Penney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0305359⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.1717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-024-19158-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688613v1</w:t>
+                <w:t xml:space="preserve">hal-04633472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The state of child protection in Côte d’Ivoire [Quelle protection de l’enfance en Côte d’Ivoire ?]</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leo Delpy</w:t>
+                <w:t xml:space="preserve">Southern Madagascar, polycrisis and project failures: A scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Doffou</w:t>
+                <w:t xml:space="preserve">Maxime Galon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Konan</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Droy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mondes en Développement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/med.193.0027⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (7), pp.e0305359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0305359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03434558v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle protection de l'enfance en Côte d'Ivoire ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léo Delpy</w:t>
+                <w:t xml:space="preserve">The state of child protection in Côte d’Ivoire [Quelle protection de l’enfance en Côte d’Ivoire ?]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulcherie Doffou</w:t>
+                <w:t xml:space="preserve">P. Doffou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arsène Konan</w:t>
+                <w:t xml:space="preserve">A. Konan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Konan</w:t>
+                <w:t xml:space="preserve">M. Konan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 49 (193), pp.27-45. </w:t>
+              <w:t xml:space="preserve">, 2021, 193 (1), pp.27-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/med.193.0031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/med.193.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182150v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparative des régimes de protection sociale en Afrique subsaharienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Quelle protection de l'enfance en Côte d'Ivoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pulcherie Doffou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arsène Konan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Konan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02255189.2021.1914006⟩</w:t>
+              <w:t xml:space="preserve">Mondes en Développement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (193), pp.27-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.193.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05038830v1</w:t>
+                <w:t xml:space="preserve">hal-05182150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparative des régimes de protection sociale en Afrique subsaharienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leo Delpy</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+              <w:t xml:space="preserve">, 2021, 43 (2), pp.176-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02255189.2021.1914006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436406v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseau centre-périphérie et organisations internationales : Une étude de la politique publique de lutte contre la résistance aux antimicrobiens au Sénégal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Crises et protection sociale en Afrique Subsaharienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marion Bordier</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Boidin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Conférence francophone interdisciplinaire sur l'analyse des réseaux (Frognet24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journée scientifique d’automne de la SFMTSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFMTSI, Nov 2024, Montrouge, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775705v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crises et protection sociale en Afrique Subsaharienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le long voyage des politiques sociales en Afrique Subsaharienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Boidin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique d’automne de la SFMTSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFMTSI, Nov 2024, Montrouge, France</w:t>
+              <w:t xml:space="preserve">Journées d’Études sur l’Économie Politique de l’Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775719v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le long voyage des politiques sociales en Afrique Subsaharienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Réseau centre-périphérie et organisations internationales : Une étude de la politique publique de lutte contre la résistance aux antimicrobiens au Sénégal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamadou Moustapha Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamadou Ciss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’Études sur l’Économie Politique de l’Afrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Amiens, France</w:t>
+              <w:t xml:space="preserve">3. Conférence francophone interdisciplinaire sur l'analyse des réseaux (Frognet24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775718v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux et régulation : Une étude de cas de la politique publique de lutte contre la résistance aux antimicrobiens au Sénégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Delpy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Moustapha Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Ciss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études « Régulation, État et capitalismes »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From colonialism to international aid: Social protection in former french colonies in Sub-Saharan Africa, 1890-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Olie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ballet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du développement de l’Association Tiers-Monde: Politiques de développement acteurs et évaluations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Bordeaux, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05182192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique de la politique nationale de la protection sociale à Madagascar : une analyse de réseau inter- organisationnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delpy Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFEP-EEPPE International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02507508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2515,1034 +2571,1196 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La protection sociale endogène dans le Grand Sud Malgache. Le réseau et l'organisation locale permettent-ils une sécurisation des moyens et des conditions d'existence ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction de la politique nationale de protection sociale : une analyse de réseau inter-organisationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Archambaud</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème congrès international de l’AFEP/IIPPE « Penser l’économie de demain et le futur de l’économie politique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03187825v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03152360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction de la politique nationale de protection sociale : une analyse de réseau inter-organisationnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">La protection sociale endogène dans le Grand Sud Malgache. Le réseau et l'organisation locale permettent-ils une sécurisation des moyens et des conditions d'existence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Archambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Droy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème congrès international de l’AFEP/IIPPE « Penser l’économie de demain et le futur de l’économie politique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03152360v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03187825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique de la politique nationale de protection sociale à Madagascar : une analyse de réseau inter-organisationnel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">La protection sociale endogène dans le Grand Sud Malgache. Le réseau et l'organisation locale permettent-ils une sécurisation des moyens et des conditions d'existence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Archambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Droy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Vulnérabilité et Résilience" dans le renouvellement des approches du développement et de l’environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Versailles Saint-Quentin en Yvelines, France</w:t>
+              <w:t xml:space="preserve">« Vulnérabilité et Résilience » dans le renouvellement des approches du développement et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Versaille- Saint-Quentin en Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186523v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03187839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une politique publique… la protection sociale à Madagascar ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire AFD – LAM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Paris, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03116333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La protection sociale endogène dans le Grand Sud Malgache. Le réseau et l'organisation locale permettent-ils une sécurisation des moyens et des conditions d'existence ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La fabrique de la politique nationale de protection sociale à Madagascar : une analyse de réseau inter-organisationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Archambaud</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Vulnérabilité et Résilience » dans le renouvellement des approches du développement et de l’environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Versaille- Saint-Quentin en Yvelines, France</w:t>
+              <w:t xml:space="preserve">"Vulnérabilité et Résilience" dans le renouvellement des approches du développement et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Versailles Saint-Quentin en Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03187839v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The construction of a national social protection policy in Madagascar : an inter-organizational netwok analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Piveteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SUNBELT - International Network for Social Network Analysis (INSNA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03152309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les mécanismes informels de sécurisation des conditions de vie à Madagascar, un apport à l’élaboration d’une politique de protection sociale dans le Grand Sud malgache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Archambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Ballet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Vulnérabilité et Résilience »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Versaille- Saint-Quentin en Yvelines, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03116343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évaluation relationnelle des politiques publiques. Analyse de réseaux et fabrique de la politique de protection sociale à Madagascar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les Afriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses de l’Université de Montréal, pp.49-78, 2024, 9782760650664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9782760650664-004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05563635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sur la diaspora malgache en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Andrianantoandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsiry Andrianampiarivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Rayko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/AAK.psgf4gsp3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3552,267 +3770,267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête qualitative sur la diaspora malgache en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tantely Andrianantoandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tsiry Andrianampiarivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crises et protection sociale dans les pays en développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résumé exécutif : Économie politique de la protection sociale en Afrique subsaharienne et à Madagascar : apport de l'analyse des réseaux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3822,147 +4040,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les systèmes locaux de protection sociale. Éléments d’analyse dans trois Fokontany du Grand Sud Malgache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mampianina Andrianaivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160664v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3972,387 +4190,387 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement dans le Grand Sud malgache, Quelques enseignements de 30 ans de projets de développement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voahirana Tantely Andrianantoandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Cachau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bordeaux Sciences Economiques - Université de Bordeaux; UMI Source - IRD. 2023, 99 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218183v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who Drives if No-one Governs? A Social Network Analysis of Social Protection Policy in Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Piveteau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] LAM CNRS 5115 - Sciences Po Bordeaux; IRD - Institut de recherche pour le developpement; GREThA CNRS 5113 - Université de Bordeaux; AFD - Agence Française de Développement; Région Nouvelle-Aquitaine. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui pilote si personne ne gouverne ? La politique publique de protection sociale à Madagascar au prisme de l’analyse des réseaux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Berrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Piveteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Piveteau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delpy Léo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LAM CNRS 5115 - Sciences Po Bordeaux; GREThA CNRS 5113 - Université de Bordeaux; IRD - Institut de recherche pour le developpement; AFD - Agence Française de Développement; Région Nouvelle-Aquitaine. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4362,114 +4580,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Économie politique de la protection sociale en Afrique subsaharienne et à Madagascar : apport de l'analyse des réseaux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. Université de Bordeaux, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022BORD0182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03917538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4616,51 +4834,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066683v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17565529.2025.2498145" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984674v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rasolofo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mampianina Christian Andrianaivo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2024.2449343" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872377v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijsw.12716" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038826v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cachau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Girollet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r3y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04953438v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.208.0183" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038834v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05125241v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine L. Mahefarisoa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajaniaina A. Ratsimbazafy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Decaestecker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hug&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2025.104132" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05419235v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c8p" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05065328v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clement" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Oli&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ballet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jid.3924" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wdp.2024.100595" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633472v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Clifford Astbury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aenishaenslin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Ruckert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarra Penney" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-024-19158-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688613v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard Delcroix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0305359" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434558v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doffou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Konan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Konan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.193.0027" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulcherie Doffou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Konan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Konan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.193.0031" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038830v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2021.1914006" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775705v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Moustapha Sow" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ciss" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bordier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775719v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boidin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775718v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775715v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Moustapha Sow" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ciss" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182192v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Olie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507508v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152360v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186523v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116333v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152309v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458847v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsiry Andrianampiarivo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Rayko" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.psgf4gsp3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495988v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775710v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733958v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160664v3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mampianina Andrianaivo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218183v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voahirana Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180029v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918286v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03917538v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0182" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553138v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Moustapha Sow" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ciss" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assane Gueye Fall" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Djighnoum Diouf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0005889" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066683v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17565529.2025.2498145" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984674v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rasolofo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mampianina Christian Andrianaivo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2024.2449343" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04953438v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.208.0183" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038826v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cachau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Girollet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r3y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijsw.12716" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038834v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05125241v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine L. Mahefarisoa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajaniaina A. Ratsimbazafy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Decaestecker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Hug&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2025.104132" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05419235v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c8p" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05065328v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clement" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Oli&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0014" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633469v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wdp.2024.100595" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633467v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ballet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jid.3924" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633472v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Clifford Astbury" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aenishaenslin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Ruckert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarra Penney" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-024-19158-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688613v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0305359" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434558v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doffou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Konan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Konan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.193.0027" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182150v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pulcherie Doffou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Konan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Konan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.193.0031" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038830v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2021.1914006" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775719v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boidin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775718v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775705v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Moustapha Sow" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamadou Ciss" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bordier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775715v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182192v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Olie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507508v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piveteau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152360v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116333v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186523v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152309v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563635v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9782760650664-004" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458847v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsiry Andrianampiarivo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Rayko" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.psgf4gsp3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495988v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775710v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733958v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160664v3" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mampianina Andrianaivo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218183v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voahirana Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180029v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03917538v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0182" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>