--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -725,502 +725,502 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To make AI smarter, we need to understand human better&amp;quot; Réflexions sur l'optimisation des relations IA-humains en milieux maritimes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Représentations de l'IA et de ses usages chez les acteurs du secteur naval de défense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mourato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lemaître</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Boidot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Facca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligence Artificielle et Cybersécurité : impact sur le trasport maritime et le secteur naval</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marine Nationale; Institut France-Quebec Maritime (IFQM), May 2025, Québec (Canada), Canada</w:t>
+              <w:t xml:space="preserve">XVIIème Conférence Internationale sur les Représentations Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de Psychologie : Cognition, Comportement, Communication (LP3C), Jul 2025, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05126443v1</w:t>
+                <w:t xml:space="preserve">hal-05250583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimenter le commandement : le Bridge Resource Management (BRM) à l’École navale, au service de l’optimisation du facteur humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Facca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimisation du potentiel humain pour les combats navals de haute intensité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CEPM; IRBA; Ecole navale, Jun 2025, Lanvéoc, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations de l'IA et de ses usages chez les acteurs du secteur naval de défense</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Cognitive Biases in Sailor-AI Interaction : Exploratory Insights and Experimental Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Facca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Boidot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mourato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lemaître</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Léo Facca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIIème Conférence Internationale sur les Représentations Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire de Psychologie : Cognition, Comportement, Communication (LP3C), Jul 2025, Brest, France</w:t>
+              <w:t xml:space="preserve">International Military Psychology Conference (IMPC) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Royal Military Academy, Belgium, Life Department, Pedagogy, Ergonomics &amp; Psychology Unit (PEPS); Belgian Defense, Department of Recruitment and Selection, Sep 2025, Anvers (Antwerpen), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05250583v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05318058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Biases in Sailor-AI Interaction : Exploratory Insights and Experimental Perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simuler les interactions humain-IA : plans de recherche autour de l'émergence d'une décision hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Boidot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mourato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Facca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Lemaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Military Psychology Conference (IMPC) 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Royal Military Academy, Belgium, Life Department, Pedagogy, Ergonomics &amp; Psychology Unit (PEPS); Belgian Defense, Department of Recruitment and Selection, Sep 2025, Anvers (Antwerpen), Belgium</w:t>
+              <w:t xml:space="preserve">Conférence Nationale en Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Dijon (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318058v1</w:t>
+                <w:t xml:space="preserve">hal-05113982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simuler les interactions humain-IA : plans de recherche autour de l'émergence d'une décision hybride</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">To make AI smarter, we need to understand human better&amp;quot; Réflexions sur l'optimisation des relations IA-humains en milieux maritimes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Facca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Lemaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Nationale en Intelligence Artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Dijon (France), France</w:t>
+              <w:t xml:space="preserve">Intelligence Artificielle et Cybersécurité : impact sur le trasport maritime et le secteur naval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marine Nationale; Institut France-Quebec Maritime (IFQM), May 2025, Québec (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05113982v1</w:t>
+                <w:t xml:space="preserve">hal-05126443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Participation à la table ronde &amp;quot;Intelligence et sûreté nucléaire ; IA : quelles ruptures dans la société?</w:t>
               </w:r>
@@ -1552,250 +1552,250 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01956852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages de l’IA et biais cognitifs : le cas des systèmes navals de défense</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Navigating the Challenges: Integrating Artificial Intelligence into the Education and Training of Future Military Officers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Simoneau-Byrne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Facca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defense and Security Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Zagreb, Croatia. 1 (1), pp.361 - 377, 2025, 3044-6104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926408v1</w:t>
+                <w:t xml:space="preserve">hal-05066069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navigating the Challenges: Integrating Artificial Intelligence into the Education and Training of Future Military Officers</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Usages de l’IA et biais cognitifs : le cas des systèmes navals de défense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Facca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lemaître</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiona Simoneau-Byrne</w:t>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">hal-05066069v1</w:t>
+                <w:t xml:space="preserve">hal-04926408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1974,51 +1974,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0F5ECA2C"/>
+    <w:nsid w:val="18822523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2205,51 +2205,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-facca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7184-3908" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271915498" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497996v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Facca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my B&#233;na" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2026.106366" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353255v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Cabecinhas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Licata" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Charton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Chryssochoou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5964/jspp.9805" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347904v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vidal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaele Dumas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrissol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.173" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.12.015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126443v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126421v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250583v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mourato" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lema&#238;tre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boidot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318058v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113982v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709324v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709254v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delumeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Terrier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926408v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066069v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Simoneau-Byrne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04205396v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU20013" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-facca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7184-3908" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/271915498" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497996v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Facca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my B&#233;na" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2026.106366" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353255v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bouchat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Cabecinhas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Licata" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Charton" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Chryssochoou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5964/jspp.9805" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347904v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bardin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vidal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaele Dumas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrissol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.173" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427195v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodqual.2016.12.015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250583v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mourato" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lema&#238;tre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boidot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126421v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113982v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126443v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709324v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709254v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delumeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Terrier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066069v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Simoneau-Byrne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926408v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04205396v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU20013" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>