--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -963,151 +963,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Charles Dotter et la naissance des thérapies guidées par imagerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.14-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le radiologue interventionnel : technicien supérieur ou clinicien ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.18-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607370v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03853072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiologie : pourquoi l'IA n'a (toujours) pas remplacé le médecin</w:t>
               </w:r>
@@ -1977,165 +1977,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'IA, mais pourquoi ? Enjeux et usages en imagerie médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Santé et Big Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Quentin Dufour (ENS-PSL, CMH); Mathilde Godard (Université Paris-Dauphine, CNRS, LEDA); Emmanuel Didier (ENS-PSL, CMH), Oct 2024, PariSanté Campus, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">IA en radiologie et régulations du système de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude "Recherches sur les enjeux éthiques et la régulation de l'intelligence artificielle"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EHESS; CNIL, Sep 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911086v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04911094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IA en médecine : Enjeux de diffusion et d’adoption par les professionnels</w:t>
               </w:r>
@@ -2426,50 +2426,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04135907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La place des médecins chercheurs dans l’innovation médicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilien Schultz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mirambet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop "(Re)compositions autour de la médecine de précision en région Nouvelle Aquitaine"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIRIC BRIO/CED/SESSTIM, Jun 2022, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03676791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde : Why has artificial intelligence not yet replaced the practitioner in medical imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AI for Health Summit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03853084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Logiciel objectif vs médecin subjectif ? Critique et réappropriation professionnelle des outils d’intelligence artificielle en radiologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2478,221 +2642,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Objectivité, Big Data et médecine/Objectivité graphique en sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archives Henri-Poincaré, laboratoire ICUBE, MISHA, Dec 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03853122v1</w:t>
-              </w:r>
-[...162 lines deleted...]
-                <w:t xml:space="preserve">hal-03853084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appropriation et régulation de l’IA en santé : le cas de la radiologie</w:t>
               </w:r>
@@ -2810,165 +2810,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">What are the expected community and social benefits of an IR team ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIRSE 2022 (Cardiovascular and Interventional Radiological Society of Europe)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Working with AI? Jurisdictional control and socio-professional issues in radiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EASST 2022: conference "The politics of technoscientific futures"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for the Study of Science &amp; Technology, Jul 2022, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703704v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03775709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criticisms of Evidence-Based Medicine and their Limits: the Cases of AI in Radiology and Interventional Radiology</w:t>
               </w:r>
@@ -3940,112 +3940,397 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : approche pluridisciplinaire d’une innovation médicale et de sa reconnaissance sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Les sciences humaines et sociales, vecteurs d’innovation en cancérologie ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Bergonié, Jun 2015, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02563347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’émergence d’une spécialité médicale et ses conséquences sur le champ médical et le domaine des thérapies anticancéreuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ragouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVI Congresso dell’ALASS “Tecnologie e salute”, Sessionne 32: Tema: Profili professionali e processi di formazione in sanità</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association latine pour l'analyse des systèmes de santé; Université polytechnique d'Ancône, Sep 2015, Ancône, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01205987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : approche pluridisciplinaire d’une innovation médicale et de sa reconnaissance sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Aulois-Griot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ragouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comité de pilotage INCa 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Medical Innovation and Boundary-work: The Rise of Turf Wars between Interventional Radiology and Surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop "The Impact of Technological Change on the Surgical Profession: Past, Present, Future"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, McGill University &amp; Jewish General Hospital, May 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01182356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies de valorisation de la radiologie interventionnelle et encadrement de la pratique : une comparaison France / Canada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4061,532 +4346,247 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises de Radiologie Diagnostique et Interventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Radiologie, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03264929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Innovation médicale et organisation des soins : le cas de la radiologie interventionnelle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Les sciences humaines et sociales, vecteurs d’innovation en cancérologie ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Bergonié, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">HEADS : séminaire jeunes chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marine Aulois-Griot</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Perception de la radiologie interventionnelle par les patients : enquête monocentrique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gorry</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bommart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Léo Mignot</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Vernhet-Kovacsik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...202 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Zarqane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises de Radiologie Diagnostique et Interventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703700v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03703654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : approche pluridisciplinaire d’une innovation médicale et de sa reconnaissance sociale</w:t>
               </w:r>
@@ -4756,50 +4756,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les enjeux de la reconnaissance de la radiologie interventionnelle : un travail de recherche interdisciplinaire (sociologie, économie, droit)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ragouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Purgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e Journées du Cancéropôle Grand Sud-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radiologie d'intervention et évolution des rôles des radiologistes et technologues : comparaison France-Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Centre de recherche du Centre hospitalier de l'université de Montréal (CRCHUM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00985077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diffusion de la radiologie interventionnelle : le point de vue du sociologue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Purgues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès High Tech Périphérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00985068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : approche pluridisciplinaire d'une innovation médicale et de sa reconnaissance sociale. Approche comparée France / Canada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Aulois-Griot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Purgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4e Conférence biennale de la CSSH-SCSS (Canadian Society for the Sociology of Health / Société Canadienne de Sociologie de la Santé)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00983763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : approche pluridisciplinaire d'une innovation médicale et de sa reconnaissance sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Aulois-Griot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4851,625 +5252,306 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comité de pilotage Institut national du cancer (INCa)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00983746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Marine Aulois-Griot</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux de la reconnaissance de la radiologie interventionnelle : un travail de recherche interdisciplinaire (sociologie, économie, droit)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Jacques</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Conférence biennale de la CSSH-SCSS (Canadian Society for the Sociology of Health / Société Canadienne de Sociologie de la Santé)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">10e Journées du Cancéropôle GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...296 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01114305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus translationnel et traitements innovants en cancérologie : le cas de la radiologie interventionnelle oncologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Science, innovation, technique et société », Atelier 1 : Innovation (1) : de la création à la diffusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CR 29 de l’Association internationale des sociologues de langue française; RT 29 de l’Association française de sociologie, Jul 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01114277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les enjeux de la reconnaissance de la radiologie interventionnelle : un travail de recherche interdisciplinaire (sociologie, économie, droit)</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction d'une archéologie de l'innovation de la radiologie interventionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ragouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Journées du Cancéropôle GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">XXIVème congrès de l’ALASS "Les maladies chroniques: un enjeu pour les systèmes de santé, un enjeu de société"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association latine pour l’analyse des systèmes de santé; Université de Rennes 1; EHESP, Aug 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00983785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Processus translationnel et traitements innovants en cancérologie : dynamiques scientifique et industrielle en radiologie interventionnelle oncologique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5485,585 +5567,503 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées du Cancéropôle Grand Sud-ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignes d'innovation technique et émergence d'une configuration médicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises de Radiologie Diagnostique et Interventionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Radiologie, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03675131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La construction d'une archéologie de l'innovation de la radiologie interventionnelle</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lignes d'innovation technique et émergence d'une configuration médicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Ragouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Françaises de Radiologie Diagnostique et Interventionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Radiologie, Oct 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00983777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Bordeaux et l’innovation médicale : à propos de la radiologie interventionnelle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bordeaux et l’Aquitaine : Journée d’étude Vocation Sociologue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Innovation médicale et jeux de pouvoir intra et inter professionnels : le cas de la radiologie interventionnelle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Naves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AFS : Congrès 2013 de l'Association Française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Diffusion d’une innovation thérapeutique et luttes de pouvoir entre spécialités médicales : radiologie interventionnelle vs chirurgie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AFS : Congrès 2013 de l'Association Française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’analyse des stratégies de légitimation et de la valorisation de la radiologie interventionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIVème congrès de l’ALASS "Les maladies chroniques: un enjeu pour les systèmes de santé, un enjeu de société"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association latine pour l’analyse des systèmes de santé; Université de Rennes 1; EHESP, Aug 2013, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...382 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6240,50 +6240,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03675132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La radiologie interventionnelle : histoire d'une innovation technique et enjeux d'une reconnaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Ragouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Cancéropole Grand Sud-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La radiologie interventionnelle en oncologie : les impacts socio-professionnels d’une innovation socio-technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6305,152 +6400,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international "Anthropologie, innovations techniques et dynamiques sociales dans le domaine de la santé"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AMADES, May 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703630v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-03703661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId115"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6526,51 +6526,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="62294DA4"/>
+    <w:nsid w:val="4245257F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6757,51 +6757,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-mignot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6335-0679" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228493609" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02826769v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Mignot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0902" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110348v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mignot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1431e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606846v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/w4t3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688429v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Schultz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.232.0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ward" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Boaventura Bomfim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chabannon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.05.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722982v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jacques" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ragouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149777" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607370v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853072v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03865660v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.acs7jv7gy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03448961v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy K Ward" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196016v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957900v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957911v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/155uf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911094v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sabouraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55835/6442f02464eb99f94fe5a307" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135914v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135907v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853122v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676791v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mirambet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853084v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853046v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676783v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703704v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775709v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626823v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626819v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626821v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957878v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264917v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264896v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264913v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264922v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264941v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grimaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195854v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aulois-Griot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Palussiere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Saint-Marc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703627v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182356v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264929v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02563347v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703675v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01205987v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703700v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mathieu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bommart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vernhet-Kovacsik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Zarqane" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703654v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703669v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195706v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983746v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Purgues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983763v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152470v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985077v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985068v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114277v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114305v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703649v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675131v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983785v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703646v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703658v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703645v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Naves" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983777v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703624v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675132v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703630v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-mignot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6335-0679" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/228493609" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02826769v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Mignot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017BORD0902" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110348v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mignot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1431e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606846v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Anichini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/w4t3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927366v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688429v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Schultz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.232.0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Ward" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Boaventura Bomfim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chabannon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.05.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722982v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jacques" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ragouet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149777" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853072v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607370v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03865660v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.acs7jv7gy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03448961v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy K Ward" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196016v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957900v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957918v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957911v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472920v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/155uf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911094v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911086v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911080v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911119v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sabouraud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55835/6442f02464eb99f94fe5a307" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135914v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135907v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676791v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mirambet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853084v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853122v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853046v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03676783v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775709v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703704v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626823v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626819v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626821v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957878v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264917v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264896v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264913v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264922v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264941v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grimaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264940v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195854v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aulois-Griot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Palussiere" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Saint-Marc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703627v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02563347v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01205987v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703675v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01182356v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264929v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703654v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703700v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Mathieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bommart" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vernhet-Kovacsik" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Zarqane" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703669v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195706v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152470v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Purgues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985077v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985068v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983763v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983746v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114305v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01114277v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983785v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703649v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675131v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00983777v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703658v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703645v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Naves" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703624v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675132v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703661v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703630v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>