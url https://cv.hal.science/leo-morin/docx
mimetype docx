--- v0 (2026-03-04)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Léo Morin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences (Université de Bordeaux & Laboratoire I2M)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">leo-morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6694-1212</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">18953737X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete sine–cosine based method for the elasticity of heterogeneous materials with arbitrary boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joseph paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gélébart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 433, pp.117488. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2024.117488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A FFT-based numerical scheme for the transient conductivity of heterogeneous materials with non-periodic boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Essongue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gélébart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 113, pp.105680. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2025.105680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental fatigue characterization and modeling of a bi-component structural acrylic adhesive: Application to single-lap joints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Pinaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Reullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Favier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 140, pp.104026. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2025.104026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the thermodynamics consistency of Gurson’s model and its computational implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bouby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bignonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Dormieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 279, pp.112359. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2023.112359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of the damage mechanisms in ductile steel metal-matrix composites: Application to virtual forming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouya Tajdary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Dorhmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zehoua Hadjem-Hamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 184, pp.104741. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmat.2023.104741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deconvolution Method for the Mapping of Residual Stresses by X-Ray Diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Tajdary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Braham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gonzalez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 62 (8), pp.1349-1362. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-022-00839-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic smoothing splines for FFT-based solvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Dorhmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 373, pp.113549. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2020.113549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of model problems in plasticity based on field dislocation mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (8), pp.085012. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-651X/ab49a0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classical and sequential limit analysis revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almahdi Remmal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 346 (4), pp.336-349. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2017.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Void coalescence in porous ductile solids containing two populations of cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72, pp.341-353. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2018.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing isotropic composites reinforced by aligned transversely isotropic particles of spheroidal shape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gilormini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 346 (12), pp.1123-1135. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2018.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of shear‐dominated ductile fracture in a butterfly specimen using a model of plastic porous solids including void shape effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Mohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 61, pp.433--442. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2016.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson-type layer model for ductile porous solids with isotropic and kinematic hardening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118–119, pp.167-178. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a model of plastic porous materials including void shape effects to the prediction of ductile failure under shear-dominated loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viggo Tvergaard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.148-166. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2016.04.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A damage model for ductile porous materials with a spherically anisotropic matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pensée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Damage Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3), pp.315-335. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1056789515582277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified criterion for the growth and coalescence of microvoids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amine Benzerga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.19--36. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2016.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analytical Lode angle dependent damage model for ductile porous materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Monchiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géry de Saxcé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 149, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2015.09.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coalescence of voids by internal necking: Theoretical estimates and numerical results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amine Benzerga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.140--158. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2014.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson‐type criterion for plastically anisotropic solids containing arbitrary ellipsoidal voids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 77, pp.86--101. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical assessment, implementation and application of an extended Gurson model accounting for void size effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.183--192. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2014.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new technique for finite element limit-analysis of Hill materials, with an application to the assessment of criteria for anisotropic plastic porous solids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlanvi Madou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.65 - 79. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2013.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurson's Criterion and Its Derivation Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81 (5), pp.51012 </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4026112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical studies of porous ductile materials containing arbitrary ellipsoidal voids – II: Evolution of the length and orientation of the void axes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlanvi Madou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42, pp.490 - 507. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2013.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete sine–cosine based method for heterogeneous materials with non-periodic boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gelebart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Essongue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ductile failure under cyclic loadings: modeling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almahdi Remmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Computational Mechanics (ECCM 6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson-type &amp;quot;layer model&amp;quot; for ductile porous solids with isotropic and kinematic hardening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEALOR II Damage Mechanics and Local Approach to Fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bleyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Feld-Payet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Gourgues-Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Hannard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERN - European Organization for Nuclear Research, 441 p., 2023, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10125170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approximate yield criterion for porous single crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01062662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId106"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Léo Morin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences (Université de Bordeaux & Laboratoire I2M)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">leo-morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6694-1212</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">18953737X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrolytic aging-induced embrittlement in short-fiber reinforced polyamide: A micromechanical approach using numerical homogenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Ashour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo Cruz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rodríguez Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fayolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part B: Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 316, pp.113532. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compositesb.2026.113532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete sine–cosine based method for the elasticity of heterogeneous materials with arbitrary boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">joseph paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gélébart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 433, pp.117488. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2024.117488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A FFT-based numerical scheme for the transient conductivity of heterogeneous materials with non-periodic boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Essongue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gélébart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Lapostolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 113, pp.105680. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2025.105680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental fatigue characterization and modeling of a bi-component structural acrylic adhesive: Application to single-lap joints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidonie Pinaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Reullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Favier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 140, pp.104026. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2025.104026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the thermodynamics consistency of Gurson’s model and its computational implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bouby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bignonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Dormieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 279, pp.112359. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2023.112359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of the damage mechanisms in ductile steel metal-matrix composites: Application to virtual forming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouya Tajdary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Dorhmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zehoua Hadjem-Hamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 184, pp.104741. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmat.2023.104741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deconvolution Method for the Mapping of Residual Stresses by X-Ray Diffraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Tajdary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Braham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Gonzalez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 62 (8), pp.1349-1362. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-022-00839-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Periodic smoothing splines for FFT-based solvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Dorhmi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 373, pp.113549. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cma.2020.113549⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of model problems in plasticity based on field dislocation mechanics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (8), pp.085012. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-651X/ab49a0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02351523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classical and sequential limit analysis revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almahdi Remmal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 346 (4), pp.336-349. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2017.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Void coalescence in porous ductile solids containing two populations of cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72, pp.341-353. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2018.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing isotropic composites reinforced by aligned transversely isotropic particles of spheroidal shape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gilormini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 346 (12), pp.1123-1135. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2018.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05454646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of shear‐dominated ductile fracture in a butterfly specimen using a model of plastic porous solids including void shape effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Mohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 61, pp.433--442. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2016.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson-type layer model for ductile porous solids with isotropic and kinematic hardening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118–119, pp.167-178. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of a model of plastic porous materials including void shape effects to the prediction of ductile failure under shear-dominated loadings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viggo Tvergaard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94, pp.148-166. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2016.04.032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A damage model for ductile porous materials with a spherically anisotropic matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Pensée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Damage Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (3), pp.315-335. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1056789515582277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified criterion for the growth and coalescence of microvoids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amine Benzerga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97, pp.19--36. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2016.01.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical assessment, implementation and application of an extended Gurson model accounting for void size effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 51, pp.183--192. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2014.12.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson‐type criterion for plastically anisotropic solids containing arbitrary ellipsoidal voids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Solids and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 77, pp.86--101. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2015.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coalescence of voids by internal necking: Theoretical estimates and numerical results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Amine Benzerga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 75, pp.140--158. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmps.2014.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analytical Lode angle dependent damage model for ductile porous materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Monchiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géry de Saxcé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimedo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Fracture Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 149, pp.119-133. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.engfracmech.2015.09.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new technique for finite element limit-analysis of Hill materials, with an application to the assessment of criteria for anisotropic plastic porous solids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlanvi Madou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.65 - 79. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijengsci.2013.08.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gurson's Criterion and Its Derivation Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81 (5), pp.51012 </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4026112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical studies of porous ductile materials containing arbitrary ellipsoidal voids – II: Evolution of the length and orientation of the void axes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Komlanvi Madou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42, pp.490 - 507. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.euromechsol.2013.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01436276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete sine–cosine based method for heterogeneous materials with non-periodic boundary conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gelebart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoul Magid Amadou Sanoko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Essongue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ductile failure under cyclic loadings: modeling and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almahdi Remmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Conference on Computational Mechanics (ECCM 6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gurson-type &amp;quot;layer model&amp;quot; for ductile porous solids with isotropic and kinematic hardening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Leblond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Lille, France. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2017.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEALOR II Damage Mechanics and Local Approach to Fracture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Bleyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Feld-Payet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Françoise Gourgues-Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Hannard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERN - European Organization for Nuclear Research, 441 p., 2023, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10125170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An approximate yield criterion for porous single crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Paux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renald Brenner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djimédo Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01062662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId112"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="07760FF3"/>
+    <w:nsid w:val="66B5B5C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-morin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6694-1212" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18953737X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946333v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=joseph paux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Morin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Magid Amadou Sanoko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117488" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067769v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Essongue" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lapostolle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2025.105680" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067836v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Pinaroli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Derrien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Reullier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Favier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2025.104026" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132669v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouby" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djimedo Kondo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112359" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04184132v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouya Tajdary" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Dorhmi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehoua Hadjem-Hamouche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104741" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078515v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tajdary" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Braham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gonzalez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-022-00839-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025665v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113549" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351523v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ab49a0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01768417v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almahdi Remmal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2017.12.015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2018.04.017" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454646v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilormini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.09.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Leblond" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Mohr" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2016.10.014" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01501464v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.03.028" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311552v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viggo Tvergaard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.04.032" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306796v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pens&#233;e" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515582277" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668487v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amine Benzerga" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.01.013" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235702v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Cheng" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monchiet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry de Saxc&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.09.038" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667704v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.11.009" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667705v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.05.021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667703v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.12.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01436382v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlanvi Madou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2013.08.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01434748v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026112" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01436276v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2013.06.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312871v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Paux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gelebart" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901190v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621463v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04288497v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bleyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gourgues-Lorenzon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hannard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10125170" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062662v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leo-morin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6694-1212" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/18953737X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05536713v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Ashour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Cruz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rodr&#237;guez S&#225;nchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Morin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fayolle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2026.113532" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946333v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=joseph paux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Magid Amadou Sanoko" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.117488" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067769v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Essongue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lapostolle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2025.105680" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067836v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Pinaroli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Derrien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Reullier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Favier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2025.104026" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132669v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djimedo Kondo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112359" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04184132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouya Tajdary" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Dorhmi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehoua Hadjem-Hamouche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2023.104741" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078515v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tajdary" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Braham" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gonzalez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-022-00839-5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025665v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renald Brenner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113549" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351523v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suquet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ab49a0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01768417v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Leblond" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Almahdi Remmal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2017.12.015" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900984v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2018.04.017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454646v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gilormini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.09.004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668722v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Leblond" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Mohr" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2016.10.014" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01501464v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.03.028" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01311552v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viggo Tvergaard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.04.032" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306796v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pens&#233;e" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056789515582277" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668487v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amine Benzerga" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2016.01.013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667703v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2014.12.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667705v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2015.05.021" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667704v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2014.11.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235702v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Cheng" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monchiet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry de Saxc&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2015.09.038" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01436382v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komlanvi Madou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2013.08.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01434748v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4026112" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01436276v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2013.06.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312871v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Paux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gelebart" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901190v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621463v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04288497v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Besson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bleyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Feld-Payet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gourgues-Lorenzon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hannard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10125170" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062662v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>