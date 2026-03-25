--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,338 +100,338 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of handheld low-cost multispectral sensors for decision support in viticulture</w:t>
+                <w:t xml:space="preserve">Retrieving total transpirable soil water in a rainfed vineyard using vine shoot growth, weather, and Sentinel-2 data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+                <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+                <w:t xml:space="preserve">Léo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Oger</w:t>
+                <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Moinard</w:t>
+                <w:t xml:space="preserve">Anne Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leo Pichon</w:t>
+                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 26 (4), pp.66. </w:t>
+              <w:t xml:space="preserve">Agricultural Water Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 318, pp.109760. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11119-025-10259-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agwat.2025.109760⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157570v1</w:t>
+                <w:t xml:space="preserve">hal-05223516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieving total transpirable soil water in a rainfed vineyard using vine shoot growth, weather, and Sentinel-2 data</w:t>
+                <w:t xml:space="preserve">Potential of handheld low-cost multispectral sensors for decision support in viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulin Zhang</w:t>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Pichon</w:t>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Roux</w:t>
+                <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Pellegrino</w:t>
+                <w:t xml:space="preserve">Simon Moinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Coulouma</w:t>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Water Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 318, pp.109760. </w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (4), pp.66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agwat.2025.109760⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11119-025-10259-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05223516v1</w:t>
+                <w:t xml:space="preserve">hal-05157570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dataset of three vine water status indicators, weather records and soil available water capacity components collected from a rain-fed Mediterranean vineyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -482,90 +482,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A collaborative and low cost acquisition chain for collecting spatialized observations in agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Moinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Crestey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -616,90 +616,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting predawn leaf water potential while accounting for uncertainty using vine shoot growth and weather data in Mediterranean rainfed vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Péruzzaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -750,90 +750,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why make inverse modeling and which methods to use in agriculture? A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -884,77 +884,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une cartographie régionale de l’état hydrique de la vigne basée sur des observations collaboratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -992,77 +992,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regional mapping of vine water status based on collaborative observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1109,51 +1109,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment réussir un projet de crowdsourcing d’observations spatialisées en agriculture ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales des Mines - Enjeux Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19, pp.60-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1178,51 +1178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of shoot growth: a simple and operational decision-making tool for monitoring vine water status in the vineyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1295,77 +1295,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a regional mapping of vine water status based on crowdsourcing observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1406,312 +1406,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazing livestock: a sector poorly equipped with digital tools with specific needs</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Empirical mapping for evaluating an LPWAN (LoRa) wireless network sensor prior to installation in a vineyard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Crestey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OENO One</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (2), pp.301-313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/oeno-one.2021.55.2.3102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365284v1</w:t>
+                <w:t xml:space="preserve">hal-03321794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical mapping for evaluating an LPWAN (LoRa) wireless network sensor prior to installation in a vineyard</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grazing livestock: a sector poorly equipped with digital tools with specific needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Lachia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Fourcaudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OENO One</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 247, pp.97-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321794v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ApeX-Vigne: experiences in monitoring vine water status from within-field to regional scales using crowdsourcing data from a free mobile phone application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. C Payan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1788,51 +1788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using smartphone leaf area index data acquired in a collaborative context within vineyards in southern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1892,51 +1892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What relevant information can be identified by experts on unmanned aerial vehicles' visible images for precision viticulture?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2048,51 +2048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazaël Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2146,542 +2146,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment observer les usages de l'agriculture numérique permet de mieux accompagner les professionnels</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GeoFIS: An open source, decision-support tool for precision agriculture data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/LLW3BS⟩</w:t>
+              <w:t xml:space="preserve">Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (6), 21 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/agriculture8060073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04468886v1</w:t>
+                <w:t xml:space="preserve">hal-02068798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GeoFIS: An open source, decision-support tool for precision agriculture data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment observer les usages de l'agriculture numérique permet de mieux accompagner les professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Lachia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (6), 21 p. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67, pp.49-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/agriculture8060073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/LLW3BS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02068798v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04468886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systemic approach to identify relevant information provided by UAV in precision viticulture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How to define the optimal grid size to map high resolution spatial data ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Geraudie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tewfik Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/sk6m7b⟩</w:t>
+              <w:t xml:space="preserve">Precision Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (5), pp.957-971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11119-018-9566-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04463043v1</w:t>
+                <w:t xml:space="preserve">hal-02607457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to define the optimal grid size to map high resolution spatial data ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A systemic approach to identify relevant information provided by UAV in precision viticulture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tewfik Sari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Precision Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 19 (5), pp.957-971. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67, pp.23-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11119-018-9566-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/sk6m7b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02607457v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quality of digital elevation models obtained from unmanned aerial vehicles for precision viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Fonta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2754,51 +2754,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les drones en viticulture, quels enjeux, quels services ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Besqueut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2841,1419 +2841,1302 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02602076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical test to evaluate the relevance of auxiliary time series to predict another time series</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Introducing Bayesian priors to semi-variogram parameter estimation using fewer observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulin Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Oger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.731-738, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_92⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.651-658, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_82⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04158741v1</w:t>
+                <w:t xml:space="preserve">hal-04158719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducing Bayesian priors to semi-variogram parameter estimation using fewer observations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Designing relevant precision agriculture training courses for technical advisors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Djafour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Oger</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Crestey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Ploteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.651-658, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_82⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.1075-1081, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158719v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04158745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing relevant precision agriculture training courses for technical advisors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">92. A statistical test to evaluate the relevance of auxiliary time series to predict another time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basile Ploteau</w:t>
+                <w:t xml:space="preserve">Nadine Hilgert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.1075-1081, </w:t>
+              <w:t xml:space="preserve">, DISTAL, Jul 2023, Bologna, Italy. pp.731-738, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_92⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04158745v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">92. A statistical test to evaluate the relevance of auxiliary time series to predict another time series</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experiences with teaching precision agriculture through reverse pedagogy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Ploteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ducanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Crestey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, DISTAL, Jul 2023, Bologna, Italy. pp.731-738, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_92⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.1091-1098, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04217719v1</w:t>
+                <w:t xml:space="preserve">hal-04364106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiences with teaching precision agriculture through reverse pedagogy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Crestey</w:t>
+                <w:t xml:space="preserve">Adoption of precision agriculture across Europe: a case study on remote sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pavlenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Escolà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.W. Griepentrog</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Marinello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.1091-1098, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2023, Bologna, Italy. pp.805-812, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_137⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04364106v1</w:t>
+                <w:t xml:space="preserve">hal-04158728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adoption of precision agriculture across Europe: a case study on remote sensing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterising within-field variability of vine water status with simple visual observations of shoot growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tisseyre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. European Conference on Precision Agriculture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.179-186, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-947-3_101⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04158728v1</w:t>
+                <w:t xml:space="preserve">hal-03837317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterising within-field variability of vine water status with simple visual observations of shoot growth</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Potential of temporal series of Sentinel-2 images to define zones of vine water restriction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Fornieles Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Rançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.179-186, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.543-550, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_65⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_20⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03837317v1</w:t>
+                <w:t xml:space="preserve">hal-03329855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why are yield sensors seldom used by farmers – a French case study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Potential of time series of VIS images from connected static camera for decision support in vineyard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.745-751, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_89⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.821-827, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_98⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837231v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of time series of VIS images from connected static camera for decision support in vineyard</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Why are yield sensors seldom used by farmers – a French case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Lachia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Conference on Precision Agriculture (ECPA 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.821-827, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_98⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Budapest, Hungary. pp.745-751, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-916-9_89⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837145v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of temporal series of Sentinel-2 images to define zones of vine water restriction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Easy water stress detection system for vineyard irrigation management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...120 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. European Conference on Precision Agriculture. ECPA 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Montpellier, France. pp.935-942, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-888-9_115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02609771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4263,159 +4146,159 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of a Low-Cost Self-Built NDVI Sensor as a Decision-Support tool for managing Cover Crop in Viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Bourguignon</w:t>
+                <w:t xml:space="preserve">Anice Cheraïet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anice Cheraïet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Leo Pichon</w:t>
+                <w:t xml:space="preserve">Marie Gosme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bellon-Maurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. European Conference on Precision Agriculture (ECPA 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Barcelona, Spain. Universitat Politècnica de Catalunya, 1, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5821/ebook-9791387613570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05136863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4425,137 +4308,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying digital tools for mechanical weeding to better grasp the adoption of precision farming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Djafour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tisseyre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Precision agriculture '25</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brill, pp.1089-1098, 2025, 978-90-04-72523-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05474745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4565,114 +4448,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a crowdsourcing approach adapted to agriculture specificities : the case of monitoring vine water status with the shoot growth approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agricultural sciences. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021AGRO0025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04065976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId124"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4819,51 +4702,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157570v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Brunel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Oger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-025-10259-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05223516v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pichon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellegrino" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2025.109760" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920693v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tisseyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111295" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326640v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crestey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.111113" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678463v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile P&#233;ruzzaro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2024.108998" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04411393v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2024.108624" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04943262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04576423v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2023.7499" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308613v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04050137v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Payan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.1.5481" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2022.56.2.5442" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365284v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fourcaudot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321794v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2021.55.2.3102" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C Payan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-021-09797-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942174v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.1.2481" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608581v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Macombe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09634-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haza&#235;l Jones" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09650-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468886v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/LLW3BS" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068798v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jones" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8060073" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04463043v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/sk6m7b" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607457v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Geraudie" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tewfik Sari" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-018-9566-5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609384v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Fonta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2016.50.3.1177" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602076v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besqueut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158741v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_92" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158719v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_82" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158745v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djafour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ploteau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_135" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217719v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364106v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_137" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158728v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pavlenko" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escol&#224;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Griepentrog" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marinello" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_101" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837317v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bopp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_20" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837231v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcq" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_89" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837145v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_98" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fornieles Lopez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ran&#231;on" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_65" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609771v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_115" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05136863v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bourguignon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Chera&#239;et" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gosme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon-Maurel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/ebook-9791387613570" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474745v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ruiz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065976v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGRO0025" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05223516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulin Zhang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellegrino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Coulouma" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2025.109760" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05157570v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ducanchez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Brunel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Oger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-025-10259-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920693v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tisseyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111295" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326640v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Crestey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.111113" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678463v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile P&#233;ruzzaro" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2024.108998" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04411393v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simonneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2024.108624" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04943262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04576423v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IVES-TR.2023.7499" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05308613v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04050137v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Laurent" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Payan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2023.57.1.5481" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03830535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2022.56.2.5442" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321794v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2021.55.2.3102" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03365284v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Fourcaudot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C Payan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taylor" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-021-09797-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02942174v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2020.54.1.2481" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608581v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Leroux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Macombe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09634-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haza&#235;l Jones" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-019-09650-0" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068798v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jones" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillaume" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamour" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture8060073" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468886v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/LLW3BS" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Geraudie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tewfik Sari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11119-018-9566-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04463043v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/sk6m7b" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609384v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pichon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Fonta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2016.50.3.1177" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602076v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besqueut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158719v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_82" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158745v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Djafour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Ploteau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_135" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217719v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hilgert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_92" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_137" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158728v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pavlenko" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escol&#224;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Griepentrog" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marinello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-947-3_101" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837317v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bopp" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_20" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329855v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fornieles Lopez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ran&#231;on" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_65" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837145v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_98" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837231v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marcq" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-916-9_89" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609771v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-888-9_115" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05136863v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bourguignon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Chera&#239;et" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gosme" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon-Maurel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5821/ebook-9791387613570" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474745v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ruiz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065976v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGRO0025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>