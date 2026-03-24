--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Leo Liberti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Cutting Planes for Signomial Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (2), pp.899-926. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/23M1599537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723024v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Submodular maximization and its generalization through an intersection cut lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 211 (1-2), pp.341-377. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-024-02059-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Integer Linear Programming Approach for Global L0 Minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Machine Learning Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), Art. no. 382, p.18322-18349. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3648699.3649081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of stereochemistry in a local approach for calculating protein conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.4c01232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An impossible combinatorial counting method in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 354, pp.83-93. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit sharing mechanisms in multi-owned cascaded hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Borges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Sagastizábal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Solodov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (3), pp.2005-2043. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11081-022-09764-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal deployment of indoor wireless local area networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Le Tilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Clausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81 (1), pp.23-50. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/net.22116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03306451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle-based formulations in Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Journal of Mathematical Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/ojmo.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry for word representations and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Mathematics and Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.100073. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcmds.2022.100073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Linear Programming: An Improved Retrieval Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Journal of Experimental Algorithmics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28, pp.1-33. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergent algorithms for a class of convex semi-infinite programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 32 (4), pp.2493-2526. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/21M1431047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339887v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-resolution description of the conformational space for intrinsically disordered proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Förster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Idier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.19057. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-21648-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796134v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting and solving aircraft conflicts using bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Pelegrín</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-00997-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869699v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary structure assignment of proteins in the absence of sequence information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E. Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.vbab038. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioadv/vbab038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364652v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for conic programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linear Algebra and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 626, pp.204-220. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.laa.2021.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial programming prevents aircraft (and other) conflicts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.orl.2021.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971109v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Side-constrained minimum sum-of-squares clustering: mathematical programming and random projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01047-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning discontinuous piecewise affine fitting functions using mixed integer programming over lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruobing Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Canu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01034-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further results on latent discourse models and word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Allouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Machine Learning Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Algorithm for the kDMDGP Subclass of Distance Geometry Problems with Exact Distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Souza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithmica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00453-021-00835-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum feasible subsystems of distance geometry constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Bruglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Cordone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01003-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface: CTW 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Furini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Traversi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 296, pp.1. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2021.03.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unassigned distance geometry and molecular conformation problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Duxbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Leduino de Salles-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01023-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Configure Mathematical Programming Solvers by Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.377-389. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-53552-0_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On an SDP relaxation for kissing number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (2), pp.417-422. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-018-1239-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting symmetries in mathematical programming via orbital independence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-019-03145-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for quadratic programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 183, pp.619-647. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-020-01517-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms and applications for a class of bilevel MILPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sónia Toubaline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A learning-based mathematical programming formulation for the automatic configuration of optimization solvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Lecture Notes in Computer Science, 12565, pp.700-712. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-64583-0_61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical programming formulations for the alternating current optimal power flow problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Bienstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4OR: A Quarterly Journal of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3), pp.249-292. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10288-020-00455-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry and data science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TOP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 28, pp.271-339. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11750-020-00563-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrapolating curvature lines in rough concept sketches using mixed-integer nonlinear optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon R. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maks Ovsjanikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (2), pp.337-347. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11081-018-9405-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal NMR distance information for rigidity of protein graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.91-104. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.03.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907200v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the polynomiality of finding K DMDGP re-orders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Mariano Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 267, pp.190-194. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2019.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian random projections for Euclidean membership problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 253, pp.93-102. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.08.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical programming formulation for the Hartree–Fock problem on open-shell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (2), pp.429-437. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-019-01386-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undecidability and hardness in mixed-integer nonlinear programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (1), pp.81-109. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ro/2018036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realizing Euclidean distance matrices by sphere intersection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.5-10. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic Exploration of Protein Conformational Space Using a Distance Geometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 59 (10), pp.4486-4503. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.9b00215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QPLIB: a library of quadratic programming instances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Furini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Traversi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambros Gleixner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12532-018-0147-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A symmetry-based splitting strategy for discretizable distance geometry problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Fidalgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71 (4), pp.717-733. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0610-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The K-discretization and K-incident graphs for discretizable Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-018-1294-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity and inapproximability results for the Power Edge Set problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Toubaline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baruch Schieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (3), pp.895-905. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10878-017-0241-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning interval Branch-and-Prune for protein structure determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72 (1), pp.109-127. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0635-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01921275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universality and prediction in business rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian de Sainte Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhai Ke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (2), pp.763-785. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/coin.12174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Linear Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (4), pp.1051-1071. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/moor.2017.0894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barvinok’s naive algorithm in Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (5), pp.476-481. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.orl.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shortest Path Problem variants for the Hydro Unit Commitment Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van Ackooij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouia Taktak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Thomopulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.endm.2018.07.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02098485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Error Measures and Methods for Realizing Protein Graphs from Distance Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Khac Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete and Computational Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57 (2), pp.371-418. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00454-016-9846-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiplicative weights update algorithm for MINLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mencarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Journal on Computational Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1-2), pp.31-86. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13675-016-0069-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surrogate-based methods for black-box optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Khac Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Transactions in Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (3), pp.393-424. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/itor.12292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the interval distance geometry problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 69 (3), pp.525-545. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-016-0493-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm to enumerate all possible protein conformations verifying a set of distance constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-015-0451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01120652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Number of Realizations of Certain Henneberg Graphs arising in Protein Conformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 165, pp.213-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving heuristics for network modularity maximization using an exact algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 163 (1), pp 65-72. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2012.03.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euclidean Distance Geometry and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56 (1), pp.3-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interval Branch & Prune Algorithm for the Discretizable Molecular Distance Geometry Problem with Inexact Distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 56 (3), pp.855-871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of electrical machines : mathematical programming formulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Nogarède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (3), pp 977-996. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641311305863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24th International Federation for Information Processing-7th Technical Committee Conference on System Modeling and Optimization Jul 2009 Buenos Aires, 52, pp.115-146. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-011-9402-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (8), pp.1671-1686. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-011-0358-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discretization Orders for Distance Geometry Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee Jon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lee S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (4), pp.783-796. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-011-0302-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm of Feasibility Pumps for Nonconvex MINLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 136 (2), pp.375-402. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-012-0608-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances on the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 219, pp.698-706</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Symmetry Properties of the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bioinformatics and Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (3), pp.1242009(1-15)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological architecture evolutions of information systems: Trade-off and optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilis Giakoumakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Krob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Roda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20(2), pp.127--147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00999308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locally optimal heuristic for modularity maximization of networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (5), pp 056105-1 - 056105-8. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.83.056105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loops and multiple edges in modularity maximization of networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (4), pp 046102. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.046102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Column generation algorithms for exact modularity maximization in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aloise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82 (4), pp 046112-1 - 046112-9. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.82.046112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge ratio and community structure in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (2), pp 026105. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.026105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Hartree-Fock systems with global optimization metohds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Chaer Nascimento</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 77 (5), 50006p1-50006p5. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/77/50006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New formulations for the Kissing Number Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Kucherenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 155 (4), pp.1837-1841</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00123758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation and Convex Relaxation Techniques for Global Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4OR: A Quarterly Journal of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.255-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MINLP Interface Specification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.C. Pantelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Tsiakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Crombie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAPE-OPEN Update</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2, pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unassigned distance geometry and the Buckminsterfullerene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRO ODS2024 - Optimization and Decision Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massimo Di Francesco, Sep 2024, Badesi, Sardinia, Italy. pp.111-121, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-90095-2_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Local Geometry on Methods for Constructing Protein Conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference on Computer Science and Intelligence Systems (FedCSIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECMI Special Interest group Mathematics for Big Data and Artificial Intelligence, Sep 2024, Belgrade (Serbia), Serbia. pp.671-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On syntactical graphs-of-words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andreas Brieden; Stefan Pickl; Markus Siegle, Jun 2023, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudo-dihedral Angles in Proteins Providing a New Description of the Ramachandran Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Geometric Science of Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Saint-Malo, France. pp.511-519, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-38299-4_53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting Data for Generating Distance Geometry Graphs for Protein Structure Determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon B. Hengeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E. Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2023 - congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical comparison of semantic similarity measures for technical question answering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems (ADBIS22)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torino, Italy. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-15743-1_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Random Projections really useful in Mathematical Programming?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical Performance of Random Projections in Linear Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Heidelberg, Germany. pp.21:1-21:15, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2022.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for semidefinite programming *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRO-ODS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for the distance geometry problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Mathematics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbain Air Mobility: Optimal Location of Safety Landing Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study on the impact of the distance types involved in protein structure determination by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Hengeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIBM 2021 - IEEE International Conference on Bioinformatics and Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Houston, United States. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Location of Safety Landing Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MD-JEEP: a New Release for Discretizable Distance Geometry Problems with Interval Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FedCSIS 2020 - 15th Conference on Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sofia, Bulgaria. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Distance Geometry Method for Constructing Word and Sentence Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWW '20: The Web Conference 2020 (DL4G satellite workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Taipei, Taiwan. pp.679-685, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3366424.3391267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIP and Set Covering approaches for Sparse Approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF -- congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integer Formulation for Computing Transaction Aggregation to Detect Credit Card Fraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW - Workshop on Graph Theory and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Oline, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIP and Set Covering approaches for Sparse Approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTwist 2020 - International Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Question Answering System For Interacting with SDMX Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Manolescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLIWOD 2020 - 6th Natural Language Interfaces for the Web of Data / Workshop (in conjunction with ISWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On aircraft deconfliction by bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Quadratic Programs over a Euclidean Ball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integer Programming and Combinatorial Optimization (IPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Ann Arbor, United States. pp.442-452, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-17953-3_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic configuration by learning and optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Globally Optimal Symbolic Regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernon Austel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjeeb Dash</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oktay Gunluk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lior Horesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interpretable ML, satellite workshop of NIPS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Long Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Rule Sets as Programs: Turing-completeness and Structural Operational Semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhai Ke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian de Sainte Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Treizièmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mixed-integer Nonlinear Optimization Approach for Well Placement and Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Lizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaële Le Ravalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Sinoquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMOR XIV -14 th European Conference on the Mathematics of Oil Recovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Branching in iBP with Clifford Algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry and Applications (DGA13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Manaus, Amazonas, Brazil. pp.65-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact relaxations for polynomial programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEA 2012, 11th International Symposium on Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bordeaux, France. pp 75-86, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding Low-Energy Homopolymer Conformations by a Discrete Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Optimization Workshop 2012 (GOW12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility Pump algorithms for nonconvex Mixed Integer Nonlinear Programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APMOD 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Feasibility Pump to nonconvex mixed integer nonlinear programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Discretization of Distance Geometry Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Distances and Applications 2012 (MDA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Varna, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MILP approach for designing robust variable-length codes based on exact free distance computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Weidmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Snowbird, United States. pp.257 - 266, </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DCC.2012.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00727540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the composition of convex envelopes for quadrilinear terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSC 2011, International Conference on Optimization, Simulation and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Berlin, Germany. pp xxxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A symmetry-driven BP algorithm for the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Bioinformatics and Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00637771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical clustering for the identification of communities in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2011, 12ème congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, St-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Decoding of Multiple-Description Network-Coded Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Iwaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaldoun Al Agha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOD 2011 - International Symposium on Network Coding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00614545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parallel Version of the Branch & Prune Algorithm for the Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talbi El-Ghazali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Systems and Applications (AICCSA), 2010 IEEE/ACS International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Hammamet, Tunisia. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AICCSA.2010.5586983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the convergence of feasibility based bounds tightening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW 2010, 9th Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cologne, Germany. pp xxxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00940949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced RLT constraints for polynomial programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWMINLP10, European Workshop on Mixed Integer Nonlinear Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Marseille, France. pp 205-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Reformulation-Optimization Software Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Savourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMS 2010, 3rd International Congress on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Kobe, Japan. pp 303-314, </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15582-6_50⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility-Based Bounds Tightening via Fixed Points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COCOA 2010, 4th Annual International Conference on Combinatorial Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Kailua-Kona, United States. pp 65-76, </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17458-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Range reduction using fixed points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2010, 11ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion about formulations and resolution techniques of electrical machine design problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Nogarède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 2010, XIX International Conference on Electrical Machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rome, Italy. pp 1-5, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICELMACH.2010.5607836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms for network modularity maximization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aloise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2010, 11ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Framework for Combined Module-and Scale-based Product Platform Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Marinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Weck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Krob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International Symposium on Engineering Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02561114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring Parameters in Genetic Regulatory Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo La Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Conference on Operational Research (CLAIO'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Carthagène des Indes, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network reconstruction: a mathematical programming approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo La Rota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Complex Systems (ECCS'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Jerusalem, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge cover by bipartite subgraphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Chirstine Plateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alfandari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th CTW Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Enschende, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge cover by bipartite subgraph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Plateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alfandari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW'07, University of Twente, Enschede, Pays-Bas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, X, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient edge-swapping heuristics for finding minimum fundamental cycle bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Amaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Maffioli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Menaggio, Italy. pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Isomap algorithm in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Experimental Algorithms (SEA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2017.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the conformational space of intrinsically disordered proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georg Daniel Förster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Idier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIth International Conference NMR: a tool for biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Introduction to Distance Geometry applied to Molecular Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weldon Lodwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Mendonça da Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-57183-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euclidean Distance Geometry: An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-60792-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.410, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Nannicini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry with and without the graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Constraint Systems: Problems, Progress, Connections, and Emerging Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding noisy messages: a method that just shouldn't work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Optimization, Communications Series on Data Science and Optimization, Fields Institute, Toronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Reformulation of Binary Variables, Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Optimization Theory and Operations Research: Recent Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1476, Springer International Publishing, pp.201-215, 2021, Communications in Computer and Information Science, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86433-0_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cycle-Based Formulation for the Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphs and Combinatorial Optimization: from Theory to Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-106, 2021, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-63072-0_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Configure Mathematical Programming Solvers by Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Intelligent Optimization in Lecture Notes in Computer Science (LNCS), Springer, Cham</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12096, pp.377-389, 2020, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-53552-0_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flying safely by bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optimization and Decision Science for Society, Services and Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34960-8_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and Analogies: A Study and Propagation Method for Word Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalis Vazirgiannis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.100-111, 2019, </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective Cuts for the ACOPF with Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Trends in Emerging Complex Real Life Problems ODS, Taormina, Italy, September 10–13, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.451-461, 2018, 9783030004729</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open research areas in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open problems in optimization and data analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Springer Optimization and Its Applications, 978-3-319-99141-2. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99142-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum Concurrent Flow with Incomplete Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Bauguion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combinatorial Optimization 5th International Symposium, ISCO 2018, Marrakesh, Morocco, April 11–13, 2018, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-88, 2018, 978-3-319-96150-7. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96151-4_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternating Current Optimal Power Flow with Generator Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Scozzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Tardella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combinatorial optimization 5th International Symposium, ISCO 2018, Marrakesh, Morocco, April 11–13, 2018, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.364-375, 2018, 978-3-319-96151-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Programming Bounds for Kissing Numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Decision Science: Methodologies and Applications (AIRO/ODS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-222, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling Some Statistical Properties of Business Rules Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Intelligent Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.263-276, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance Geometry in Linearizable Norms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Science of Information Third International Conference, GSI 2017, Paris, France, November 7-9, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.830-837, 2017, 978-3-319-68444-4. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68445-1_95⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the Distance Geometry Problem in NP?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Beeker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Glusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antonio Mucherino and Carlile Lavor and Leo Liberti and Nelson Maculan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.85-93, 2013, 978-1-4614-5127-3. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-5128-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A VNS-based Heuristic for Feature Selection in Data Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Talbi, E-G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hybrid Metaheuristics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.353-368, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Molecular Distance Geometry Problem seems Easier on Proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mucherino, Antonio and Lavor, Carlile and Liberti, Leo and Maculan, Nelson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.47-60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the composition of convex envelopes for quadrilinear terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew J. Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization, Simulation, and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp 1-16, 2013, Springer Optimization and Its Applications, Volume 76, 978-1-4614-5130-3. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-5131-0_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00769671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact Relaxations for Polynomial Programming Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7276, Springer Berlin Heidelberg, pp.75-86, 2012, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulations in Mathematical Programming: A Computational Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations of Computational Intelligence, Vol. 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 203, Springer, pp.153-234, 2009, Studies in Computational Intelligence, </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-01085-9_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On feasibility based bounds tightening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematics with large language models as provers and verifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310161v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxations for binary polynomial optimization via signed certificates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Cutting Planes for Signomial Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03646663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified and accurate SDP bounds for the ACOPF problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Ruiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal paths on the ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power network design with line activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bienstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry for word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chain of thoughts, Tree of thoughts and Retrieval Augmented thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain-specific data gathering and exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cataphora detection and resolution: Advancements and Challenges in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Branch-and-Prune Algorithm for the Sensor Network Localization Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Cristina de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Felice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation and Convex Relaxation Techniques for Global Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Operations Research [math.OC]. Imperial College London, 2004. English. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic foundations of invertible cellular automata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formal Languages and Automata Theory [cs.FL]. Università degli Studi di Torino / Université de Turin, 1997. English. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation techniques in Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Other [cs.OH]. Université Paris Dauphine, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MDjeep -- A software tool for Discretizable Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId413"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Leo Liberti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (73)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Cutting Planes for Signomial Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (2), pp.899-926. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/23M1599537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723024v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Submodular maximization and its generalization through an intersection cut lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 211 (1-2), pp.341-377. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-024-02059-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of stereochemistry in a local approach for calculating protein conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.4c01232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Integer Linear Programming Approach for Global L0 Minimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Machine Learning Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), Art. no. 382, p.18322-18349. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5555/3648699.3649081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An impossible combinatorial counting method in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 354, pp.83-93. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04680675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profit sharing mechanisms in multi-owned cascaded hydrosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Borges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Sagastizábal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Solodov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (3), pp.2005-2043. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11081-022-09764-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal deployment of indoor wireless local area networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Le Tilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Clausen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 81 (1), pp.23-50. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/net.22116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03306451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle-based formulations in Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Journal of Mathematical Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/ojmo.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry for word representations and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Mathematics and Data Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6, pp.100073. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcmds.2022.100073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Linear Programming: An Improved Retrieval Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Journal of Experimental Algorithmics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28, pp.1-33. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Convergent algorithms for a class of convex semi-infinite programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Journal on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 32 (4), pp.2493-2526. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1137/21M1431047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339887v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-resolution description of the conformational space for intrinsically disordered proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Förster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Idier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.19057. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-21648-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796134v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polynomial programming prevents aircraft (and other) conflicts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.orl.2021.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02971109v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Side-constrained minimum sum-of-squares clustering: mathematical programming and random projections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01047-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for conic programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linear Algebra and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 626, pp.204-220. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.laa.2021.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary structure assignment of proteins in the absence of sequence information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E. Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1 (1), pp.vbab038. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioadv/vbab038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03364652v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting and solving aircraft conflicts using bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mercedes Pelegrín</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-00997-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869699v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning discontinuous piecewise affine fitting functions using mixed integer programming over lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruobing Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bo Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Canu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01034-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Further results on latent discourse models and word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Allouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Machine Learning Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface: CTW 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Furini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Traversi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 296, pp.1. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2021.03.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum feasible subsystems of distance geometry constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Bruglieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Cordone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01003-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Algorithm for the kDMDGP Subclass of Distance Geometry Problems with Exact Distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Souza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Algorithmica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00453-021-00835-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unassigned distance geometry and molecular conformation problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Duxbury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Leduino de Salles-Neto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-021-01023-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On an SDP relaxation for kissing number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (2), pp.417-422. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-018-1239-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Configure Mathematical Programming Solvers by Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.377-389. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-53552-0_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting symmetries in mathematical programming via orbital independence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-019-03145-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical programming formulations for the alternating current optimal power flow problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Bienstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4OR: A Quarterly Journal of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (3), pp.249-292. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10288-020-00455-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry and data science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TOP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 28, pp.271-339. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11750-020-00563-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for quadratic programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 183, pp.619-647. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-020-01517-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A learning-based mathematical programming formulation for the automatic configuration of optimization solvers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia D’ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Lecture Notes in Computer Science, 12565, pp.700-712. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-64583-0_61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03008720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms and applications for a class of bilevel MILPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sónia Toubaline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaussian random projections for Euclidean membership problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 253, pp.93-102. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.08.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the polynomiality of finding K DMDGP re-orders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luiz Mariano Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 267, pp.190-194. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2019.07.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimal NMR distance information for rigidity of protein graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Donald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.91-104. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.03.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907200v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrapolating curvature lines in rough concept sketches using mixed-integer nonlinear optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon R. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maks Ovsjanikov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 20 (2), pp.337-347. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11081-018-9405-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical programming formulation for the Hartree–Fock problem on open-shell systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (2), pp.429-437. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-019-01386-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systematic Exploration of Protein Conformational Space Using a Distance Geometry Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 59 (10), pp.4486-4503. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.9b00215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Realizing Euclidean distance matrices by sphere intersection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 256, pp.5-10. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2018.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QPLIB: a library of quadratic programming instances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Furini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emiliano Traversi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambros Gleixner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2), </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12532-018-0147-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Undecidability and hardness in mixed-integer nonlinear programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAIRO - Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (1), pp.81-109. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ro/2018036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexity and inapproximability results for the Power Edge Set problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Toubaline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baruch Schieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (3), pp.895-905. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10878-017-0241-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A symmetry-based splitting strategy for discretizable distance geometry problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Fidalgo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 71 (4), pp.717-733. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0610-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The K-discretization and K-incident graphs for discretizable Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germano Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Alencar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (2), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-018-1294-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning interval Branch-and-Prune for protein structure determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley Worley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Delhommel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Cordier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 72 (1), pp.109-127. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-018-0635-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01921275v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Linear Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (4), pp.1051-1071. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1287/moor.2017.0894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universality and prediction in business rules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian de Sainte Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhai Ke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (2), pp.763-785. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/coin.12174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barvinok’s naive algorithm in Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Operations Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46 (5), pp.476-481. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.orl.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shortest Path Problem variants for the Hydro Unit Commitment Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van Ackooij</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouia Taktak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Thomopulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.endm.2018.07.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02098485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Error Measures and Methods for Realizing Protein Graphs from Distance Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Khac Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete and Computational Geometry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 57 (2), pp.371-418. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00454-016-9846-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multiplicative weights update algorithm for MINLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mencarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Sahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURO Journal on Computational Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1-2), pp.31-86. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13675-016-0069-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surrogate-based methods for black-box optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Khac Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Transactions in Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (3), pp.393-424. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/itor.12292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the interval distance geometry problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 69 (3), pp.525-545. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10898-016-0493-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Number of Realizations of Certain Henneberg Graphs arising in Protein Conformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 165, pp.213-232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm to enumerate all possible protein conformations verifying a set of distance constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Bardiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (1), pp.23. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12859-015-0451-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pasteur-01120652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving heuristics for network modularity maximization using an exact algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 163 (1), pp 65-72. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dam.2012.03.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euclidean Distance Geometry and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 56 (1), pp.3-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interval Branch & Prune Algorithm for the Discretizable Molecular Distance Geometry Problem with Inexact Distances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Global Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 56 (3), pp.855-871</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal design of electrical machines : mathematical programming formulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Nogarède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32 (3), pp 977-996. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/03321641311305863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discretization Orders for Distance Geometry Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee Jon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Lee S.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (4), pp.783-796. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-011-0302-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (8), pp.1671-1686. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11590-011-0358-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24th International Federation for Information Processing-7th Technical Committee Conference on System Modeling and Optimization Jul 2009 Buenos Aires, 52, pp.115-146. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10589-011-9402-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm of Feasibility Pumps for Nonconvex MINLP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 136 (2), pp.375-402. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10107-012-0608-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances on the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 219, pp.698-706</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting Symmetry Properties of the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bioinformatics and Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (3), pp.1242009(1-15)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological architecture evolutions of information systems: Trade-off and optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilis Giakoumakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Krob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Roda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concurrent Engineering: Research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 20(2), pp.127--147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00999308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locally optimal heuristic for modularity maximization of networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (5), pp 056105-1 - 056105-8. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.83.056105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loops and multiple edges in modularity maximization of networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (4), pp 046102. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.046102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Column generation algorithms for exact modularity maximization in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aloise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82 (4), pp 046112-1 - 046112-9. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.82.046112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge ratio and community structure in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (2), pp 026105. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.026105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving Hartree-Fock systems with global optimization metohds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Antonio Chaer Nascimento</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 77 (5), 50006p1-50006p5. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/77/50006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New formulations for the Kissing Number Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Kucherenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Applied Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 155 (4), pp.1837-1841</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00123758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation and Convex Relaxation Techniques for Global Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4OR: A Quarterly Journal of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 2, pp.255-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MINLP Interface Specification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.C. Pantelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Tsiakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Crombie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CAPE-OPEN Update</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2, pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unassigned distance geometry and the Buckminsterfullerene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRO ODS2024 - Optimization and Decision Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Massimo Di Francesco, Sep 2024, Badesi, Sardinia, Italy. pp.111-121, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-90095-2_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integer linear programs for finding powers of Hamiltonian circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Dupont-Bouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27ème édition du congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2026)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Tours, Feb 2026, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05534590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Local Geometry on Methods for Constructing Protein Conformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Conference on Computer Science and Intelligence Systems (FedCSIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECMI Special Interest group Mathematics for Big Data and Artificial Intelligence, Sep 2024, Belgrade (Serbia), Serbia. pp.671-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pseudo-dihedral Angles in Proteins Providing a New Description of the Ramachandran Map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wagner da Rocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse Malliavin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Geometric Science of Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Saint-Malo, France. pp.511-519, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-38299-4_53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On syntactical graphs-of-words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andreas Brieden; Stefan Pickl; Markus Siegle, Jun 2023, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collecting Data for Generating Distance Geometry Graphs for Protein Structure Determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon B. Hengeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérèse E. Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2023 - congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical comparison of semantic similarity measures for technical question answering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.N. Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Databases and Information Systems (ADBIS22)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Torino, Italy. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-15743-1_16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Random Projections really useful in Mathematical Programming?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical Performance of Random Projections in Linear Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Heidelberg, Germany. pp.21:1-21:15, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2022.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for semidefinite programming *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRO-ODS 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random projections for the distance geometry problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Manca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discrete Mathematics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Santander, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study on the impact of the distance types involved in protein structure determination by NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Hengeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therese Malliavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIBM 2021 - IEEE International Conference on Bioinformatics and Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Houston, United States. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbain Air Mobility: Optimal Location of Safety Landing Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Location of Safety Landing Sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Distance Geometry Method for Constructing Word and Sentence Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WWW '20: The Web Conference 2020 (DL4G satellite workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Taipei, Taiwan. pp.679-685, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3366424.3391267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MD-JEEP: a New Release for Discretizable Distance Geometry Problems with Interval Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FedCSIS 2020 - 15th Conference on Computer Science and Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Sofia, Bulgaria. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIP and Set Covering approaches for Sparse Approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF -- congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIP and Set Covering approaches for Sparse Approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Delle Donne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Kowalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iTwist 2020 - International Traveling Workshop on Interactions between low-complexity data models and Sensing Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integer Formulation for Computing Transaction Aggregation to Detect Credit Card Fraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW - Workshop on Graph Theory and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Oline, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Question Answering System For Interacting with SDMX Databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioana Manolescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLIWOD 2020 - 6th Natural Language Interfaces for the Web of Data / Workshop (in conjunction with ISWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03021075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On aircraft deconfliction by bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Projections for Quadratic Programs over a Euclidean Ball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ky Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Poirion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integer Programming and Combinatorial Optimization (IPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Ann Arbor, United States. pp.442-452, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-17953-3_33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic configuration by learning and optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Twente, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Globally Optimal Symbolic Regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vernon Austel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanjeeb Dash</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oktay Gunluk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lior Horesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interpretable ML, satellite workshop of NIPS 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Long Beach, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business Rule Sets as Programs: Turing-completeness and Structural Operational Semantics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhai Ke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian de Sainte Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Treizièmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mixed-integer Nonlinear Optimization Approach for Well Placement and Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Lizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaële Le Ravalec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Sinoquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECMOR XIV -14 th European Conference on the Mathematics of Oil Recovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Catania, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02284385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive Branching in iBP with Clifford Algebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Alves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Cassioli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry and Applications (DGA13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Manaus, Amazonas, Brazil. pp.65-69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Discretization of Distance Geometry Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics of Distances and Applications 2012 (MDA12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Varna, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding Low-Energy Homopolymer Conformations by a Discrete Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Optimization Workshop 2012 (GOW12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility Pump algorithms for nonconvex Mixed Integer Nonlinear Programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APMOD 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Feasibility Pump to nonconvex mixed integer nonlinear programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00758538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact relaxations for polynomial programming problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEA 2012, 11th International Symposium on Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Bordeaux, France. pp 75-86, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A MILP approach for designing robust variable-length codes based on exact free distance computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Hijazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amadou Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Weidmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DCC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Snowbird, United States. pp.257 - 266, </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DCC.2012.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00727540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A symmetry-driven BP algorithm for the Discretizable Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Bioinformatics and Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00637771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the composition of convex envelopes for quadrilinear terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSC 2011, International Conference on Optimization, Simulation and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Berlin, Germany. pp xxxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00941976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hierarchical clustering for the identification of communities in networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2011, 12ème congrès annuel de la Société française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, St-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint Decoding of Multiple-Description Network-Coded Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Iwaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaldoun Al Agha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETCOD 2011 - International Symposium on Network Coding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00614545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Reformulation-Optimization Software Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Savourey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMS 2010, 3rd International Congress on Mathematical Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Kobe, Japan. pp 303-314, </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15582-6_50⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced RLT constraints for polynomial programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EWMINLP10, European Workshop on Mixed Integer Nonlinear Programming</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Marseille, France. pp 205-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Parallel Version of the Branch & Prune Algorithm for the Molecular Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talbi El-Ghazali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Systems and Applications (AICCSA), 2010 IEEE/ACS International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Hammamet, Tunisia. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AICCSA.2010.5586983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00687531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the convergence of feasibility based bounds tightening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW 2010, 9th Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Cologne, Germany. pp xxxx</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00940949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feasibility-Based Bounds Tightening via Fixed Points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COCOA 2010, 4th Annual International Conference on Combinatorial Optimization and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Kailua-Kona, United States. pp 65-76, </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-17458-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Range reduction using fixed points</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2010, 11ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion about formulations and resolution techniques of electrical machine design problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Nogarède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEM 2010, XIX International Conference on Electrical Machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Rome, Italy. pp 1-5, </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICELMACH.2010.5607836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00938437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms for network modularity maximization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Aloise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ROADEF 2010, 11ème congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A General Framework for Combined Module-and Scale-based Product Platform Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Marinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier de Weck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Krob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International Symposium on Engineering Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02561114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network reconstruction: a mathematical programming approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo La Rota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Complex Systems (ECCS'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Jerusalem, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inferring Parameters in Genetic Regulatory Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilo La Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin American Conference on Operational Research (CLAIO'08)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Carthagène des Indes, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge cover by bipartite subgraphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Chirstine Plateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alfandari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th CTW Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Enschende, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00154162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edge cover by bipartite subgraph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Plateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Alfandari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CTW'07, University of Twente, Enschede, Pays-Bas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2007, X, France. pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01125267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient edge-swapping heuristics for finding minimum fundamental cycle bases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Amaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Maffioli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cologne-Twente Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Menaggio, Italy. pp.15-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Isomap algorithm in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Symposium on Experimental Algorithms (SEA 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, London, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2017.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the conformational space of intrinsically disordered proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georg Daniel Förster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Idier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIth International Conference NMR: a tool for biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Introduction to Distance Geometry applied to Molecular Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weldon Lodwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiago Mendonça da Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-57183-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Euclidean Distance Geometry: An Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-3-319-60792-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, pp.410, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th Cologne-Twente Workshop on Graphs and Combinatorial Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Nannicini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry with and without the graph</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Constraint Systems: Problems, Progress, Connections, and Emerging Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decoding noisy messages: a method that just shouldn't work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science and Optimization, Communications Series on Data Science and Optimization, Fields Institute, Toronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03795902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous Reformulation of Binary Variables, Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Optimization Theory and Operations Research: Recent Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1476, Springer International Publishing, pp.201-215, 2021, Communications in Computer and Information Science, </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-86433-0_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03395333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Cycle-Based Formulation for the Distance Geometry Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelson Maculan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Graphs and Combinatorial Optimization: from Theory to Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-106, 2021, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-63072-0_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03250704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flying safely by bilevel programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optimization and Decision Science for Society, Services and Enterprises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-34960-8_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to Configure Mathematical Programming Solvers by Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Iommazzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Frangioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Intelligent Optimization in Lecture Notes in Computer Science (LNCS), Springer, Cham</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12096, pp.377-389, 2020, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-53552-0_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03030294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometry and Analogies: A Study and Propagation Method for Word Representations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michalis Vazirgiannis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.100-111, 2019, </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective Cuts for the ACOPF with Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Trends in Emerging Complex Real Life Problems ODS, Taormina, Italy, September 10–13, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.451-461, 2018, 9783030004729</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum Concurrent Flow with Incomplete Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Bauguion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combinatorial Optimization 5th International Symposium, ISCO 2018, Marrakesh, Morocco, April 11–13, 2018, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-88, 2018, 978-3-319-96150-7. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96151-4_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open research areas in distance geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open problems in optimization and data analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Springer Optimization and Its Applications, 978-3-319-99141-2. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99142-9_11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternating Current Optimal Power Flow with Generator Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esteban Salgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Scozzari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Tardella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Combinatorial optimization 5th International Symposium, ISCO 2018, Marrakesh, Morocco, April 11–13, 2018, Revised Selected Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.364-375, 2018, 978-3-319-96151-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical Programming Bounds for Kissing Numbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization and Decision Science: Methodologies and Applications (AIRO/ODS17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.213-222, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling Some Statistical Properties of Business Rules Programs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Learning and Intelligent Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.263-276, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance Geometry in Linearizable Norms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geometric Science of Information Third International Conference, GSI 2017, Paris, France, November 7-9, 2017, Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.830-837, 2017, 978-3-319-68444-4. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-68445-1_95⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is the Distance Geometry Problem in NP?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathanael Beeker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Glusa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antonio Mucherino and Carlile Lavor and Leo Liberti and Nelson Maculan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods, and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.85-93, 2013, 978-1-4614-5127-3. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-5128-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00782869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A VNS-based Heuristic for Feature Selection in Data Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Talbi, E-G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hybrid Metaheuristics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.353-368, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Discretizable Molecular Distance Geometry Problem seems Easier on Proteins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mucherino, Antonio and Lavor, Carlile and Liberti, Leo and Maculan, Nelson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Distance Geometry: Theory, Methods and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.47-60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the composition of convex envelopes for quadrilinear terms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew J. Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization, Simulation, and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Verlag, pp 1-16, 2013, Springer Optimization and Its Applications, Volume 76, 978-1-4614-5130-3. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4614-5131-0_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00769671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact Relaxations for Polynomial Programming Problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Létocart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Messine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Algorithms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7276, Springer Berlin Heidelberg, pp.75-86, 2012, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulations in Mathematical Programming: A Computational Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tarissan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foundations of Computational Intelligence, Vol. 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 203, Springer, pp.153-234, 2009, Studies in Computational Intelligence, </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-01085-9_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On feasibility based bounds tightening</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Belotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cafieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardness of some optimization problems over correlation polyhedra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Caprara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Furini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Gentile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lodi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05560092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxations for binary polynomial optimization via signed certificates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematics with large language models as provers and verifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Le Duc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310161v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Cutting Planes for Signomial Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liding Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Haddad-Vanier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03646663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Certified and accurate SDP bounds for the ACOPF problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Ruiz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal paths on the ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03404586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power network design with line activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bienstock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Cerulli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distance geometry for word embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sammy Khalife</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas S Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02892020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chain of thoughts, Tree of thoughts and Retrieval Augmented thoughts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domain-specific data gathering and exploitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cataphora detection and resolution: Advancements and Challenges in Natural Language Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Moncef Boukhatem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Buscaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIX, École Polytechnique. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Branch-and-Prune Algorithm for the Sensor Network Localization Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Cristina de Cola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Felice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation and Convex Relaxation Techniques for Global Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Operations Research [math.OC]. Imperial College London, 2004. English. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic foundations of invertible cellular automata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formal Languages and Automata Theory [cs.FL]. Università degli Studi di Torino / Université de Turin, 1997. English. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reformulation techniques in Mathematical Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Other [cs.OH]. Université Paris Dauphine, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00163563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MDjeep -- A software tool for Discretizable Distance Geometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Mucherino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Liberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlile Lavor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jung-Hsin Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04676343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId417"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723024v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liding Xu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Haddad-Vanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1599537" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304919v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-024-02059-2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372309v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Delle Donne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kowalski" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3648699.3649081" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770588v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner da Rocha" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mucherino" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Malliavin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c01232" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680675v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Abud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alencar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlile Lavor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2024.02.018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796096v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Borges" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagastiz&#225;bal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Solodov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-022-09764-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306451v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Oustry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Tilly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clausen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Ambrosio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22116" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185620v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Iommazzo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Maculan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ojmo.18" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185621v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Khalife" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas S Gon&#231;alves" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmds.2022.100073" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264551v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Manca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Poirion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617506" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339887v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Cerulli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1431047" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796134v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hsin Lin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21648-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869699v3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-00997-1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364652v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E. Malliavin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbab038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318771v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Vu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.laa.2021.06.010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971109v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2021.05.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395326v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01047-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250712v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobing Shen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Tang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01034-x" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983109v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Allouah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250716v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Gon&#231;alves" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Souza" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00835-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250708v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Bruglieri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cordone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01003-4" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907993v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Furini" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Traversi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2021.03.022" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Duxbury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Leduino de Salles-Neto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01023-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008796v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Frangioni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53552-0_34" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869223v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Lee" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-018-1239-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869231v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Dias" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-019-03145-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869240v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01517-x" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322719v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia Toubaline" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.02.015" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008720v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64583-0_61" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030149v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Bienstock" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Escobar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Gentile" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-020-00455-w" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869235v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11750-020-00563-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350272v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon R. Lee" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Ovsjanikov" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-018-9405-6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907200v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Donald" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Worley" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.03.071" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350277v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Mariano Carvalho" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.07.021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105075v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.08.025" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104828v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-019-01386-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104836v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2018036" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350274v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.06.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350285v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E Malliavin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.9b00215" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177672v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Belotti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambros Gleixner" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-018-0147-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105087v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Fidalgo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0610-9" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01826217v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-018-1294-2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105288v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Toubaline" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baruch Schieber" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-017-0241-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-01921275v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Delhommel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cordier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0635-0" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105086v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Sainte Marie" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhai Ke" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coin.12174" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105076v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/moor.2017.0894" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105083v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2018.06.006" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098485v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Ackooij" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouia Taktak" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Thomopulos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.07.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105303v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Khac Vu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-016-9846-7" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105301v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mencarelli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Sahraoui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13675-016-0069-8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105302v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Hamadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.12292" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105295v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-016-0493-6" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01120652v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cassioli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alves" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0451-1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093060v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Masson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935211v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cafieri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2012.03.030" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093056v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912660v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934665v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogar&#232;de" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311305863" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756940v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-011-9402-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756943v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-011-0358-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756941v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Jon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lee S." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-011-0302-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758042v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lodi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-012-0608-x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756939v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999308v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Giakoumakis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Roda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934660v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.056105" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979205v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.046102" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934661v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aloise" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caporossi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.046112" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935207v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.026105" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152406v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Chaer Nascimento" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/77/50006" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00123758v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kucherenko" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152397v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163564v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Pantelides" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tsiakis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Crombie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747409v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90095-2_10" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703256v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185619v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Moncef Boukhatem" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Buscaldi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04185420v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38299-4_53" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04006075v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B. Hengeveld" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795996v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Boukhatem" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15743-1_16" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595252v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795867v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2022.21" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795941v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795960v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647687v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03636295v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hengeveld" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Malliavin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351011v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030154v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869238v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3366424.3391267" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542690v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647579v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vanier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542681v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03021075v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thiry" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350284v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869206v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17953-3_33" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350282v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105286v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernon Austel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeeb Dash" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oktay Gunluk" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lior Horesh" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178894v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02284385v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lizon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C d'Ambrosio" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;le Le Ravalec" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sinoquet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912698v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938524v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30850-5_8" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756946v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758539v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758538v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756945v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00727540v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hijazi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Weidmann" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCC.2012.33" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00941976v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Miller" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00637771v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934763v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614545v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Iwaza" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Al Agha" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00687531v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talbi El-Ghazali" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2010.5586983" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00940949v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938438v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979214v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Savourey" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15582-6_50" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979219v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17458-2_7" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6V527K1G-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934795v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938437v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2010.5607836" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934772v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561114v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Marinelli" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Weck" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217839v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo La Rota" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tarissan" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217842v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154162v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chirstine Plateau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alfandari" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125267v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Plateau" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163555v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Amaldi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maffioli" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105293v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2017.5" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04545776v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105299v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weldon Lodwick" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Mendon&#231;a da Costa" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105298v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912679v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217897v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Nannicini" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747403v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795902v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395333v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86433-0_14" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250704v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63072-0_8" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030294v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869682v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34960-8_18" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350281v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalis Vazirgiannis" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_9" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105077v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Salgado" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105079v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99142-9_11" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105082v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bauguion" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96151-4_7" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105081v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scozzari" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Tardella" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105289v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105297v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105291v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68445-1_95" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00782869v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Beeker" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Glusa" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-5128-0_5" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9NMXVTWH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912692v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912689v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769671v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Miller" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-5131-0_1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554416v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217899v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01085-9_7" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935464v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310161v2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Le Duc" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372883v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646663v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613385v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404586v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupuy" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263306v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bienstock" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892020v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748901v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748884v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747642v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912710v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina de Cola" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Felice" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163562v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163561v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163563v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676343v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723024v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liding Xu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Haddad-Vanier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1599537" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304919v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-024-02059-2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770588v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner da Rocha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mucherino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Malliavin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c01232" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372309v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Delle Donne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kowalski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5555/3648699.3649081" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680675v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Abud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Alencar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlile Lavor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2024.02.018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796096v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Borges" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sagastiz&#225;bal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Solodov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-022-09764-x" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306451v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Oustry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Tilly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clausen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Ambrosio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/net.22116" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185620v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Iommazzo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Maculan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ojmo.18" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185621v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Khalife" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas S Gon&#231;alves" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcmds.2022.100073" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264551v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Manca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Poirion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617506" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339887v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Cerulli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1431047" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796134v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Idier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Hsin Lin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21648-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971109v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2021.05.001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395326v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01047-6" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318771v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Vu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.laa.2021.06.010" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364652v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E. Malliavin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbab038" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869699v3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Pelegr&#237;n" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-00997-1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250712v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobing Shen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Tang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01034-x" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983109v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Allouah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907993v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Furini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Traversi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2021.03.022" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250708v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Bruglieri" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cordone" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01003-4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250716v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Gon&#231;alves" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Souza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00453-021-00835-6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250715v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Duxbury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Leduino de Salles-Neto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01023-0" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869223v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Lee" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-018-1239-9" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008796v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Frangioni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-53552-0_34" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869231v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Dias" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-019-03145-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030149v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Bienstock" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Escobar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Gentile" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-020-00455-w" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869235v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11750-020-00563-0" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869240v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-020-01517-x" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008720v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-64583-0_61" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322719v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#243;nia Toubaline" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.02.015" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105075v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.08.025" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350277v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Mariano Carvalho" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2019.07.021" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907200v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Donald" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley Worley" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bardiaux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.03.071" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350272v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon R. Lee" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Ovsjanikov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11081-018-9405-6" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104828v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-019-01386-0" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350285v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se E Malliavin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.9b00215" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350274v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2018.06.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177672v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Belotti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambros Gleixner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-018-0147-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104836v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2018036" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105288v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Toubaline" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baruch Schieber" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10878-017-0241-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105087v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Fidalgo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0610-9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01826217v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-018-1294-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/pasteur-01921275v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Delhommel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cordier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-018-0635-0" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105076v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/moor.2017.0894" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105086v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wang" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Sainte Marie" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhai Ke" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/coin.12174" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105083v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orl.2018.06.006" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098485v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Ackooij" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouia Taktak" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Thomopulos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2018.07.040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105303v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ky Khac Vu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-016-9846-7" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105301v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mencarelli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Sahraoui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13675-016-0069-8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105302v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Hamadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.12292" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105295v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-016-0493-6" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093060v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Masson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01120652v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cassioli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bouvier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alves" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-015-0451-1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935211v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cafieri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2012.03.030" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093056v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912660v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934665v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogar&#232;de" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311305863" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756941v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Jon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Lee S." TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-011-0302-6" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756943v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-011-0358-3" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756940v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-011-9402-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758042v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lodi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10107-012-0608-x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756939v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999308v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Giakoumakis" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Krob" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Roda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934660v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.83.056105" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979205v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.046102" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934661v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aloise" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Caporossi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.046112" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935207v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.026105" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152406v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Chaer Nascimento" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/77/50006" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00123758v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Kucherenko" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152397v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163564v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Pantelides" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tsiakis" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Crombie" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747409v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90095-2_10" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534590v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dupont-Bouillard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703256v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04185420v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-38299-4_53" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185619v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Moncef Boukhatem" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Buscaldi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04006075v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon B. Hengeveld" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795996v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Boukhatem" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15743-1_16" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595252v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795867v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2022.21" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795941v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795960v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03636295v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hengeveld" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Malliavin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647687v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351011v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869238v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3366424.3391267" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030154v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542690v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542681v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647579v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Vanier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03021075v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thiry" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Manolescu" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350284v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869206v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-17953-3_33" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350282v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105286v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vernon Austel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeeb Dash" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oktay Gunluk" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lior Horesh" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01178894v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02284385v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lizon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C d'Ambrosio" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;le Le Ravalec" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sinoquet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912698v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756945v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756946v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758539v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758538v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938524v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30850-5_8" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00727540v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hijazi" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Diallo" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Weidmann" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DCC.2012.33" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00637771v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00941976v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Miller" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934763v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00614545v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Iwaza" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Al Agha" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979214v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Savourey" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15582-6_50" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938438v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00687531v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talbi El-Ghazali" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA.2010.5586983" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00940949v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00979219v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17458-2_7" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-6V527K1G-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934795v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938437v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2010.5607836" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934772v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561114v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Marinelli" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Weck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217842v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tarissan" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo La Rota" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217839v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154162v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chirstine Plateau" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alfandari" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125267v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Plateau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163555v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Amaldi" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maffioli" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105293v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2017.5" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04545776v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105299v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weldon Lodwick" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Mendon&#231;a da Costa" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105298v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912679v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217897v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Nannicini" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747403v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795902v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395333v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-86433-0_14" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250704v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63072-0_8" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869682v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34960-8_18" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03030294v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350281v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michalis Vazirgiannis" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_9" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105077v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Salgado" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105082v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bauguion" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96151-4_7" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105079v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99142-9_11" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105081v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Scozzari" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Tardella" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105289v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105297v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105291v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-68445-1_95" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00782869v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Beeker" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Glusa" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-5128-0_5" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-9NMXVTWH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912692v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912689v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00769671v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Miller" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-5131-0_1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554416v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217899v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01085-9_7" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00935464v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560092v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Caprara" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372883v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310161v3" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Le Duc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646663v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613385v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404586v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dupuy" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263306v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bienstock" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892020v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748901v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748884v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747642v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00912710v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina de Cola" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Felice" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163562v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163561v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163563v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676343v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>