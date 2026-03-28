--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -125,182 +125,182 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des outils numériques d'aide à la décision pour la conception et l'évaluation participative d'organisations alternatives de l'économie</w:t>
+                <w:t xml:space="preserve">Les échelles de la transition écologique Méthodes, défis, controverses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yatina Calixte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+                <w:t xml:space="preserve">Léon Fauste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léon Fauste</w:t>
+                <w:t xml:space="preserve">Aurore Flipo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Jost</w:t>
+                <w:t xml:space="preserve">Angélique Palle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03595273v1</w:t>
+                <w:t xml:space="preserve">hal-03909606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aide au choix d'échelle géographique dans l'industrie productive par l'optimisation sous contraintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Fauste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -319,402 +319,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03560468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les échelles de la transition écologique Méthodes, défis, controverses</w:t>
+                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yatina Calixte</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Enzo Baquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Berthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Angélique Palle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03909606v1</w:t>
+                <w:t xml:space="preserve">hal-04005618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Enzo Baquet</w:t>
+                <w:t xml:space="preserve">Atelier réflexif autour des jeux sérieux : compte-rendu d'atelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Berthe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+                <w:t xml:space="preserve">Anne-Laure Fougères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Delaballe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+                <w:t xml:space="preserve">Léon Fauste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Pernin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04005618v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03909932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier réflexif autour des jeux sérieux : compte-rendu d'atelier</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Des outils numériques d'aide à la décision pour la conception et l'évaluation participative d'organisations alternatives de l'économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Fauste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Pernin</w:t>
+                <w:t xml:space="preserve">Vincent Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03909932v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -869,51 +869,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560468v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909606v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatina Calixte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Flipo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Palle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909932v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Foug&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delaballe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909606v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yatina Calixte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Flipo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Palle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560468v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909932v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Foug&#232;res" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delaballe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pernin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>