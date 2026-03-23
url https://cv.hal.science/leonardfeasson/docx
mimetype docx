--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -234,373 +234,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05042409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased muscle satellite cell content and preserved telomere length in response to combined exercise training in patients with FSHD</w:t>
+                <w:t xml:space="preserve">Recovery of Fatigue, Cardiorespiratory Fitness, and Neuromuscular Function in COVID-19 ICU Patients: A 6-Month Follow-Up Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscar Horwath</w:t>
+                <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Montiel‐rojas</w:t>
+                <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Ponsot</w:t>
+                <w:t xml:space="preserve">Callum G Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fawzi Kadi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Gondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1113/JP287033⟩</w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57 (11), pp.2409 - 2418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1249/mss.0000000000003789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04967852v1</w:t>
+                <w:t xml:space="preserve">hal-05369458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery of Fatigue, Cardiorespiratory Fitness, and Neuromuscular Function in COVID-19 ICU Patients: A 6-Month Follow-Up Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased muscle satellite cell content and preserved telomere length in response to combined exercise training in patients with FSHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Foschia</w:t>
+                <w:t xml:space="preserve">Oscar Horwath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Callum G Brownstein</w:t>
+                <w:t xml:space="preserve">Diego Montiel‐rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Gondin</w:t>
+                <w:t xml:space="preserve">Elodie Ponsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Lapole</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fawzi Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 57 (11), pp.2409 - 2418. </w:t>
+              <w:t xml:space="preserve">The Journal of Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/mss.0000000000003789⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1113/JP287033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05369458v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery of Fatigue, Cardiorespiratory Fitness, and Neuromuscular Function in Covid-19 ICU Patients: A 6-Month Follow-Up Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -1040,90 +1040,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors Associated with Fatigue in COVID-19 ICU Survivors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum G Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1168,295 +1168,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05369416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of a Self-Autonomous Evaluation Station and Personalized Training Algorithm on Quality of Life and Physical Capacities in Sedentary Adults: Randomized Controlled Trial</w:t>
+                <w:t xml:space="preserve">Are females getting more fatigable as they age?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Mat</w:t>
+                <w:t xml:space="preserve">Mathilde Fiona Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Casali</w:t>
+                <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Le Mat</w:t>
+                <w:t xml:space="preserve">Guillaume Y Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Foschia</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Formative Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.e45461. </w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/45461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00421-024-05637-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806457v1</w:t>
+                <w:t xml:space="preserve">hal-04843916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are females getting more fatigable as they age?</w:t>
+                <w:t xml:space="preserve">Impact of a Self-Autonomous Evaluation Station and Personalized Training Algorithm on Quality of Life and Physical Capacities in Sedentary Adults: Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Fiona Bertrand</w:t>
+                <w:t xml:space="preserve">Yann Le Mat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Varesco</w:t>
+                <w:t xml:space="preserve">Corentin Casali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Y Millet</w:t>
+                <w:t xml:space="preserve">Franck Le Mat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lapole</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">JMIR Formative Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.e45461. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-024-05637-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/45461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843916v1</w:t>
+                <w:t xml:space="preserve">hal-04806457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidisciplinary team meetings in treatment of spinal muscular atrophy adult patients: a real-life observatory for innovative treatments</w:t>
               </w:r>
@@ -1576,90 +1576,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors Associated with Fatigue in COVID-19 ICU Survivors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Rimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1844,77 +1844,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring objective fatigability and autonomic dysfunction in clinical populations: How and why?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Y Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde F Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2125,51 +2125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motor Imagery Training Is Beneficial for Motor Memory of Upper and Lower Limb Tasks in Very Old Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Hilt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fiona Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2514,64 +2514,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance fatigability during isometric vs. concentric quadriceps fatiguing tasks in men and women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3050,103 +3050,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiorespiratory Fitness and Neuromuscular Function of Mechanically Ventilated ICU COVID-19 Patients*</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Y Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum G Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 50, pp.1555 - 1565. </w:t>
@@ -3184,90 +3184,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Very old adults show impaired fatigue resistance compared to old adults independently of sex during a knee-extensors isometric test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Luneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Féasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Rozand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3442,563 +3442,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of a pressure ventilatory support on quadriceps endurance is maintained after exercise training in severe COPD patients. A longitudinal randomized, cross over study</w:t>
+                <w:t xml:space="preserve">Local vibration training improves the recovery of quadriceps strength in early rehabilitation after anterior cruciate ligament reconstruction: A feasibility randomised controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Labeix</w:t>
+                <w:t xml:space="preserve">Claire Coulondre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Court Fortune</w:t>
+                <w:t xml:space="preserve">Robin Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Muti</w:t>
+                <w:t xml:space="preserve">Alexandre Rambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Berger</w:t>
+                <w:t xml:space="preserve">Étienne Dalmais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Chomette-Ballereau</w:t>
+                <w:t xml:space="preserve">Loïc Espeit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.1055023. </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 65 (4), pp.101441. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.1055023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04016636v1</w:t>
+                <w:t xml:space="preserve">hal-03467150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between Physical Activity, Quadriceps Muscle Performance, and Biological Characteristics of Very Old Men and Women</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Performance Determinants in Trail-Running Races of Different Distances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Sabater Pastor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marine Gueugneau</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 77 (1), pp.47-54. </w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (6), pp.844-851. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gerona/glab239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/ijspp.2021-0362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03749565v1</w:t>
+                <w:t xml:space="preserve">hal-03907760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local vibration training improves the recovery of quadriceps strength in early rehabilitation after anterior cruciate ligament reconstruction: A feasibility randomised controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association Between Physical Activity, Quadriceps Muscle Performance, and Biological Characteristics of Very Old Men and Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Varesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Coulondre</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Loïc Espeit</w:t>
+                <w:t xml:space="preserve">Alice Decourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2020.08.005⟩</w:t>
+              <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77 (1), pp.47-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gerona/glab239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03467150v1</w:t>
+                <w:t xml:space="preserve">hal-03749565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Determinants in Trail-Running Races of Different Distances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of a pressure ventilatory support on quadriceps endurance is maintained after exercise training in severe COPD patients. A longitudinal randomized, cross over study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labeix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Court Fortune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Muti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Sabater Pastor</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie Fanget</w:t>
+                <w:t xml:space="preserve">Stéphanie Chomette-Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physiology and Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (6), pp.844-851. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.1055023. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1123/ijspp.2021-0362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.1055023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03907760v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of race distance on performance fatigability in male trail and ultra‐trail runners</w:t>
               </w:r>
@@ -4118,51 +4118,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliability and agreement of a dynamic quadriceps incremental test for the assessment of neuromuscular function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgio Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Royer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4920,295 +4920,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficiency of an Optimized Care Organization in Fibromyalgia Patients: The From Intent to Move (FIMOUV) Study Protocol of a Randomized Controlled Trial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Colas</w:t>
+                <w:t xml:space="preserve">Degradation of energy cost with fatigue induced by trail running: effect of distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Sabater Pastor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Goutte</w:t>
+                <w:t xml:space="preserve">G. Varesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Creac'h</w:t>
+                <w:t xml:space="preserve">T. Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Koral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Fontana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Vericel</w:t>
+                <w:t xml:space="preserve">L. Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpubh.2021.554291⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 121 (6), pp.1665-1675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-021-04624-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372712v1</w:t>
+                <w:t xml:space="preserve">hal-03907780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation of energy cost with fatigue induced by trail running: effect of distance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Sabater Pastor</w:t>
+                <w:t xml:space="preserve">Efficiency of an Optimized Care Organization in Fibromyalgia Patients: The From Intent to Move (FIMOUV) Study Protocol of a Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Goutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Varesco</w:t>
+                <w:t xml:space="preserve">Christelle Creac'h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Besson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Koral</w:t>
+                <w:t xml:space="preserve">Luc Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Feasson</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Vericel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 121 (6), pp.1665-1675. </w:t>
+              <w:t xml:space="preserve">Frontiers in Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.554291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-021-04624-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpubh.2021.554291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03907780v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding Experiences of Fibromyalgia Patients Involved in the Fimouv Study During COVID-19 Lockdown</w:t>
               </w:r>
@@ -5220,51 +5220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Vericel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Barth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5895,51 +5895,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. C. Fortune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Verges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6042,51 +6042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thade Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series A: Biological Sciences and Medical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 74 (5), pp.608-615. </w:t>
@@ -6520,291 +6520,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02520159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistent low body weight in humans is associated with higher mitochondrial activity in white adipose tissue</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rate of force development and rapid muscle activation characteristics of knee extensors in very old men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Varesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Espeit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Féasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lapole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Rozand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ajcn/nqz144⟩</w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124, pp.110640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2019.110640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02279015v1</w:t>
+                <w:t xml:space="preserve">hal-02409448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rate of force development and rapid muscle activation characteristics of knee extensors in very old men</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Persistent low body weight in humans is associated with higher mitochondrial activity in white adipose tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiin Ling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Carayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Galusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carles Canto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Montaurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124, pp.110640. </w:t>
+              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 110 (3), pp.605-616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2019.110640⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ajcn/nqz144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409448v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02279015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beneficial effects of endurance exercise training on skeletal muscle microvasculature in sickle cell disease patients</w:t>
               </w:r>
@@ -7862,51 +7862,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eight weeks of local vibration training increases dorsiflexor muscle cortical voluntary activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Farabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8666,51 +8666,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex differences in active tibialis anterior stiffness evaluated using supersonic shear imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Souron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bordat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8946,64 +8946,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational and design of an overfeeding protocol in constitutional thinness: Understanding the physiology, metabolism and genetic background of resistance to weight gain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiin Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Galusca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Hager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10617,51 +10617,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chirico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Oyonno-Enguelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11985,90 +11985,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which severe COVID-19 patients may benefit the most from pulmonary rehabilitation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12235,51 +12235,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological aging of skeletal muscle in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12360,90 +12360,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Label-free quantitative protein profiling of the Human muscle during ultra-endurance exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Feasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12467,1083 +12467,1083 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence de prise de poids après 4 semaines de surnutrition lipidique chez les maigreurs constitutionnelles : Profil des hormones de la régulation de l'appétit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephen Bloom</w:t>
+                <w:t xml:space="preserve">Effets du syndrome métabolique sur les fibres musculaires chez l'homme âgé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gueugneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Barboiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Scientifique de la SFD, de la SFD Paramédical et de l'AJD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Nice, France. pp.A13-A14</w:t>
+              <w:t xml:space="preserve">Colloque Myogenèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01063632v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets du syndrome métabolique sur les fibres musculaires chez l'homme âgé</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Listrat</w:t>
+                <w:t xml:space="preserve">Absence de prise de poids après 4 semaines de surnutrition lipidique chez les maigreurs constitutionnelles : Profil des hormones de la régulation de l'appétit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Galusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Feasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Grouselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Bloom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Myogenèse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Réunion Scientifique de la SFD, de la SFD Paramédical et de l'AJD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Nice, France. pp.A13-A14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748572v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue etiology in COVID-19 patients admitted in ICU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djahid Kennouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Foschia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum Brownstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Gondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lapole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18èmes journées de la Société Française de Myologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04904749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Project of playul and automatized assessment of motor function in patients with NMD: MFM-Digital study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Vincent-Genod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Vincent-Genod</w:t>
+                <w:t xml:space="preserve">J. Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Coton</w:t>
+                <w:t xml:space="preserve">Adriana Gomes Lisboa de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Gomes Lisboa de Souza</w:t>
+                <w:t xml:space="preserve">A Daron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId476" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Servais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ème Conférence de la European Academy of Childhood Disability (EACD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02192638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROJECT OF PLAYFUL AND AUTOMATIZED ASSESSMENT OF MOTOR FUNCTION IN PATIENTS WITH NMD: MFM-DIGITAL STUDY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vincent-Genod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Gomes Lisboa de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Coton</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriana Gomes Lisboa de Souza</w:t>
+                <w:t xml:space="preserve">Daron Acemoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Servais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ème Conférence de la European Academy of Childhood Disability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04849816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle loss associated changes of oxylipin signatures during biological aging: an exploratory study from the PROOF cohort</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thade Konrad</w:t>
+                <w:t xml:space="preserve">Vieillissement biologique du muscle squelettique chez l'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alice Decourt</w:t>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Workshop on Lipid Mediators</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. 2018, Book of Abstracts</w:t>
+              <w:t xml:space="preserve">Journée de la Recherche 2018, Ecole Doctorale Sciences, Ingénierie, Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Saint-Etienne, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01930382v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01811440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement biologique du muscle squelettique chez l'Homme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Muscle loss associated changes of oxylipin signatures during biological aging: an exploratory study from the PROOF cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika I Ostermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thade Konrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Léonard Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Recherche 2018, Ecole Doctorale Sciences, Ingénierie, Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Saint-Etienne, France. 2018</w:t>
+              <w:t xml:space="preserve">7th European Workshop on Lipid Mediators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Bruxelles, Belgium. 2018, Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01811440v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle loss associated changes of oxylipin signatures during biological aging: an exploratory study from the PROOF cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annika I. Ostermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thade Konrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. journée scientifique du GIS IMBL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Clermont-Ferrand, France. , 31 p., 2018, 18ème journée scientifique du GIS IMBL. Lipides Nutrition and Santé</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01810430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet d’un exercice d’ultra-endurance sur le muscle squelettique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13552,120 +13552,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Feasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bechet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Clermont-Ferrand, France. n.p., 2017, Journée Scientifique du CRNH Auvergne 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The coordinated up-regulation of the ubiquitin-proteasome and autophagy-lysosomal pathways strongly alters the Human muscle proteome during ultra-endurance exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13710,194 +13710,194 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Proteasomes &amp; Autophagy Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Clermont-Ferrand, France. 320 p., 2016, 7th Proteasomes &amp; Autophagy Workshop</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein profiling of the Human muscle during ultra-endurance exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile C. Coudy-Gandilhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Feasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Académie de Médecine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Saint-Etienne, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement musculaire : effet du syndrome métabolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13919,110 +13919,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Clermont-Ferrand, France. , 2013, 6ème Journée scientifique du CNRH Auvergne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syndrome métabolique : effet sur le muscle squelettique lors du vieillissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14044,110 +14044,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique de l'Ecole Doctorale Sciences de la Vie et de la Santé, Agronomie, Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Clermont-Ferrand, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syndrome métabolique et vieillissement : effet sur le muscle squelettique humain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14169,110 +14169,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée Scientifique du CRNH Auvergne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Clermont-Ferrand, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du syndrome métabolique sur le muscle squelettique lors du vieillissement chez l’Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14294,110 +14294,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème journée de la Recherche IFR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic syndrome alters the proportion and morphology of skeletal muscle myofibres in elderly men</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14419,102 +14419,102 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Barboiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Listrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSR 2011 International Conference on Sarcopenia Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Toulouse, France. , Journal of Nutrition, Health and Aging, 15 (6), 2011, ICSR 2011 International Conference on Sarcopenia Research Wednesday 8th &amp; Thursday 9th June, 2011 Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02749655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId495"/>
+      <w:footerReference w:type="default" r:id="rId494"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14661,51 +14661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042409v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan P. Perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gerey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Y. M. Morio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard F&#233;asson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo A. Kerherve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003599" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967852v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Horwath" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Montiel&#8208;rojas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ponsot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Kadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287033" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286935v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vincent-Genod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barri&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine de Lattre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tinat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000534" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713918v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Lloria-Varella" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Koral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ravel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Murias" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003357" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806457v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Casali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Mat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/45461" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fiona Bertrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y Millet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-024-05637-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667757v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Magot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Noury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-03008-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003455" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150774v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gallay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Comarmond" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12900" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715404v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde F Bertrand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rozand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2023.1140833" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713873v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Murias" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-023-05249-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04087999v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hilt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Mourey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043541" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812189v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Berre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fanget" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Savall" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Killian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20156513" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03596523v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Stalens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Villa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eng" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-021-01793-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894502v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Royer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Singh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Parent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2022.102715" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04555819v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Messonnier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oyono-Engu&#233;ll&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vincent" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14030501" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Januel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Merlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bartolucci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1369/00221554221103905" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075001v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Four&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Besson" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Stauffer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Skinner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14203" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302820v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000005641" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04894444v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Luneau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2022.111732" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04016636v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeix" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Court Fortune" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Muti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berger" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chomette-Ballereau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1055023" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749565v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decourt" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab239" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467150v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coulondre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rambaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dalmais" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espeit" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.08.005" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907760v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sabater Pastor" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2021-0362" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03272026v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Temesi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vincent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14004" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492975v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2020.102503" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301647v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boscaro" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11154-021-09650-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474956v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Notarnicola" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C Meli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Hugon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222312985" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03263341v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorka Fern&#225;ndez-Eulate" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Querin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Moore" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Behin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masingue" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14821" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D&#8217;humi&#232;res" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dalmais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Lacour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00855.2020" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372712v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Goutte" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Creac'h" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fontana" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Vericel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.554291" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907780v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varesco" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Feasson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04624-5" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372975v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jumel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Manzanares" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.645092" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011995v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boileau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-020-01895-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011948v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Germain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Estour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2020-0068" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04560727v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Maciejewski" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bourdin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Andr&#233; Messonnier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1225-6741" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589471v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1186-1761" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396247v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labeix" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. C. Fortune" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Verges" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/copd.s216347" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123208v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dalle" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika I Ostermann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thade Konrad" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/gly187" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425394v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravelojaona" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bendahan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001757" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465041v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnabas Gellen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lacroix" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peyrot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rupp" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000001993" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279015v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiin Ling" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carayol" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Galusca" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Canto" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz144" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409448v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2019.110640" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383605v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Merlet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gellen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2019001055" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407548v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raffin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Garet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Busso" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2017.12.097" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465636v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Balog" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remko Goossens" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J L F Lemmers" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten R Straasheijm" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick J van Der Vliet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmedgenet-2017-105153" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128950v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Galact&#233;ros" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-3026(18)30163-7" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923885v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Galusca" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verney" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meugnier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ling" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13097" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465099v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gergel&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-5013-8" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369159v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Papadopoulos" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Orlikowski" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Prigent" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lacour" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Tard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2017.06.007" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158871v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mariot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joubert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hourd&#233;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. F&#233;asson" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hanna" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NMD.2017.06.026" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409537v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Farabet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belli" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y. Millet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00793.2016" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158311v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NMD.2017.06.490" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481602v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hanna" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01486-4" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470408v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4040032" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470349v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry-Cyrille Bankol&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bachasson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000004497" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738705v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Denis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00223" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409559v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bordat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.08.008" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636427v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hager" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Valsesia" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.06.001" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498305v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Costes" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry R. Gosker" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Desgeorges" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Kelders" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00557.2014" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431338v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roche" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Portilho" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sacconi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Puppo" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.24446" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659900v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick J. Arnal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Cartier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000540" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02473866v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Djoubairou" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2015.01.023" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498532v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bachasson" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Temesi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bankole" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagrange" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boutte" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.08.001" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPHXM78B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659906v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000207" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498680v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robach" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-C. Boisson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lundby" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moutereau" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2012.01481.x" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-21LHVJKX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01882377v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica N. Chirico" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faes" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01452.2011" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01163943v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samb" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tripette" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Doubi Gogh" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gylna Loko" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-2011-1524" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933164v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Banimbek" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macias Dohbobga" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01573.2011" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01883944v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fa&#1105;s" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chirico" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oyonno-Enguelle" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-1716.2012.02434.x" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09689483819332C3EA4D3653597AB7CEF79D8790/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779047v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wuyam" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2012.10.007" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN7D3Q7N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659915v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Tomazin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Verg&#232;s" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Vincent" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bonnefoy" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0017059" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01859191v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Banfi" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2009.01001.x" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GVP5812Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931583v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L Peltier" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirvent" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Morin" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1550-2783-8-22" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03265323v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhr Frank" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehyun Shin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Aufradet" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-2010-1291" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00629866v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Uro-Soste" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bassez" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Butori" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2010.03.015" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01859281v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Degache" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-009-1194-3" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8EF9F69019684F0A1374C40E35EF7547B7AD9629/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280238v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merlet" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lac&#232;ne" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nelson" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brochier" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labasse" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2023.07.136" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076494v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hautier" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902132v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lapole" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799543v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ic Roche" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799542v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roche" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739842v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Chambon" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063632v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grouselle" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bloom" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748572v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904749v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192638v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent-Genod" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coton" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Gomes Lisboa de Souza" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Daron" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Servais" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849816v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Coton" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daron Acemoglu" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Servais" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930382v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811440v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810430v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika I. Ostermann" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733703v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594814v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799953v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750252v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859275v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859271v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859279v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749655v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042409v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan P. Perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gerey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Y. M. Morio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard F&#233;asson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo A. Kerherve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003599" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369458v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djahid Kennouche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Foschia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum G Brownstein" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gondin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lapole" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003789" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967852v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Horwath" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Montiel&#8208;rojas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ponsot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzi Kadi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287033" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185961v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Brownstein" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003789" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252178v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sanson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderhmane Slioui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Klouvi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lejeune" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03877-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286935v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vincent-Genod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Roche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Barri&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine de Lattre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tinat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000534" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713918v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Lloria-Varella" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Koral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ravel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Murias" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003357" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369416v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rimaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000003455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843916v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fiona Bertrand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Varesco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y Millet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-024-05637-6" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806457v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Mat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Casali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Le Mat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/45461" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667757v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Salort-Campana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Sol&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Magot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Noury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-03008-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664149v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003455" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150774v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gallay" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allenbach" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cloe Comarmond" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12900" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715404v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde F Bertrand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Rozand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2023.1140833" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713873v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Murias" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-023-05249-6" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04087999v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hilt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Mourey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043541" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812189v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Berre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fanget" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Savall" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Killian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20156513" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03596523v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Stalens" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guien" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Villa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Eng" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-021-01793-6" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894502v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Royer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Singh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Parent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2022.102715" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04555819v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Messonnier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oyono-Engu&#233;ll&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vincent" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dubouchaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chatel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14030501" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Januel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Merlet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hourd&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Bartolucci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1369/00221554221103905" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075001v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Four&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Besson" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Stauffer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Skinner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bouvier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14203" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302820v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000005641" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04894444v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Luneau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2022.111732" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776164v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gueugneau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chambon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Taillandier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Combaret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23073713" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467150v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coulondre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Souron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rambaud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Dalmais" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Espeit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.08.005" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907760v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sabater Pastor" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/ijspp.2021-0362" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749565v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decourt" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glab239" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04016636v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labeix" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Court Fortune" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Muti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Berger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chomette-Ballereau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1055023" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03272026v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Temesi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vincent" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.14004" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492975v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2020.102503" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301647v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Bailly" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Boscaro" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Boirie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11154-021-09650-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474956v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meyer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Notarnicola" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albano C Meli" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Hugon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222312985" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03263341v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gorka Fern&#225;ndez-Eulate" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Querin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Moore" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Behin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Masingue" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14821" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392256v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D&#8217;humi&#232;res" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Dalmais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Lacour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00855.2020" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238377v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Verney" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084205" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907780v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Varesco" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Besson" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Feasson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-021-04624-5" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372712v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Goutte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Creac'h" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fontana" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Vericel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2021.554291" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372975v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jumel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Barth" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Manzanares" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.645092" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011995v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Boileau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00418-020-01895-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03011948v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Germain" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Costes" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Estour" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2020-0068" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04560727v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Maciejewski" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bourdin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Andr&#233; Messonnier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1225-6741" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589471v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Feasson" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1186-1761" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396247v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labeix" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berger" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. C. Fortune" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Verges" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/copd.s216347" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123208v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dalle" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika I Ostermann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thade Konrad" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/gly187" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425394v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ravelojaona" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bendahan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000001757" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465041v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnabas Gellen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lacroix" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Peyrot" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rupp" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/mss.0000000000001993" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02520159v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2019.0458" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409448v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2019.110640" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02279015v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiin Ling" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Carayol" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Galusca" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Canto" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz144" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383605v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Merlet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel B&#233;chet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gellen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood.2019001055" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407548v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raffin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Garet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Busso" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jamda.2017.12.097" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465636v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judit Balog" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remko Goossens" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J L F Lemmers" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten R Straasheijm" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick J van Der Vliet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmedgenet-2017-105153" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128950v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Galact&#233;ros" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2352-3026(18)30163-7" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923885v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Galusca" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verney" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Meugnier" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ling" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Edouard" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13097" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02465099v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gergel&#233;" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Morel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-017-5013-8" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369159v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Papadopoulos" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Orlikowski" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Prigent" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lacour" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Tard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2017.06.007" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158871v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mariot" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Joubert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hourd&#233;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. F&#233;asson" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hanna" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NMD.2017.06.026" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409537v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Farabet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belli" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Y. Millet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00793.2016" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158311v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.NMD.2017.06.490" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481602v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mariot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hanna" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01486-4" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470408v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Centeno" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile C. Coudy-Gandilhon" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes4040032" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02470349v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry-Cyrille Bankol&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Millet" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bachasson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/md.0000000000004497" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738705v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Denis" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2016.00223" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409559v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bordat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.08.008" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297805v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Meunier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2016.01.013" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6PNHNZ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636427v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Hager" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Valsesia" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.06.001" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812812v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Barboiron" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gerona/glu086" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498305v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Costes" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry R. Gosker" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Desgeorges" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Kelders" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00557.2014" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431338v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roche" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Portilho" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Sacconi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Puppo" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.24446" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659900v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick J. Arnal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Cartier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000540" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02473866v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Djoubairou" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2015.01.023" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498532v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bachasson" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Temesi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bankole" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagrange" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boutte" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2013.08.001" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPHXM78B-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659906v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martin" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000000207" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02498680v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robach" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-C. Boisson" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vincent" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lundby" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moutereau" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2012.01481.x" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-21LHVJKX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01882377v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica N. Chirico" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Faes" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01452.2011" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-01163943v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Samb" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tripette" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Doubi Gogh" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gylna Loko" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-2011-1524" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01933164v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Banimbek" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Macias Dohbobga" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.01573.2011" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01883944v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fa&#1105;s" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chirico" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oyonno-Enguelle" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-1716.2012.02434.x" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09689483819332C3EA4D3653597AB7CEF79D8790/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00779047v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Wuyam" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2012.10.007" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CN7D3Q7N-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01659915v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Tomazin" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Verg&#232;s" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Vincent" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bonnefoy" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0017059" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01859191v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Banfi" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2009.01001.x" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GVP5812Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931583v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L Peltier" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirvent" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Beno&#238;t Morin" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1550-2783-8-22" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-antilles.hal.science/hal-03265323v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Connes" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhr Frank" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehyun Shin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Aufradet" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/CH-2010-1291" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00629866v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Uro-Soste" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bassez" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Butori" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2010.03.015" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01859281v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Degache" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-009-1194-3" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8EF9F69019684F0A1374C40E35EF7547B7AD9629/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280238v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merlet" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lac&#232;ne" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nelson" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brochier" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labasse" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nmd.2023.07.136" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076494v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hautier" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902132v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lapole" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799543v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ic Roche" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799542v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roche" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739842v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bechet" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748572v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Listrat" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063632v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grouselle" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bloom" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904749v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192638v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vincent-Genod" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coton" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Gomes Lisboa de Souza" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Daron" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Servais" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849816v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Coton" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daron Acemoglu" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Servais" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811440v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930382v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810430v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika I. Ostermann" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733703v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bechet" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594814v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799953v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750252v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859275v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859271v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859279v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749655v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>