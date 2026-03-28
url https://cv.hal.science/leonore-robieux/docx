--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -195,265 +195,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a better Comprehension and Management of Pain and Psychological Distress in Parkinson’s: The Role of Catastrophizing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvia Zimmers</w:t>
+                <w:t xml:space="preserve">Understanding students’ motivations for participating in a mindfulness course: a qualitative analysis of medical students’ views</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Brami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonore Robieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Aude Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honorine Gartili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/08919887231154932⟩</w:t>
+              <w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12906-023-03949-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193963v1</w:t>
+                <w:t xml:space="preserve">hal-04190795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding students’ motivations for participating in a mindfulness course: a qualitative analysis of medical students’ views</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Sultan</w:t>
+                <w:t xml:space="preserve">Towards a better Comprehension and Management of Pain and Psychological Distress in Parkinson’s: The Role of Catastrophizing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Zimmers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonore Robieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Bungener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (5), pp.351-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12906-023-03949-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/08919887231154932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190795v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Does a Stone Carver Create? A Participatory Case Study</w:t>
               </w:r>
@@ -1564,51 +1564,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zimmers" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Robieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193963v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08919887231154932" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190795v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Brami" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sultan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Aude Piot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Gartili" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-03949-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238800v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Botella" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Frantz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jocb.602" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04062395v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgiane Bridou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725104v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Dumouilla" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guegan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03069885.2021.1900776" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024153v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cade Andrew Mccall" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zenasni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2018.00026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02275380v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#233;dart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis C. Antoniou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex P. Cunningham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Pauw" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10689-017-0014-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024147v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zenasni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Flahault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Tavani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.12.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024174v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Karsenti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pocard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2017.06.024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024176v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Myszkowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brunet-Gouet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Roux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.05.047" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848055v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bungener" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Zimmers" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onore Robieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190795v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Brami" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Sultan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Aude Piot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honorine Gartili" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-023-03949-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08919887231154932" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238800v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Botella" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Frantz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jocb.602" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04062395v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgiane Bridou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725104v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Dumouilla" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guegan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03069885.2021.1900776" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024153v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertrand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cade Andrew Mccall" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zenasni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2018.00026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02275380v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Br&#233;dart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis C. Antoniou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex P. Cunningham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine de Pauw" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10689-017-0014-x" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024147v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Zenasni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Flahault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Tavani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.12.003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024174v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Karsenti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pocard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flahault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2017.06.024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024176v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Myszkowski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Brunet-Gouet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Roux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mal&#233;zieux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.05.047" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>