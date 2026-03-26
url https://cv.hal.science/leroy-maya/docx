--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1142,355 +1142,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01529019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Land-use Change Modeling in a Brazilian Indigenous Reserve: Construction of a Reference Scenario for the Suruí REDD Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Suzanne Marie Nathalie Vitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Cardoso Carrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariano Colini Cenamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Mauricio Lima A. Graça</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (6), pp.807-826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10745-013-9613-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Décisions stratégiques dans la rivalité entre standards de qualité : le cas de la certification forestière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 17 (2), pp.84-104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1015402ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STRATÉGIES DE PARTAGE ET DIFFUSION DE DONNÉES PUBLIQUES ENVIRONNEMENTALES : CAS D'ÉTUDE EN AMAZONIE FRANÇAISE ET BRÉSILIENNE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27 (1-2), pp.60-87. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/netcom.1265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466515v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">hal-01466513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delivering on environmental commitments? Guidelines and evaluation framework for an ‘‘on-board’’ approach</w:t>
               </w:r>
@@ -1725,222 +1725,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00740206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Concern-Focused Evaluation for Ambiguous and Conflicting Policies: An Approach From the Environmental Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mermet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Bille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Journal of Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 31 (2), pp.180--198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1098214010366047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00715465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">LA GOUVERNANCE D’UNE ONG DE CONSERVATION DE LA NATURE. PERSPECTIVE STRATÉGIQUE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques et Management public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 27 (1), pp.130-148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/vertigo.14221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466544v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-00715465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moroccan Forestry Policies and Local Forestry Management in the High Atlas: A Cross Analysis of Forestry Administration and Local Institutions</w:t>
               </w:r>
@@ -2093,273 +2093,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">PARCS AGROFORESTIERS SAHELIENS : de la conservation à l'aménagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smektala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël J. Manlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 16 (2), pp.1-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01420215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’analyse stratégique de la gestion environnementale : un cadre théorique pour penser l’efficacité en matière d’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Bille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-B. Narcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 13 (2), pp.127-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466591v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-01420215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foliar Disease of Tomato Caused by Corynespora cassiicola in Manaus</w:t>
               </w:r>
@@ -3041,51 +3041,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquestration du carbone et usage durable des savanes ouest-africaines : synergie ou antagonisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël J. Manlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Freschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3375,50 +3375,175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les dispositifs de gestion durable des forêts : vers une logique de marché pour quelles performances environnementales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Vendé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Derroire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Leménager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Falque, Max and Lamotte, H. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ressources agricoles et forestières Droits de propriété, économie et environnement / Agriculture and Forestry, Property rights, economics and environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.107-120, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La gestion patrimoniale : innovations et limites de 25 ans de recherche d’une gestion concertée de l’environnement rural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3431,427 +3556,302 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Charles, Lionel and Lange, Hellmuth and Kalaora, Bernard and Rudolf, Florence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnement et sciences sociales en France et en Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmatan, pp.389-410, 2014, Collection « Sociologies et environnement »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les dispositifs de gestion durable des forêts : vers une logique de marché pour quelles performances environnementales ?</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondements critiques de l'analyse de la performance environnementale des dispositifs de développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Falque, Max and Lamotte, H. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palpacuer, Florence and Leroy, Maya and Naro, Gérald. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ressources agricoles et forestières Droits de propriété, économie et environnement / Agriculture and Forestry, Property rights, economics and environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.107-120, 2014</w:t>
+              <w:t xml:space="preserve">Management, Mondialisation et Ecologie : Regards critiques en sciences de gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Hermès Science Publications, pp.281-304, 2010, Traité IC2 Technologies et développement durable, 978-2746221444</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...22 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’environnement : l’écologie comme finalité et comme responsabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Palpacuer, Florence and Leroy, Maya and Naro, Gérald. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management, mondialisation, écologie. Regards critiques en sciences de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Hermes Science Publications, Lavoisier, pp.17-36, 2010, coll. « Technologies et développement »</w:t>
+              <w:t xml:space="preserve">, Hermes Science Publications, Lavoisier, pp.259-260, 2010, coll. « Technologies et développement »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Face à une hégémonie managériale mondialisée, quelles recherches critiques en sciences de gestion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Palpacuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Palpacuer, Florence and Leroy, Maya and Naro, Gérald. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management, mondialisation, écologie. Regards critiques en sciences de gestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Hermes Science Publications, Lavoisier, pp.259-260, 2010, coll. « Technologies et développement »</w:t>
+              <w:t xml:space="preserve">, Hermes Science Publications, Lavoisier, pp.17-36, 2010, coll. « Technologies et développement »</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-01466545v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altermanagement, mondialisation, écologie (AME) : pour une perspective critique en sciences de gestion</w:t>
               </w:r>
@@ -4231,51 +4231,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economizing carbon emissions by reducing future deforestation to promote sustainability: critical analysis of a local indigenous voluntary REDD+ project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Suzanne Marie Nathalie Vitel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finance as a response to global environmental crises? Critical analysis of the ‘economicization’ of carbon emissions and biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre for Globalisation and Governance, Universität Hamburg, Nov 2017, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4363,50 +4363,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02414871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Evaluation environnementale et Responsabilité sociale de l’entreprise. Fausses proximités et vrais conflits d’intérêts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire national sur l’évaluation environnementale. L’EE au-delà des procédures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Environmental efficiency of protected areas: a qualitative assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4415,73 +4484,267 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53ème conférence de "Annual meeting of the association for tropical biology and conservation" (ATBC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aborder les problèmes d’environnement comme des situations de gestion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbier R.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.J Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier de recherche, GESTE, CGS-I3, G-Eau, MRM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Limites des politiques pour la lutte contre le changement climatique et leur décalage avec les logiques de gestion locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Le changement climatique impact sur les écosystèmes tropicaux. Mécanismes biologiques et implication pour l’utilisation des plantes par les êtres humains »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institutionalisation of environmental movements: the case of protected areas in the Amazon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4497,746 +4760,647 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">53rd ATBC Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Limites des politiques pour la lutte contre le changement climatique et leur décalage avec les logiques de gestion locale</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle est la place du terrain dans les recherches critiques en management ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Le changement climatique impact sur les écosystèmes tropicaux. Mécanismes biologiques et implication pour l’utilisation des plantes par les êtres humains »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Table ronde du 3ème Atelier doctoral « Perspectives Critiques en Management » avec Palpacuer F.,Taskin L., Balas N.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montpellier, France. pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">F.J Daniel</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mobilisation des communautés locales et indigènes dans REDD+. L’expérience du projet Suruí en Terre indigène d’Amazonie Brésilienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Vitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Martin Fearnside</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de recherche, GESTE, CGS-I3, G-Eau, MRM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">CoP21 - Convention-cadre des Nations Unies sur les changements climatiques Side Event « REDD+ : à l’interface de la biodiversité, des changements climatiques et des droits de l’homme »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accounting for sustainability in public forest exploitation: Limits and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire national sur l’évaluation environnementale. L’EE au-delà des procédures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">15th Annual Conference of the EURAM “Uncertainty is a great opportunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence de l’équilibre public / privé sur l’opérationnalisation du développement durable : Le cas de l’exploitation forestière durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xème Congrès du RIODD (Réseau International de Recherche sur les Organisations et le Développement Durable) « Opérationnaliser le développement durable : public ou privé ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The New Spirit of Green Capitalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop « From sustainable development to Green capitalism: milestones in the marketization of nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations indigénistes brésiliennes à l’épreuve du marché carbone volontaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Vitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Martin Fearnside</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier d’échange ANR PRIGOUE ET GEODD « Les ONG et les associations à l’épreuve du néolibéralisme »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...232 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indigenous associations testing the voluntary carbon market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Suzanne Marie Nathalie Vitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop « From sustainable development to Green capitalism: milestones in the marketization of nature »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité des aires protégées en forêt amazonienne. Apport d’une approche comparative France / Brésil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5252,306 +5416,224 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire international du Centre d’études de la biodiversité amazonienne « Amazonian Biodiversity in Society »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Cayenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Protected areas: Archetypal or alternative model for environmental management ? A comparison of strategies and arrangements used in the Amazon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table ronde du 3ème Atelier doctoral « Perspectives Critiques en Management » avec Palpacuer F.,Taskin L., Balas N.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Montpellier, France. pp.24</w:t>
+              <w:t xml:space="preserve">EURAM 14th Annual Conference « Waves and Winds of Strategic Leadership for Sustainable Competitiveness »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...115 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle est la place du terrain dans les recherches critiques en management ? Apport de la socio-anthropologie du changement social pour une perspective critique en gestion de l’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Séminaire de Recherche Critique en Management, MRM Université de Montpellier, LSM Université Catholique de Louvain, DRM Université de Paris-Dauphine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of multi-scalar networks in the strategic construction of environmental protected areas. Qualitative analysis in an Amazonian context: comparison between French (Guiana) and Brazilian (Amapa) environmental policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5567,139 +5649,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30st EGOS Colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466511v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-01466510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical analysis of environmental management arrangements</w:t>
               </w:r>
@@ -6072,759 +6072,841 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Standardization Process and Strategic Competitive Decision: What come First in the Rivalry Between Quality Standards?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 31st Strategic Management Society, SMS Annual International Conference Strategies for a Multi-Polar World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Miami, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’écologie comme finalité et comme responsabilité. Pour le développement d’approches critiques en sciences de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Sciences humaines et gestion de l’eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place des politiques d’environnement et leurs enjeux sociaux lors des conflits sur le partage de l’eau ? Le cas du fleuve Sénégal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Agorra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Rennes, AgroCampus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03009523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Does rivalry between quality standards mean war? The sponsors’ strategic decisions in a competitive situation between quality standards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EURAM 11th Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Tallinn, Estonia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les quatre figures du développement durable, ou la récupération d’une critique écologique par sa normalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lauriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">54th Annual Conference Administrative Sciences Association of Canada (ASAC) « What Matters Most »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analise Estrategica da Gestao Ambiental et Avalançao ambiental de politicas publicas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conferência o Centro de Desenvolvimento Sustentavel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Brasilia, Brazil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un manager responsable et critique sur ses propres pratiques. Renouveler la pensée et l’action managériales, avec F. Joly, Palpacuer F., Vercher C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence suivi d’une table ronde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand la rivalité signifie la guerre : les décisions stratégiques des sponsors dans la concurrence entre standards de qualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXème Conférence de l’Association Internationale de Management Stratégique (AIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concept et dispositifs de gestion durable des forêts tropicales : une analyse critique de la prise en charge des enjeux environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...205 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Derroire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Vendé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Espinosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIième colloque international SIFEE en évaluation environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Yaoundé, Cameroon. pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partage de l’eau : une analyse stratégique environnementale. Qui peut agir et comment ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Agorra « Partage de l’eau: un nouvel enjeu pour nos sociétés? Le cas de l’Afrique de l’Ouest »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Rennes, France. pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delivering on Environmental Commitments? Guidelines for the « On-Board » Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6840,415 +6922,333 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire international du Comité Scientifique Français de la Désertification (CSFD) « Politiques, programmes et projets de lutte contre la désertification : quelles évaluations ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Montpellier, France. pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Standardization Process and Strategic Competitive Decision: What come First in the Rivalry Between Quality Standards?</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Management, Mondialisation et Ecologie : Regards critiques en sciences de gestion avec Palpacuer F., Naro G., Vercher C., Joly C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Mione</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 31st Strategic Management Society, SMS Annual International Conference Strategies for a Multi-Polar World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Miami, France</w:t>
+              <w:t xml:space="preserve">Conférence Agropolis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'écologie comme finalité et comme responsabilité. Table ronde avec Palpacuer F., Le Roy F., Balas N.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIXème Conférence de l’Association Internationale de Management Stratégique (AIMS) « Management, Mondialisation, Ecologie : Regards critiques en sciences de gestion »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Luxembourg, Luxembourg. pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La théorie de l'acteur-réseau et les sciences de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire FCCS-ERFI (Finance, Comptabilité, Contrôle, Stratégie) et CREGO-COST (Contrôle et Stratégie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écologie comme finalité et comme responsabilité : pour le développement d’approches critiques en Sciences de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Développement durable et économie de l’environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466546v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-01466550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écologie comme finalité et comme responsabilité. Management, Mondialisation et Ecologie : Regards critiques en sciences de gestion</w:t>
               </w:r>
@@ -7297,820 +7297,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Common property forest management and community forestry : what prospects for a fruitful engagement ? Case study from Morocco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Romagny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on smallholder and community forest management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Développement durable, 25 après Brundtland: Bilan et perspectives critiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lauriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Daviron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier Développement Durable de l’Association Internationale de Management Stratégique (AIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...73 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A conservação de zonas ripárias no Estado de São Paulo, Brasil: o Projeto de Recuperação de Matas Ciliares à luz da Análise Estratégica da Gestão Ambiental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uehara T.H.K.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Mantovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resende R.U.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduarte M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on smallholder and community forest management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Montpellier, France</w:t>
+              <w:t xml:space="preserve">1º Congresso Lusófono sobre Ambiente e Energia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidade Nova de Lisboa, Sep 2009, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01699762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sciences de la conservation et sciences de gestion : une interdisciplinarité fructueuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Réveil du Dodo III. 3èmes journées francophones des sciences de la conservation de la biodiversité « Peut- on faire de la biologie de la conservation sans les sciences de l’Homme et de la Société ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standards War in Forest management: The FSC and PEFC Rivalry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Irola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th EURAS European Academy for Standardization, Workshop on Standardisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Cergy Pontoise, France. pp.199-212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A formulação da política para conservação de áreas ribeirinhas do Estado de São Paulo, Brasil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. H. K. Uehara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Mantovani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1º Congresso Lusófono sobre Energia e Ambiente; 3ª Jornada de Energia de Caiscais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Estoril, Portugal. pp.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une perspective stratégique de la gouvernance centrée sur la performance environnementale : le cas d’une fondation agissant dans le champ de la conservation de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale sur la gouvernance des associations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Potencialidades da gestão ambiental e um arcabouço para sua avaliação: a Análise Estratégica da Gestão Ambiental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. H. K. Uehara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Mantovani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1º Congresso Lusófono sobre Energia e Ambiente; 3ª Jornada de Energia de Caiscais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, Estoril, Portugal. pp.30</w:t>
+              <w:t xml:space="preserve">, 2009, Estoril, Portugal. pp.15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Anne Mione</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’analyse stratégique de la gestion de l’environnement : un outil de recherche pluraliste et critique pour décider ensemble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Taravella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Irola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th EURAS European Academy for Standardization, Workshop on Standardisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Cergy Pontoise, France. pp.199-212</w:t>
+              <w:t xml:space="preserve">Conférence OPDE « Les outils pour décider ensemble »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Québec, Canada. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...309 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moroccan Forestry Policies and Local Forestry Management in the High Atlas: A Cross Analysis of Forestry Administration and Local Institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8139,1515 +8221,1433 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO International Symposium on “Small-scale Rural Forest Use and Management: Global Policies versus Local Knowledge”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Géradmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse stratégique de la performance environnementale de projets de développement durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire « Management et Mondialisation : Regards critiques en sciences de gestion »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Altermanagement, mondialisation, écologie : pour une perspective critique en sciences de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Palpacuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Etats Généraux du Management : tensions d'aujourd'hui, enjeux de demain, FNEGE (Fondation Nationale pour l'Enseignement de la Gestion des Entreprises)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former des ingénieurs à la maîtrise de la dimension sociale et politique de l’action stratégique pour l’environnement : quels enjeux ? quels cursus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de Recherches Stratégiques pour l’Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nogent-sur-Marne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collective Action for Natural Resource Management in the Western Ghats. Case Study of Chennayanakote Village, Kodagu District</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ajit Menon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Hinnewinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of the International Union of Forest Research Organizations (IUFRO) on « Small-scale Rural Forest Use and Management: Global Policies Versus Local Knowledge »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Géradmer, France. 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asymétrie de pouvoir et processus de concertation : le cas d’un front pionnier d’Amazonie brésilienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
-              <w:r>
-[...254 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Taravella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence OPDE « Les outils pour décider ensemble »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Québec, Canada. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on « décider à plusieurs » sur un front pionnier d'Amazonie brésilienne ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Taravella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence OPDE « Les outils pour décider ensemble »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Québec, Canada. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Romain Taravella</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cèpes en Haut-Languedoc : une manne éphémère ? La cueillette des champignons sur le plateau du Somail : interactions entre acteurs, conflits, régulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smektala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence OPDE « Les outils pour décider ensemble »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Québec, Canada. pp.16</w:t>
+              <w:t xml:space="preserve">Les champignons sylvestres comestibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cirad-00179969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche stratégique de la performance environnementale: le cas des projets de développement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IIème Congrès du RIODD (Réseau International de recherche sur les Organisations et le Développement Durable) - « Mondialisation et développement durable : le rôle des organisations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspective critique en gestion de l’environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de la Société Française de Management « Des Critical Management Studies à la française ? », Reims Management School</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquestration du carbone et agriculture durable en Afrique de l’Ouest : synergie ou antagonisme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Freschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël J. Manlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Hien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abbadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Lutte contre la désertification et la dégradation des sols »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Ouagadougou, Burkina Faso</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion patrimoniale : gestion concertée de l'environnement ou stratégies compétitives inavouées?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier de recherche de l'Association Internationale de Management Stratégique (AIMS). « Stratégies de coopétition : une nouvelle vision des relations de rivalité et de coopération »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...60 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbon Sequestration and Sustainable Farming in West African Savannas: Synergy or Antagonism?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Freschet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël J. Manlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Abbadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Feller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les champignons sylvestres comestibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Montpellier, France</w:t>
+              <w:t xml:space="preserve">18th World Congress of Soil Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concern-Based Evaluation: Examining Policy in View of a Specific Public Demand and Political Commitment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Bille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Evaluation Conference, European Evaluation Society-UK Evaluation Society (EES-UKES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...77 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les approches participatives dans le cadre de l'aide au développement et la gestion de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th World Congress of Soil Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Philadelphia, United States</w:t>
+              <w:t xml:space="preserve">Séminaire « Concertation, Décision et Environnement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du Nord au Sud : expériences participatives en environnement et développement des territoires. Table ronde et discussion avec Antona, M., Barraqué, B., Bouleau, G., Cadilhon, J., Caron, A., Claeys-Mekdade, C., Guibert, B., Hamerlynck, O., Kergreis, S., Legouis, M., Mermet, L., Normand, O.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Concertation, Décision, Environnement », séance No. 14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Paris, France. pp.121-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La promotion de la participation dans le cadre de l'aide publique au développement : une revue critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du GRETS, Maison des Sciences de l'Homme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466583v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01466586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion patrimoniale : innovations et limites de 25 ans de recherche d'une gestion concertée de l'environnement rurale</w:t>
               </w:r>
@@ -9715,64 +9715,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cèpes en Haut-Languedoc : une manne éphémère ? Perceptions de la cueillette des champignons par les habitants du plateau du Somail et de ses environs : interactions entre acteurs, conflits, régulation. Rapport d'étude ENGREF-FRT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Sibelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Smektala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10045,77 +10045,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institutional Incentives and Agroforestry Parklands Dynamics in North-Cameroon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Smektala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël J. Manlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Njemoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10982,3215 +10982,3215 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03008399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Building Geographical Indications in Western Balkans Countries. Case studies from Kosovo and Montenegro on Sharri and Pljevlja Cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] CIHEAM, AgroParisTech. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La pêche à Awala-Yalimapo (Guyane): des pratiques aux contraintes de gestion (historique, état des lieux et perspectives)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] AgroParisTech. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Building Geographical Indications in Western Balkans Countries. Case studies from Kosovo and Montenegro on Sharri and Pljevlja Cheese</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réserve de l’Amana, perceptions et enjeux à Mana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] CIHEAM, AgroParisTech. 2016</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essor du privé dans la filière « argan » : Dynamiques socio-économiques et conséquences écologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nicolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Vendé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2015</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Delbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech, IRD, LMI. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Essor du privé dans la filière « argan » : Dynamiques socio-économiques et conséquences écologiques</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Forest Rights Act: A major driver of Forest Landscape Changes in Southern India?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Vendé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Delbergue</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech, IRD, LMI. 2015</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech, ATREE, CIFOR, ICRAF, IFP. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">The Forest Rights Act: A major driver of Forest Landscape Changes in Southern India?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How To Implement An Innovative Environmental Management Device In Kodagu?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Vendé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Baudin</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Drouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech, ATREE, CIFOR, ICRAF, IFP. 2014</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">How To Implement An Innovative Environmental Management Device In Kodagu?</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental prospective in Kodagu (Kanataka, India): How to enhance biodiversity and watershed resources management?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Vendé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Favrat</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boucetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Combaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2013</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le projet africain de Grande Muraille Verte: quels conseils les scientifiques peuvent-ils apporter ? Une synthèse de résultats publiés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Escadafal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Bellefontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] CSFD. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The African Great Green Wall project .What advice can scientists provide?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bellefontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Bernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cudennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">French Scientific Committee on Desertification. 2011, 40 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thinking the Future: Coffee, Forests and People. Conservation and development in Kodagu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Vendé</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Vendé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech, Institut Français de Pondichery (IFP). 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion des écosystèmes forestiers en contexte d’intervention publique. Le cas de la commune rurale de Skoura (Moyen Atlas)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. R. Saïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Combaz</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Auzuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badr Chemrah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech. 2012</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech, ENFI. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">A. Cornet</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospective territoriale en pays de Haha, Province d'Essaouira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Treyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadidja Amine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] CSFD. 2011</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Christophe Cudennec</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospectives environnementales de territoire dans le Moyen Atlas (Maroc). Protection de la cédraie marocaine et changement socio-spatial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Treyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smektala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Augé-Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">French Scientific Committee on Desertification. 2011, 40 p</w:t>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF, ENFI. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Thinking the Future: Coffee, Forests and People. Conservation and development in Kodagu</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pertinence et faisabilité d’une réserve de biosphère dans les provinces d’Ifrane et de Khénifra, Moyen Atlas (Maroc)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bricout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Derycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Donvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF, ENFI. 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capacité à mobiliser le mécanisme de développement propre (MDP) pour la gestion de l'arbre dans le Nord et l'Extrême-Nord du Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Soengas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Taurines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] ENGREF. 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La participation et l’implication des populations dans les projets de développement et de coopération décentralisée. Une revue critique de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] EDF R&amp;D. 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sécheresse de l'été 2003 sur le plateau du Somail : impacts et réactions dans les secteurs agricole et forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] AgroParisTech, Institut Français de Pondichery (IFP). 2011</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smektala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] ENGREF. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">M. R. Saïdi</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sécheresse de l'été 2003 sur le plateau du Somail : impacts et réactions dans les secteurs agricole et forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Badr Chemrah</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Smektala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech, ENFI. 2010</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] ENGREF (AgroParisTech). 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des arbres d'Etat dans des champs paysans: évaluation de l'opération Faidherbia albida dans le terroir de Sirlawe, pays tupuri, Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bonnard</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ndjiemoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole (dir.) Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hosgood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF. 2009</w:t>
+              <w:t xml:space="preserve">[Research Report] ENGREF, IRAD. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Prospectives environnementales de territoire dans le Moyen Atlas (Maroc). Protection de la cédraie marocaine et changement socio-spatial</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux de gestion des ressources naturelles dans les systèmes d'élevage laitier de la région de Sidi Bouzid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF, ENFI. 2008</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] CNEARC, Ministère de l‘Agriculture de la République Tunisienne. 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pertinence et faisabilité d’une réserve de biosphère dans les provinces d’Ifrane et de Khénifra, Moyen Atlas (Maroc)</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strengthening plant quarantine capabilities of Cameroon.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] AgroParisTech-ENGREF, ENFI. 2007</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] FAO. 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Capacité à mobiliser le mécanisme de développement propre (MDP) pour la gestion de l'arbre dans le Nord et l'Extrême-Nord du Cameroun</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution du monde rural et contexte institutionnel, spécificités des régions méditerranéennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] ENGREF. 2005</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] ASca - Groupe de Prospective. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoir et accompagner l’adaptation des systèmes de production agricoles de l’Yonne dans le nouveau contexte économique. Phase 3: Quels scénarios et quels outils de développement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] EDF R&amp;D. 2005</w:t>
+              <w:t xml:space="preserve">[Research Report] Chambre d’Agriculture de l’Yonne. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Claude Garcia</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification des facteurs de blocage à l’adoption de pratiques agricoles favorables à la réduction des pollutions diffuses. Synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mermet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] ENGREF (AgroParisTech). 2003</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] ASca - Groupe de Prospective, Ministère de l'environnement. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel pour les Services Nationaux de la Protection des Végétaux en Afrique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] ENGREF. 2003</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] FAO. 1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique de diffusion des pratiques agricoles favorables à la réduction des pollutions diffuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mermet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] AScA. 1994</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoir et accompagner l’adaptation des systèmes de production agricoles de l’Yonne dans le nouveau contexte économique. Phase 1: Les éléments du développement agricole et rural de l’Yonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] ENGREF, IRAD. 2003</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Chambre d’Agriculture de l’Yonne. 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévoir et accompagner l’adaptation des systèmes de production agricoles de l’Yonne dans le nouveau contexte économique. Phase 2: Caractérisation des systèmes de production: typologie et stratégies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] CNEARC, Ministère de l‘Agriculture de la République Tunisienne. 2001</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Chambre d’Agriculture de l’Yonne. 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Strengthening plant quarantine capabilities of Cameroon.</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formulation du Vème programme d’assistance du PNUD au Gouvernement du Burundi (1993-1997). Développement de la sécurité alimentaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] FAO. 1996</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] FAO. 1993</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Evolution du monde rural et contexte institutionnel, spécificités des régions méditerranéennes</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation et formulation du sous-programme protection des végétaux dans le cadre du programme global de production et de vulgarisation agricole au Burundi.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] ASca - Groupe de Prospective. 1995</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] FAO. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">X. Poux</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des activités agricoles et forestières sur les paysages du Cabardès (Aude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Auclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Chambre d’Agriculture de l’Yonne. 1994</w:t>
+              <w:t xml:space="preserve">[Research Report] INRA, Montfavet, Institut de Recherche sur les Grands Mammifères. 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...60 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel pratique de prospection et d’appui au diagnostic pour les agents de terrain de la Direction de la défense des cultures (Burundi).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] ASca - Groupe de Prospective, Ministère de l'environnement. 1994</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] FAO. 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Manuel pour les Services Nationaux de la Protection des Végétaux en Afrique.</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rwanda - Rapport d’enquête sur la protection des végétaux et Etablissement d’un plan d’action national à court et moyen terme (1992-2000) pour le renforcement de la protection des végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Leroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] FAO. 1994</w:t>
+              <w:t xml:space="preserve">[Research Report] FAO. 1991</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...90 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...434 lines deleted...]
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01466606v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-03009408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burundi - Rapport d’enquête sur la protection des végétaux</w:t>
               </w:r>
@@ -14646,51 +14646,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="42D43790"/>
+    <w:nsid w:val="71E19FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14877,51 +14877,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mrm.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375999v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Barbeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouveyrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2025.2562846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755025v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2024.8151" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748315v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04149863v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37023/ee.9.1-2.8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Forget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4992" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03533996v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.HS.11" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445559v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/set.031.0012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02045407v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brimont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018043" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529019v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nicolle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.04.035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466514v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1015402ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466515v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1265" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466513v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Suzanne Marie Nathalie Vitel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cardoso Carrero" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Colini Cenamo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Mauricio Lima A. Gra&#231;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-013-9613-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0NZQJQ72-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mermet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2012.0352" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466531v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palpacuer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740206v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lauriol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466544v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14221" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00715465v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098214010366047" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466555v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auclair" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11842-009-9076-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466574v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466591v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Narcy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Poux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420215v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smektala" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Peltier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sibelet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l J. Manlay" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lourd" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140212v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Daniel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raulet-Croset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/en/livre/?GCOI=27574100084690" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.103062" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Vend&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lem&#233;nager" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450729v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466540v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466563v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466578v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02974833v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/583/9782709928380/Carbone%20des%20sols%20en%20Afrique" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414858v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466495v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466508v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466512v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466538v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466548v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466545v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466556v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466581v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816404v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Mathieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa M&#233;line" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ird.fr/editions/catalogue/ouvrage.php?livre=492" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414864v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414871v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139362v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466489v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466492v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009510v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbier R." TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J Daniel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466491v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466503v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Vitel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Martin Fearnside" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466500v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466496v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466498v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466505v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466501v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466499v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466504v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466509v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466511v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466510v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466516v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Chiapello" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466517v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009487v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derroire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Aubert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466521v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466526v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009523v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466532v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466535v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466525v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466527v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466522v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Espinosa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466533v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466523v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466524v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466536v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466547v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466546v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466541v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466550v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466549v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466539v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Daviron" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466543v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Genin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Romagny" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466558v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466553v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H. K. Uehara" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mantovani" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466551v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Irola" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466554v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699762v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uehara T.H.K." TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mantovani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resende R.U." TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduarte M." TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466559v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466567v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466566v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laval" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Garcia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajit Menon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hinnewinkel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466562v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466570v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466560v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466568v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Taravella" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466565v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466569v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466572v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466575v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466576v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Freschet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Hien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466573v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00179969v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sibelet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466577v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466580v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Freschet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Barbier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Feller" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466587v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466583v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466586v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466594v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466592v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peltier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466595v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Teyssier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Vliet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466588v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mathieu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;line" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466593v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Njemoun" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ntoupka" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398532v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amsallem" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duponnois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503573v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632459v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Michel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146826v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04164558v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04170413v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009474v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008399v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aaron Arhinful" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Biret" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466493v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466490v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lerin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466502v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466494v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delbergue" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466506v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baranger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baudin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466519v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drouillard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favrat" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466520v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucetta" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Combaz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466529v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Escadafal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bellefontaine" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernoux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959210v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellefontaine" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernoux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466534v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vend&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466537v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Sa&#239;di" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Auzuret" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Chemrah" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Treyer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Amine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466564v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aug&#233;-Sabatier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466571v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bricout" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derycke" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Donvez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466590v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubois" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soengas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taurines" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466585v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009453v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peltier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466597v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466596v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ndjiemoun" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole (dir.) Sibelet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hosgood" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacq" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466598v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Masson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009431v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466599v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466600v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466601v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cattan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009427v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466602v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466603v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466604v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009423v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009414v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466605v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466606v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009408v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466607v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466608v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466610v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Theissen" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466612v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01469402v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mrm.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375999v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Barbeau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rouveyrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2025.2562846" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755025v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2024.8151" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748315v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04149863v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37023/ee.9.1-2.8" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bontemps" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Forget" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2021.4992" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03533996v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/set-revue.2021.HS.11" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445559v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bigard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/set.031.0012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02045407v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Brimont" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2018043" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529019v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nicolle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.04.035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466513v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Suzanne Marie Nathalie Vitel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cardoso Carrero" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Colini Cenamo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Mauricio Lima A. Gra&#231;a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10745-013-9613-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0NZQJQ72-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466514v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mione" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1015402ar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466515v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/netcom.1265" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344554v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mermet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sec.2012.0352" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466531v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Palpacuer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740206v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lauriol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00715465v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1098214010366047" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466544v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guillet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14221" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466555v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Aubert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Auclair" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11842-009-9076-4" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466574v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420215v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Smektala" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Peltier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sibelet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l J. Manlay" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466591v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Narcy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Poux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lourd" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140212v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barbier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Daniel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fernandez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raulet-Croset" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/en/livre/?GCOI=27574100084690" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.103062" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Derroire" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Vend&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Lem&#233;nager" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450729v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466540v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466563v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466578v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02974833v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Freschet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abbadie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barbier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chotte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions.ird.fr/produit/583/9782709928380/Carbone%20des%20sols%20en%20Afrique" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414858v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466495v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466512v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466508v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466545v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466548v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466538v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466556v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466581v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816404v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Mathieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa M&#233;line" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ird.fr/editions/catalogue/ouvrage.php?livre=492" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414864v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414871v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466491v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139362v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009510v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbier R." TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J Daniel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466492v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466489v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466499v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466504v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Vitel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Martin Fearnside" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466498v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466496v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466500v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466503v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466505v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466501v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466510v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466509v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466511v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466516v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Chiapello" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466517v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009487v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derroire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Aubert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466521v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466536v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466526v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009523v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466533v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466535v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466527v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466525v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466532v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466522v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Espinosa" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466523v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466524v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466550v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466541v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466547v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466546v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466549v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466543v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Genin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Romagny" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466539v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Daviron" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699762v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uehara T.H.K." TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mantovani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resende R.U." TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduarte M." TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466559v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466551v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Irola" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466553v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H. K. Uehara" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Mantovani" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466558v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466554v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466569v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Taravella" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466567v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466560v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466570v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466562v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466566v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laval" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Garcia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajit Menon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Hinnewinkel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466568v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466565v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cirad-00179969v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sibelet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466575v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466572v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466576v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Freschet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Hien" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barbier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466573v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466580v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Freschet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Barbier" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Feller" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466577v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466586v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466587v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466583v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466594v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466592v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Peltier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466595v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Teyssier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Vliet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466588v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mathieu" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;line" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466593v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Njemoun" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ntoupka" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398532v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Amsallem" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Duponnois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gauquelin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503573v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632459v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Michel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146826v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04164558v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04170413v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009474v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008399v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feger" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gaudin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Aaron Arhinful" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Biret" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466490v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lerin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466493v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466502v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466494v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Delbergue" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466506v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baranger" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baudin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466519v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drouillard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favrat" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466520v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boucetta" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Combaz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466529v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Escadafal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Bellefontaine" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernoux" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cornet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959210v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellefontaine" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernoux" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466534v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Vend&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466537v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Sa&#239;di" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Auzuret" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Chemrah" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466552v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Treyer" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Amine" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466564v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aug&#233;-Sabatier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466571v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bricout" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Derycke" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Donvez" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466590v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubois" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Soengas" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Taurines" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mercier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466585v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466597v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009453v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Peltier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466596v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ndjiemoun" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole (dir.) Sibelet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hosgood" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jacq" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466598v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Masson" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009431v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466599v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466600v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466601v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cattan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009427v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466602v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466604v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466603v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009423v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009414v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466605v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009408v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466606v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466607v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466608v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466610v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Theissen" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466612v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01469402v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>