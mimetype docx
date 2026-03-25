--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -2361,2860 +2361,2872 @@
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 168 (4), pp.388-393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2016.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01530848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and functional analyses of krs, a locus encoding kurstakin, a lipopeptide produced by Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gélis-Jeanvoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Canette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Caradec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 168 (4), pp.356-368. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2016.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction: necrotrophism Is a quorum-sensing-regulated lifestyle in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoline Faegri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Gélis-Jeanvoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Perchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 12 (11), pp.e1006049. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1006049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CodY regulates the activity of the virulence quorum sensor PlcR by controlling the import of the signaling peptide PapR in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine C. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain A. Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenie Huillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2015.01501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell differentiation in a Bacillus thuringiensis population during planktonic growth, biofilm formation, and host infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Verplaetse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Gohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">mBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (3), pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/mBio.00138-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social biology of quorum sensing in a naturalistic host pathogen system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liqin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Nielsen-Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lereclus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (20), pp.2417-2422. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cub.2014.08.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quorum sensing in Bacillus thuringiensis Is required for completion of a full infectious cycle in the insect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Perchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugenie Huillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (8), pp.2239-2255. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/toxins6082239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Division of labour and terminal differentiation in a novel [i]Bacillus thuringiensis[/i] strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guiming Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/ismej.2014.122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SecDF as Part of the Sec-Translocase Facilitates Efficient Secretion of Bacillus cereus Toxins and Cell Wall-Associated Proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aniko Voros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Simm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew J. Mckay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ida K. Hegna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 9 (8), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0103326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reciprocal regulation of resistance-nodulation-division efflux systems and the Cpx two-component system in [i]Vibrio cholerae[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dawn L. Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Renee Bina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew K. Waldor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James E. Bina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 82 (7), pp.2980-2991. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/IAI.00025-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural basis for the activation mechanism of the PlcR virulence regulator by the quorum-sensing signal peptide PapR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa R. Grenha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali M. Nicaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Y. Refes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 110 (3), pp.1047 - 1052. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1213770110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering Morphological Determinants of the Helix-Shaped Leptospira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel de Pedro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilande Guichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Picardeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 193 (22), pp.6266-6275. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/jb.05695-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding the Genetic Toolbox for Leptospira Species by Generation of Fluorescent Bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Aviat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo M. Cerqueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristel Lourdault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Picardeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 76 (24), pp.8135-8142. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.02199-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic Analysis of Activation of the Vibrio cholerae Cpx Pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Waldor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 191 (16), pp.5044-5056. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.00406-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pgaABCD Locus of Acinetobacter baumannii Encodes the Production of Poly-β-1-6- N -Acetylglucosamine, Which Is Critical for Biofilm Formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fikri Avci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Pier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomás Maira-Litrán</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 191 (19), pp.5953-5963. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.00647-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular basis for group-specific activation of the virulence regulator PlcR by PapR heptapeptides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bouillaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Perchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Arold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zorrilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 36 (11), pp.3791-801. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkn149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00315584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of PlcR: Insights into virulence regulation and evolution of quorum sensing in Gram-positive bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Declerck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bouillaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rugani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 104 (47), pp.18490-18495. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.0704501104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02359474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Gene Expression and Phenotypic Analysis of a Vibrio cholerae rpoH Deletion Mutant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Livny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew Waldor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 189 (2), pp.351-362. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.01297-06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specificity and polymorphism of the PlcR-PapR quorum-sensing system in the Bacillus cereus group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 187 (3), pp.1182-1187. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.187.3.1182-1187.2005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct mutations in PlcR explain why some strains of the Bacillus cereus group are nonhemolytic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane S. Perchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Gominet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gislayne Vilas-Bôas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Fouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 186 (11), pp.3531-3538. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.186.11.3531-3538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Bacillus thuringiensis PlcR-regulated gene inhA2 is necessary, but not sufficient, for virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sinda Fedhila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Gohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Nel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 185 (9), pp.2820-2825. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JB.185.9.2820-2825.2003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression de gènes de virulence chez Bacillus cereus, le régulon PlcR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Gohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin - Société Française de Microbiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 18 (2), pp.123-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cell-cell signaling peptide activates the PlcR virulence regulon in bacteria of the Bacillus cereus group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 21 (17), pp.4550-4559. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/emboj/cdf450⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oligopeptide permease is required for expression of the Bacillus thuringiensis plcR regulon and for virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Gominet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gilois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 40 (4), pp.963-975. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2001.02440.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5224,51 +5236,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale investigation of Bacillus thuringiensis sporulation independent survival during infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Toukabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5284,73 +5296,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BACELL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic heterogeneity and sporulation-independent persistence in Bacillus thuringiensis during infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Toukabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5379,87 +5391,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Congress on Invertebrate Pathology and Microbial Control &amp; 56th Annual Meeting of the Society for Invertebrate Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of crystal-stored proteins using Bacillus thuringiensis molecular tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Monestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5487,73 +5499,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Conference on Recombinant Protein Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of the Bacillus thuringiensis vip3A insecticidal toxin gene is activated at the onset of stationary phase by VipR, an autoregulated transcription factor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Verplaetse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5562,175 +5574,175 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haibo Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Lereclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress on Invertebrate Pathology and Microbial Control 54th Annual Meeting of the Society for Invertebrate Pathology.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Nelson Mandela Bay-Virtual meeting, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a new generation of Bacillus thuringiensis-based biopesticides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Valent BioSciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Libertyville, IL, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An alternative way of life for Bacillus thuringiensis in the late stages of an infection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Toukabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5759,73 +5771,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Conference on Bacilli and Gram-Positive Bacteria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of the Bacillus thuringiensis vip3A insecticidal toxin gene is activated at the onset of stationary phase by VipR, an autoregulated transcription factor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Verplaetse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5867,73 +5879,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Bacillus anthracis, B. cereus and B. thuringiensis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the characterization of an alternative survival mode during infection in Bacillus thuringiensis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Toukabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5962,73 +5974,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacillus ACT 2021, the 9th international conference on Bacillus anthracis, B. cereus and B. thuringiensis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The stationnary phase regulator CpcR controls cell differenciation and cry gene expression in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6037,123 +6049,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruibin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Verplaetse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhang Jie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuping F. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque REID‐IMMUNINV 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The stationary phase regulator CpcR controls cell differentiation and cry gene expression in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6175,336 +6187,336 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Verplaetse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuping F. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Bacilli and Gram-Positive Bacteria</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Whashington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic heterogeneity during the infectious cycle of Bacillus thuringiensis</w:t>
+                <w:t xml:space="preserve">Quorum-sensing and phenotypic heterogeneity in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque REID 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Séminaire à l'Institute of Plant Protection CAAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283060v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quorum-sensing and phenotypic heterogeneity in Bacillus thuringiensis</w:t>
+                <w:t xml:space="preserve">Phenotypic heterogeneity during the infectious cycle of Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Verplaetse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Perchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Talagas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Nessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire à l'Institute of Plant Protection CAAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Beijing, China</w:t>
+              <w:t xml:space="preserve">colloque REID 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283087v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the characterization of an alternative survival mode during infection in Bacillus thuringiensis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasna Toukabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6533,176 +6545,176 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bacillus ACT 2022, the 10th international conference on Bacillus anthracis, B. cereus and B. thuringiensis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycle biogéochimique du P organique : mécanismes mis en jeu dans la mobilisation du P du phytate par Bacillus subtilis et la boucle trophique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mercedes García-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssein Monder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Souche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Pablo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Colloque de l'Association Francophone d'Ecologie Microbienne (AFEM 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bussang, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6712,120 +6724,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction of a Library of Random Mutants in the Spirochete Leptospira Biflexa Using a Mariner Transposon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Picardeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mobile Genetic Elements: Protocols and Genomic Applications, Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 859, Humana Press, pp.169-176, 2012, 978-1-61779-603-6. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-61779-603-6_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6835,244 +6847,244 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Système d'expression bactérien de protéines hétérologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lereclus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gohar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane Monestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: WO 2023/213652 Al. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04300055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of an expression system for the production of Cry proteins in Bacilllus spp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Lereclus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuping F. Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chao Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jie Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP17305011.3. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7082,117 +7094,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradigm shift for cry gene expression in Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Verplaetse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leyla Slamti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lereclus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05266389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7202,105 +7214,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication cellulaire et adaptation au cours du cycle de vie de Bacillus thuringiensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leyla Slamti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université paris sud, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04282914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId215"/>
+      <w:footerReference w:type="default" r:id="rId216"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7368,51 +7380,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="66C9F065"/>
+    <w:nsid w:val="D622506E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7599,51 +7611,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leyla-slamti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0275-8336" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142580v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Peng" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Qin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Xu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiwei Kao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2024.106255" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296442v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aviat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Slamti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Cerqueira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Lourdault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Picardeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01764-23" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158986v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Toukabri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lereclus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00371-23" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276455v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishag Yehuda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einav Malach" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Vanunu Ofri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanny Hsuan Kuo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2301045120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177303v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Broussolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gohar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Slamti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Tournier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104095" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276463v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruibin Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Luo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Gang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanrong Xu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104051" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106577v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verplaetse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01205-22" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106603v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Hou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02374-21" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276465v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaojiao Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyue Yu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.951830" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324556v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Henry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00265-20" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324563v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqin Zhou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Raymond" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00535-20" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03113683v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Tong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14439" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271481v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvi Hayouka" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01246" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271480v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2019.07.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racheli Bochnik-Tamir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05496g" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02100036v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsio A. Jr Wunder" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N Suwondo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley H Gibson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Shang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00130" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Rejeb" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02471" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530848v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gohar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.03.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603335v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G&#233;lis-Jeanvoine" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caradec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.06.002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604527v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Faegri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perchat" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006049" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632644v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Huillet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01501" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640468v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Gohar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Lereclus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00138-15" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204420v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.08.049" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204354v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perchat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins6082239" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204363v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Deng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiming Liu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.122" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204449v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniko Voros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Simm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J. Mckay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida K. Hegna" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103326" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204395v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn L. Taylor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Renee Bina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew K. Waldor" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Bina" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00025-14" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004480v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa R. Grenha" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali M. Nicaise" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Y. Refes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1213770110" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04277990v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Pedro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilande Guichet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.05695-11" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324588v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo M. Cerqueira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02199-10" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324636v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Waldor" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00406-09" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324634v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Choi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri Avci" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Pier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Maira-Litr&#225;n" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00647-09" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315584v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouillaut" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perchat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arold" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zorrilla" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn149" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359474v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaix" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rugani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704501104" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324640v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Livny" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01297-06" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681130v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1182-1187.2005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677201v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Perchat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gominet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislayne Vilas-B&#244;as" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fouet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.11.3531-3538" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677780v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Fedhila" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.185.9.2820-2825.2003" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681385v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04277930v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/cdf450" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681919v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gilois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Rose" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2001.02440.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267372v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267412v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282573v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Monestier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329893v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lereclus" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283105v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282558v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329883v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282547v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283006v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Jie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuping F. Song" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282526v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283060v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Talagas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nessler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283087v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282801v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915539v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Garc&#237;a-S&#225;nchez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Monder" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Souche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324586v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-603-6_9" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04300055v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282827v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266389v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Verplaetse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04282914v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/leyla-slamti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0275-8336" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05142580v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Peng" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Qin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Xu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiwei Kao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2024.106255" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296442v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aviat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Slamti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Cerqueira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Lourdault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Picardeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01764-23" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158986v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Toukabri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lereclus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00371-23" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276455v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishag Yehuda" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Einav Malach" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahar Vanunu Ofri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanny Hsuan Kuo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2301045120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04177303v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Broussolle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gohar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Slamti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Tournier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104095" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276463v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruibin Zhang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Luo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lili Gang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanrong Xu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Zhang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2023.104051" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106577v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Chen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verplaetse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01205-22" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106603v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Hou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.02374-21" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04276465v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaojiao Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qingyue Yu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.951830" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324556v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Henry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00265-20" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324563v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liqin Zhou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Raymond" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00535-20" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03113683v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Tong" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lemy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14439" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271481v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zvi Hayouka" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2019.01246" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271480v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2019.07.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racheli Bochnik-Tamir" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05496g" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02100036v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsio A. Jr Wunder" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N Suwondo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley H Gibson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Shang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00130" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627196v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Rejeb" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02471" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530848v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gohar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.03.006" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7DWP0LGK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603335v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G&#233;lis-Jeanvoine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Canette" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Caradec" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.06.002" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604527v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dubois" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoline Faegri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perchat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006049" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632644v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine C. Henry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Guillot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Huillet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01501" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640468v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Gohar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Lereclus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00138-15" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204420v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2014.08.049" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204354v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Perchat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins6082239" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204363v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Deng" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiming Liu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.122" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204449v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniko Voros" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Simm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew J. Mckay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida K. Hegna" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0103326" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204395v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn L. Taylor" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Renee Bina" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew K. Waldor" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E. Bina" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00025-14" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004480v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa R. Grenha" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali M. Nicaise" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Y. Refes" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1213770110" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04277990v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel de Pedro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilande Guichet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.05695-11" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324588v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo M. Cerqueira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02199-10" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324636v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Waldor" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00406-09" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324634v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Choi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikri Avci" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Pier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Maira-Litr&#225;n" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00647-09" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315584v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bouillaut" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perchat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arold" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zorrilla" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkn149" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359474v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Declerck" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chaix" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rugani" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0704501104" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324640v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Livny" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01297-06" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681130v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.3.1182-1187.2005" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677201v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Perchat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gominet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislayne Vilas-B&#244;as" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fouet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.11.3531-3538" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677780v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Fedhila" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.185.9.2820-2825.2003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681385v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04277930v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/cdf450" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681919v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gilois" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Rose" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2001.02440.x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267372v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267412v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282573v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane Monestier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329893v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lereclus" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283105v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282558v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329883v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282547v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283006v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Jie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuping F. Song" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282526v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283087v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283060v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Talagas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nessler" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282801v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915539v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Garc&#237;a-S&#225;nchez" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssein Monder" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Souche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Pablo" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324586v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-603-6_9" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04300055v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282827v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266389v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Verplaetse" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04282914v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>