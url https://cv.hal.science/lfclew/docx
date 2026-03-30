--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,278 +100,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep embedded hybrid CNN-LSTM network for lane detection on NVIDIA Jetson Xavier NX</w:t>
+                <w:t xml:space="preserve">A Practical Calibration Method for RGB Micro-Grid Polarimetric Cameras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassin Kortli</w:t>
+                <w:t xml:space="preserve">Joaquin Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souhir Gabsi</w:t>
+                <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
+                <w:t xml:space="preserve">Renato Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maher Jridi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Morel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.knosys.2021.107941⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.9921-9928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3192655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03527363v1</w:t>
+                <w:t xml:space="preserve">hal-03758271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Practical Calibration Method for RGB Micro-Grid Polarimetric Cameras</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep embedded hybrid CNN-LSTM network for lane detection on NVIDIA Jetson Xavier NX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassin Kortli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joaquin Rodriguez</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Souhir Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Martins</w:t>
+                <w:t xml:space="preserve">Maher Jridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Morel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mehrez Merzougui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 7 (4), pp.9921-9928. </w:t>
+              <w:t xml:space="preserve">Knowledge-Based Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.107941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3192655⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.knosys.2021.107941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03758271v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03527363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel Computer-Aided Tree Species Identification method based on Burst Wind Segmentation of 3D bark textures</w:t>
               </w:r>
@@ -646,51 +646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bokhabrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Seulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gorria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -780,51 +780,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil Maalmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Benslimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fauvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1719,51 +1719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1814,90 +1814,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HLS-based Hardware Acceleration on the Zynq SoC: A Real-Time Face Detection and Recognition System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassin Kortli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhir Gabsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souhir Gabsi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maher Jridi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference SETIT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Genoa Italy and Sfax Tunisia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2523,51 +2523,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D dimensional measurement of large hot metallic shells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bokhabrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Seulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2648,51 +2648,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reconstruction of hot metallic surfaces for industrial part characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bokhabrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Seulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2773,51 +2773,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D laser system for shell dimension measurement during forging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Bokhabrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ralph Seulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3454,278 +3454,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">lirmm-00269717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CMOS Image Sensor Dedicated to Speed Determination of Fast Moving Luminous Objects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benaïssa Bellach</w:t>
+                <w:t xml:space="preserve">A Correlation Retina in Standard 0.6um : Application in Positioning System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aubreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lamalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cathébras</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gorria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging: Sensors and Camera Systems for SciencesIndustrial &amp; Digital Photography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.476787⟩</w:t>
+              <w:t xml:space="preserve">QCAV: Quality Control by Artificial Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2003, Gatlinburg, Tennessee, United States. pp.112-119, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.514948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">lirmm-00269718v1</w:t>
+                <w:t xml:space="preserve">lirmm-00269701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Correlation Retina in Standard 0.6um : Application in Positioning System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
+                <w:t xml:space="preserve">CMOS Image Sensor Dedicated to Speed Determination of Fast Moving Luminous Objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benaïssa Bellach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lamalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee F.C. Lew Yan Voon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Cathébras</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QCAV: Quality Control by Artificial Vision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2003, Gatlinburg, Tennessee, United States. pp.112-119, </w:t>
+              <w:t xml:space="preserve">Imaging: Sensors and Camera Systems for SciencesIndustrial &amp; Digital Photography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2003, Santa Clara, CA, United States. pp.10-18, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.514948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.476787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">lirmm-00269701v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">lirmm-00269718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A CMOS Image Sensor Design for Speed Determination of Fast Moving Luminous Objects</w:t>
               </w:r>
@@ -3750,51 +3750,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benaïssa Bellach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lamalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lew F.C. Lew Yan Voon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QCAV: Quality Control by Artificial Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Gatlinburg, Tennesse, United States. pp.120-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4497,51 +4497,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527363v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Kortli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Gabsi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Jridi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Merzougui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2021.107941" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758271v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Rodriguez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Martins" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3192655" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01434595v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ahlem Othmani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cansen Jiang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lomenie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Favreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piboule" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-015-0738-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Othmani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Stolz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2013.08.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KN41R46N-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574402v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bokhabrine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Seulin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gorria" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Girardin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-010-0297-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445274v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Maalmi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benslimane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fauvet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1784/insi.2009.51.4.184" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aubreton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Fock Chong Lew Yan Voon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lamalle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cath&#233;bras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-005-0010-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZMSW2NS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108687v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0030400X06070022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7N3C2P19-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108715v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bena&#239;ssa Bellach" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2191767" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108571v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.1762886" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268660v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Voon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.1468229" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307792v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Clamens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rodriguez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27945.77924" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762054v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dalmau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mokrani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-53842-1_24" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932331v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lfc. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923704v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piboule Alexandre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116700v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Voon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVMSPW.2013.6611901" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646403v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krebs" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stolz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574681v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574691v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Gomez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574704v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00109049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106521v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemaitre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106540v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106435v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moniot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.586817" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269718v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.476787" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269701v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.514948" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02306537v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA.2001.997708" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268659v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268494v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758271v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Rodriguez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Martins" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3192655" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527363v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Kortli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Gabsi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Jridi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Merzougui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2021.107941" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01434595v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ahlem Othmani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cansen Jiang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lomenie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Favreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Piboule" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-015-0738-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903442v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Othmani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Stolz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2013.08.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KN41R46N-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574402v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bokhabrine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Seulin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gorria" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gouenou Girardin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-010-0297-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445274v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Maalmi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Benslimane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fauvet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1784/insi.2009.51.4.184" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108538v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aubreton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Fock Chong Lew Yan Voon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lamalle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cath&#233;bras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-005-0010-2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZMSW2NS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108687v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0030400X06070022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7N3C2P19-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108715v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bena&#239;ssa Bellach" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.2191767" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108571v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.1762886" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268660v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lew Voon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.1468229" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307792v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Clamens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rodriguez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27945.77924" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762054v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dalmau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mokrani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-53842-1_24" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00932331v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lfc. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923704v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piboule Alexandre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116700v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Voon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVMSPW.2013.6611901" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646403v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Krebs" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Stolz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574681v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574691v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Gomez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574704v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00109049v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106521v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lemaitre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106540v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00106435v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moniot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.586817" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269717v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269701v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.514948" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269718v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee F.C. Lew Yan Voon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.476787" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02306537v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA.2001.997708" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268659v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268494v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269430v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>