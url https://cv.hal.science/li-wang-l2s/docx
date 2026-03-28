--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -746,983 +746,983 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction 3D en tomographie à rayons X à l'aide d'un modèle a priori hiérarchique utilisant la transformation de Haar</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Li Wang</w:t>
+                <w:t xml:space="preserve">Performance comparison of Bayesian iterative algorithms for three classes of sparsity enforcing priors with application in computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images, GRETSI 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan-Les-Pins, France</w:t>
+              <w:t xml:space="preserve">2017 IEEE International Conference on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01567888v1</w:t>
+                <w:t xml:space="preserve">hal-01568337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian X-ray Computed Tomography using a Three-level Hierarchical Prior Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model selection in the sparsity context for inverse problems in Bayesian framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference, Bayesian inference and maximum entropy methods in science and engineering (Maxent 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">37th International Workshop on Bayesian Inference and Maximum Entropy Methods in Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Jarinu, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91143-4_15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4985361⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01403790v1</w:t>
+                <w:t xml:space="preserve">hal-01568318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des performances d’algorithmes itératifs bayésiens basés sur trois classes de modèles a priori parcimonieux appliqués à la reconstruction tomographique</w:t>
+                <w:t xml:space="preserve">Unsupervised sparsity enforcing iterative algorithms for 3D image reconstruction in X-ray computed tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mircea Dumitru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images, GRETSI 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juans-Les-Pins, France</w:t>
+              <w:t xml:space="preserve">The 2017 International Conference on Fully Three-Dimensional Image Reconstruction in Radiology and Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Xi'an, China. pp.359-362</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01569349v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01568325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray computed tomography simultaneous image reconstruction and contour detection using a hierarchical markovian model</w:t>
+                <w:t xml:space="preserve">Reconstruction 3D en tomographie à rayons X à l'aide d'un modèle a priori hiérarchique utilisant la transformation de Haar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 42nd IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images, GRETSI 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-Les-Pins, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICASSP.2017.7953322⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01490508v1</w:t>
+                <w:t xml:space="preserve">hal-01567888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D X-ray Computed Tomography reconstruction using sparsity enforcing Hierarchical Model based on Haar Transformation</w:t>
+                <w:t xml:space="preserve">Bayesian X-ray Computed Tomography using a Three-level Hierarchical Prior Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gac</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mircea Dumitru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2017 International Conference on Fully Three-Dimensional Image Reconstruction in Radiology and Nuclear Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIP Conference, Bayesian inference and maximum entropy methods in science and engineering (Maxent 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Gent, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4985361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01490554v1</w:t>
+                <w:t xml:space="preserve">hal-01403790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian method with sparsity enforcing prior of dual-tree complex wavelet transform coefficients for X-ray CT image reconstruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparaison des performances d’algorithmes itératifs bayésiens basés sur trois classes de modèles a priori parcimonieux appliqués à la reconstruction tomographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Dumitru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th European Signal Processing Conference (EUSIPCO 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">26eme Colloque GRETSI Traitement du Signal &amp; des Images, GRETSI 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juans-Les-Pins, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/eusipco.2017.8081253⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01567875v1</w:t>
+                <w:t xml:space="preserve">hal-01569349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model selection in the sparsity context for inverse problems in Bayesian framework</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X-ray computed tomography simultaneous image reconstruction and contour detection using a hierarchical markovian model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th International Workshop on Bayesian Inference and Maximum Entropy Methods in Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Jarinu, Brazil. </w:t>
+              <w:t xml:space="preserve">The 42nd IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, New Orleans, United States. pp.6070-6074, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-91143-4_15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP.2017.7953322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568318v1</w:t>
+                <w:t xml:space="preserve">hal-01490508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance comparison of Bayesian iterative algorithms for three classes of sparsity enforcing priors with application in computed tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D X-ray Computed Tomography reconstruction using sparsity enforcing Hierarchical Model based on Haar Transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mircea Dumitru</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE International Conference on Image Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Beijing, China</w:t>
+              <w:t xml:space="preserve">The 2017 International Conference on Fully Three-Dimensional Image Reconstruction in Radiology and Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Xi'an, China. pp.295-298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01568337v1</w:t>
+                <w:t xml:space="preserve">hal-01490554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised sparsity enforcing iterative algorithms for 3D image reconstruction in X-ray computed tomography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mircea Dumitru</w:t>
+                <w:t xml:space="preserve">Bayesian method with sparsity enforcing prior of dual-tree complex wavelet transform coefficients for X-ray CT image reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gac</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ali Mohammad-Djafari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2017 International Conference on Fully Three-Dimensional Image Reconstruction in Radiology and Nuclear Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25th European Signal Processing Conference (EUSIPCO 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Kos island, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/eusipco.2017.8081253⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568325v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01567875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Student-t based sparsity enforcing hierarchical prior for linear inverse problems and its efficient Bayesian computation for 2D and 3D Computed Tomography</w:t>
               </w:r>
@@ -2339,51 +2339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173255v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shidong Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60662-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415221v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jun Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Shi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Piel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110485" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950706v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohammad-Djafari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Dumitru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20120977" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2017-1594" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443607v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Hao" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhan Jianbo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhenhua" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Liang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567888v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403790v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4985361" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569349v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490508v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2017.7953322" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490554v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567875v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco.2017.8081253" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568318v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91143-4_15" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568337v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Li" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568325v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert Bleichrodt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7471802" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338706v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01759762v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173255v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shidong Liu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Zhang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Wang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianjun Zhang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60662-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415221v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Hu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Jun Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Shi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Piel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfb.2019.110485" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950706v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mohammad-Djafari" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Dumitru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e20120977" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490523v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FI-2017-1594" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443607v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Hao" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhan Jianbo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Zhenhua" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Liang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568337v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568318v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91143-4_15" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568325v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567888v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403790v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4985361" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569349v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490508v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2017.7953322" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490554v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567875v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco.2017.8081253" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403787v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folkert Bleichrodt" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7471802" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338706v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4906022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01759762v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>