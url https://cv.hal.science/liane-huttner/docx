--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -473,165 +473,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le contrôle de l'accès des mineurs aux sites pornographiques</w:t>
+                <w:t xml:space="preserve">La décision de l'algorithme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liane Huttner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7, pp.400</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19, pp.934</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04646500v1</w:t>
+                <w:t xml:space="preserve">halshs-04579511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décision de l'algorithme</w:t>
+                <w:t xml:space="preserve">Le contrôle de l'accès des mineurs aux sites pornographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liane Huttner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recueil Dalloz</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 19, pp.934</w:t>
+              <w:t xml:space="preserve">Dalloz IP/IT : droit de la propriété intellectuelle et du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7, pp.400</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04579511v1</w:t>
+                <w:t xml:space="preserve">halshs-04646500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le règne de l'usage ?</w:t>
               </w:r>
@@ -1907,169 +1907,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décision de l'algorithme : étude de droit privé sur les relations entre l'humain et la machine</w:t>
+                <w:t xml:space="preserve">La décision de l'algorithme. Étude de droit privé sur les relations entre l'humain et la machine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liane Huttner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Droit. Université Panthéon-Sorbonne - Paris I, 2022. Français. </w:t>
+              <w:t xml:space="preserve">Droit. Paris 1 - Panthéon-Sorbonne, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2022PA01D054⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-05378806v1</w:t>
+                <w:t xml:space="preserve">tel-04184956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La décision de l'algorithme. Étude de droit privé sur les relations entre l'humain et la machine.</w:t>
+                <w:t xml:space="preserve">La décision de l'algorithme : étude de droit privé sur les relations entre l'humain et la machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liane Huttner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Droit. Paris 1 - Panthéon-Sorbonne, 2022. Français. </w:t>
+              <w:t xml:space="preserve">Droit. Université Panthéon-Sorbonne - Paris I, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2022PA01D054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-04184956v1</w:t>
+                <w:t xml:space="preserve">tel-05378806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId41"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2224,51 +2224,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05233581v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Monat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Huttner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13600834.2026.2628389" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936283v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776331v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04571816v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646500v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579511v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696655v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678783v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678777v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03974862v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Merigoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.20.77" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02936606v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-022-09328-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184967v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193938v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193945v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203703v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203716v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203739v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lawsky" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03128248v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193935v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05378806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA01D054" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04184956v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05233581v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Monat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Huttner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13600834.2026.2628389" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936283v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04776331v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04571816v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678786v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04579511v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646500v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04696655v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678783v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678777v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03974862v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Merigoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.20.77" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02936606v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10506-022-09328-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184967v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193938v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193945v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203703v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203716v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203739v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lawsky" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03128248v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193935v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184974v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04184956v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05378806v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022PA01D054" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>