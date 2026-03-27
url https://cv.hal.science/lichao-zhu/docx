--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -248,329 +248,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La linguistique et la langue françaises en Chine et dans la communauté des linguistes sinisants en France</w:t>
+                <w:t xml:space="preserve">Créativité lexicale et discursive dans le discours de marketing : corpus, traitement automatique lexicographique et analyse prédicative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Mizouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3</w:t>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 213, pp.89-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812058v1</w:t>
+                <w:t xml:space="preserve">hal-04797118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polylexicalité et iconicité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La polylexicalité en chinois : double perspective phonique et scripturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synergies Tunisie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6</w:t>
+              <w:t xml:space="preserve">Neophilologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36, pp.1-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05111257v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04797129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Créativité lexicale et discursive dans le discours de marketing : corpus, traitement automatique lexicographique et analyse prédicative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polylexicalité et iconicité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Mejri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Imen Mizouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 213, pp.89-106</w:t>
+              <w:t xml:space="preserve">Synergies Tunisie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04797118v1</w:t>
+                <w:t xml:space="preserve">hal-05111257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La polylexicalité en chinois : double perspective phonique et scripturale</w:t>
+                <w:t xml:space="preserve">La linguistique et la langue françaises en Chine et dans la communauté des linguistes sinisants en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neophilologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 36, pp.1-19</w:t>
+              <w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04797129v1</w:t>
+                <w:t xml:space="preserve">hal-04812058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discours dictionnairique, moule phraséologique et corpus textuel</w:t>
               </w:r>
@@ -806,51 +806,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données dictionnairiques informatisées. Réseaux inférentiels et phraséologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salah Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1210,187 +1210,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une notion de moule dans le figement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du figement au défigement : la reconnaissance de néologismes polylexicaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Grezka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les cahiers du dictionnaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Études de linguistique appliquée: Revue de didactologie et de lexiculturologie des langues-cultures, 2/2017 (186(2)), pp. 185-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ela.186.0185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03986714v1</w:t>
+                <w:t xml:space="preserve">hal-02362163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du figement au défigement : la reconnaissance de néologismes polylexicaux</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pour une notion de moule dans le figement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les cahiers du dictionnaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.97-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ela.186.0185⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02362163v1</w:t>
+                <w:t xml:space="preserve">hal-03986714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unité de défigement</w:t>
               </w:r>
@@ -2013,243 +2013,243 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition d'une méthodologie pour l'annotation de la variation dénominative dans les textes scientifiques en sciences de la Terre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine-tuning NMT Models and LLMs for Specialised EN-ES Translation Using Aligned Corpora, Glossaries, and Synthetic Data: MULTITAN at WMT25 Terminology Shared Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lichao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Zimina-Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Cornejo Cárcamo</w:t>
+                <w:t xml:space="preserve">Cristian Valdez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalie Kübler</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lichao Zhu</w:t>
+                <w:t xml:space="preserve">Stéphane Patin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyond Single Words</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lichao Zhu; Natalie Kübler; Mojca Pecman, Dec 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">The Tenth Workshop on Machine Translation (WMT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACL, Nov 2025, Suzhou, China. pp.1284-1291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05442584v1</w:t>
+                <w:t xml:space="preserve">hal-05322834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-tuning NMT Models and LLMs for Specialised EN-ES Translation Using Aligned Corpora, Glossaries, and Synthetic Data: MULTITAN at WMT25 Terminology Shared Task</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proposition d'une méthodologie pour l'annotation de la variation dénominative dans les textes scientifiques en sciences de la Terre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Cornejo Cárcamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Kübler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Mestivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Patin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Tenth Workshop on Machine Translation (WMT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACL, Nov 2025, Suzhou, China. pp.1284-1291</w:t>
+              <w:t xml:space="preserve">Beyond Single Words</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lichao Zhu; Natalie Kübler; Mojca Pecman, Dec 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05322834v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polimatrix: Conversation Analysis as a Method for Evaluating Performance in Matrix Games</w:t>
               </w:r>
@@ -2473,51 +2473,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villemonte de La Clergerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Cornejo Cárcamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3099,51 +3099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clive E. Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristian Valdez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corpus de genres spécialisés: caractérisation, méthodes et applications didactiques (COSEDI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Grenoble Alpes, Dec 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3302,51 +3302,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MaTOS: Traduction automatique pour la science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mestivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie Kubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4069,51 +4069,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04073006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening Gender Transfer in Neural Machine Translation</w:t>
+                <w:t xml:space="preserve">Biais de genre dans un système de traduction automatique neuronale : une étude préliminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
@@ -4131,97 +4131,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Yvon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourth BlackboxNLP Workshop on Analyzing and Interpreting Neural Networks for NLP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association for computational linguistics, Nov 2021, Punta Cana, Dominica</w:t>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Lille, France. pp.11-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424174v1</w:t>
+                <w:t xml:space="preserve">hal-03265895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biais de genre dans un système de traduction automatique neuronale : une étude préliminaire</w:t>
+                <w:t xml:space="preserve">Screening Gender Transfer in Neural Machine Translation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wisniewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lichao Zhu</w:t>
@@ -4239,73 +4239,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ballier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Yvon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Lille, France. pp.11-25</w:t>
+              <w:t xml:space="preserve">Fourth BlackboxNLP Workshop on Analyzing and Interpreting Neural Networks for NLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association for computational linguistics, Nov 2021, Punta Cana, Dominica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03265895v1</w:t>
+                <w:t xml:space="preserve">hal-03424174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SPECTRANS System Description for the WMT21 Terminology Task</w:t>
               </w:r>
@@ -5113,182 +5113,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défigement et moule locutionnel</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Hermann. </w:t>
+                <w:t xml:space="preserve">XIEHOUYU ET SA TRADUCTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lichao Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guy Achard-Bayle; Christine Durieux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La phraséologie française en questions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cognitivisme et Traductologie. Approches sémantiques et psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6, Classiques Garnier, pp.167-177, 2020, Translatio, 978-2-406-09944-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09944-4.p.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03993544v1</w:t>
+                <w:t xml:space="preserve">hal-03189874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">XIEHOUYU ET SA TRADUCTION</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Guy Achard-Bayle; Christine Durieux. </w:t>
+                <w:t xml:space="preserve">Défigement et moule locutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhu Lichao</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitivisme et Traductologie. Approches sémantiques et psychologiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La phraséologie française en questions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.293-307, 2020, Vertige de la langue, 9791037006349</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03189874v1</w:t>
+                <w:t xml:space="preserve">hal-03993544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le jeu de mots et l’humour</w:t>
               </w:r>
@@ -5706,64 +5706,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des Protocoles d' Évaluation Humaine pour la Traduction de Documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie Kübler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mestivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Minder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5897,51 +5897,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="64ADAB04"/>
+    <w:nsid w:val="12D4EE4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6128,51 +6128,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lichao-zhu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4432-0236" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111057v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Le&#239;la" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812058v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111257v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Mejri" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797118v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mizouri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797129v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201361v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890622v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhaou Ghoul" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Lejeune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467732v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/CyS-22-4-3062" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993491v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362163v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Grezka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.186.0185" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419406v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781595v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Yun&#232;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.wmt-1.103" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895294v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993451v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571641v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442584v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cornejo C&#225;rcamo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322834v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Valdez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Patin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05287267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gledhill" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zwarts" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecgbl.19.1.3887" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983679v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Chen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chieh Wen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud B&#233;nard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dahan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573922v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziqian Peng" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Esamotunu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306041v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299041v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lopez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hansen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhl&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.30" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354495v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive E. Hamilton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04329162v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadaf Mohseni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Kubler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912438v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Youn&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082648v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912609v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073006v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424174v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265895v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574680v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahn Cho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Faye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zong-You Ke" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Martikainen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467662v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01366700v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419417v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Eline" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801235" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731314v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Meneses Lerin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fasciolo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04034706v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Issac" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Ait El Mekki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier H&#251;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986768v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria A&#239;t El Mekki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698632v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;chir Ouerhani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993544v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Lichao" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189874v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09944-4.p.0167" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353668v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02972900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056117v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190058v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comares.com/libro/lenguaje-figurado-y-competencia-interlinguistica-i_113280/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700009v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Minder" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lichao-zhu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4432-0236" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111057v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lichao Zhu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Le&#239;la" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797118v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mizouri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797129v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111257v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Mejri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812058v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201361v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890622v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wisniewski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Yvon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986520v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03534063v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhaou Ghoul" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Lejeune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467732v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lejeune" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13053/CyS-22-4-3062" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993491v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362163v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Grezka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.186.0185" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986714v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419406v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781595v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zimina-Poirot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Yun&#232;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2024.wmt-1.103" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895294v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993451v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02571641v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322834v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Valdez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Patin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442584v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cornejo C&#225;rcamo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie K&#252;bler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mestivier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-05287267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Gledhill" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Zwarts" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34190/ecgbl.19.1.3887" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983679v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Chen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Chieh Wen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud B&#233;nard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dahan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573922v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziqian Peng" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Esamotunu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306041v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299041v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lopez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hansen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhl&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.30" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354495v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive E. Hamilton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04329162v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadaf Mohseni" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131594v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Kubler" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701474v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912438v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912352v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Youn&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082648v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912609v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073006v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265895v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424174v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574680v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahn Cho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Faye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zong-You Ke" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Martikainen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467662v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-01366700v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419417v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Eline" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20140801235" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731314v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Meneses Lerin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fasciolo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04034706v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Issac" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Ait El Mekki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier H&#251;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986768v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria A&#239;t El Mekki" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698632v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;chir Ouerhani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189874v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09944-4.p.0167" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993544v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhu Lichao" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353668v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02972900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056117v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190058v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comares.com/libro/lenguaje-figurado-y-competencia-interlinguistica-i_113280/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700009v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Minder" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>