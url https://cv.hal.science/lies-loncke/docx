--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,6131 +66,6265 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dating Two Successive Rifts of the Equatorial Atlantic From the Sediments of the Buteur Ridge, Demerara Plateau (French Guiana)</w:t>
+                <w:t xml:space="preserve">Origin and evolution of giant comet marks along the North Atlantic Deep-Water flow on the Demerara plateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Coudun</w:t>
+                <w:t xml:space="preserve">Paul Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Basile</w:t>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Bernet</w:t>
+                <w:t xml:space="preserve">Xavier Durrieu de Madron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Balvay</w:t>
+                <w:t xml:space="preserve">Sébastien Zaragosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Léger</w:t>
+                <w:t xml:space="preserve">Kelly Fauquembergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 37 (6), </w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 493, pp.107717. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bre.70076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2026.107717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05513097v1</w:t>
+                <w:t xml:space="preserve">hal-05501131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Did gas-hydrate dissociation promote slope instability in the western Black Sea after the end of the last glacial period?</w:t>
+                <w:t xml:space="preserve">Dating Two Successive Rifts of the Equatorial Atlantic From the Sediments of the Buteur Ridge, Demerara Plateau (French Guiana)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Fabre</w:t>
+                <w:t xml:space="preserve">Charline Coudun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Riboulot</w:t>
+                <w:t xml:space="preserve">Matthias Bernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Ker</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mélanie Balvay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2024.107088⟩</w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bre.70076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777748v1</w:t>
+                <w:t xml:space="preserve">hal-05513097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow Dynamics of Hydrate Systems Revealed by a Double BSR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Riboulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Ker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Ballas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 51 (10), e2023GL106284 (10p.). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2023GL106284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04669229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural oil seep systems in the Aegean Sea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Did gas-hydrate dissociation promote slope instability in the western Black Sea after the end of the last glacial period?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Riboulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Jatiault</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Dimitris Sakellariou</w:t>
+                <w:t xml:space="preserve">Stephan Ker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, 163, pp.106754. </w:t>
+              <w:t xml:space="preserve">, 2024, 170, 107088 (25p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2024.106754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2024.107088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04498675v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beachrocks of the last low sea level, substrate of the Great Amazon Reef system along the outer Guiana shelf</w:t>
+                <w:t xml:space="preserve">Natural oil seep systems in the Aegean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Giresse</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Romain Jatiault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Longueville</w:t>
+                <w:t xml:space="preserve">Mahrez Sadaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Casanova</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dimitris Sakellariou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geo-Marine Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 43 (2), pp.10. </w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 163, pp.106754. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00367-023-00751-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2024.106754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125817v1</w:t>
+                <w:t xml:space="preserve">hal-04498675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep structure of the Demerara Plateau and its two-fold tectonic evolution: from a volcanic margin to a Transform Marginal Plateau, insights from the conjugate Guinea Plateau</w:t>
+                <w:t xml:space="preserve">Beachrocks of the last low sea level, substrate of the Great Amazon Reef system along the outer Guiana shelf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Graindorge</w:t>
+                <w:t xml:space="preserve">Pierre Giresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Museur</w:t>
+                <w:t xml:space="preserve">Arnauld Heuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+                <w:t xml:space="preserve">François Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Roest</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Basile</w:t>
+                <w:t xml:space="preserve">Alexandre Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 524 (1), pp.339-366. </w:t>
+              <w:t xml:space="preserve">Geo-Marine Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (2), pp.10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/sp524-2021-96⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00367-023-00751-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03630949v1</w:t>
+                <w:t xml:space="preserve">hal-04125817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermochronology and U–Pb dating of detrital zircons from the Demerara Plateau (French Guiana‐Suriname): Implications for the provenance of the Early Cretaceous syn‐rift sedimentation</w:t>
+                <w:t xml:space="preserve">Deep structure of the Demerara Plateau and its two-fold tectonic evolution: from a volcanic margin to a Transform Marginal Plateau, insights from the conjugate Guinea Plateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Girault</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">David Graindorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Museur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Basile</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnauld Heuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bre.12758⟩</w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 524 (1), pp.339-366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1144/sp524-2021-96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04146316v1</w:t>
+                <w:t xml:space="preserve">hal-03630949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volcanic influence during the formation of a transform marginal plateau: Insights from wide-angle seismic data along the northwestern Demerara Plateau</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Graindorge</w:t>
+                <w:t xml:space="preserve">Thermochronology and U–Pb dating of detrital zircons from the Demerara Plateau (French Guiana‐Suriname): Implications for the provenance of the Early Cretaceous syn‐rift sedimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Bernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Heuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229592⟩</w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (4), pp.1386-1406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bre.12758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03863064v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compared structure and evolution of the conjugate Demerara and Guinea transform marginal plateaus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Volcanic influence during the formation of a transform marginal plateau: Insights from wide-angle seismic data along the northwestern Demerara Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crelia Padron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter R. Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Graindorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Walter R. Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tectonophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 822, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2021.229112⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 842, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2022.229592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03661493v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03863064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation of transform continental margins: the Cretaceous margins of the Demerara plateau</w:t>
+                <w:t xml:space="preserve">Compared structure and evolution of the conjugate Demerara and Guinea transform marginal plateaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mercier de Lépinay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter R. Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1144/SP524-2021-118⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 822, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2021.229112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203721v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03661493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water column poly-aromatic hydrocarbon anomalies measured with submersible gliders in the Angolan natural oil seepage province</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t>
+                <w:t xml:space="preserve">Initiation of transform continental margins: the Cretaceous margins of the Demerara plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Graindorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 175, pp.103588. </w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 524 (1), pp.327-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dsr.2021.103588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1144/SP524-2021-118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03275770v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echofacies interpretation of Pleistocene to Holocene contourites on the Demerara plateau and abyssal plain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water column poly-aromatic hydrocarbon anomalies measured with submersible gliders in the Angolan natural oil seepage province</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jatiault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Tallobre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">Damien Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Droz</w:t>
+                <w:t xml:space="preserve">Florent Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Marsset</w:t>
+                <w:t xml:space="preserve">Marc Tedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjam Uusõue</w:t>
+                <w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpretation-A Journal of Subsurface Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (2), pp.SB49-SB65. </w:t>
+              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 175, pp.103588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1190/INT-2020-0159.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr.2021.103588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04203342v1</w:t>
+                <w:t xml:space="preserve">hal-03275770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep structure of the Demerara Plateau: From a volcanic margin to a Transform Marginal Plateau</w:t>
+                <w:t xml:space="preserve">Echofacies interpretation of Pleistocene to Holocene contourites on the Demerara plateau and abyssal plain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Museur</w:t>
+                <w:t xml:space="preserve">Cédric Tallobre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Graindorge</w:t>
+                <w:t xml:space="preserve">Laurence Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Klingelhoefer</w:t>
+                <w:t xml:space="preserve">Tania Marsset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. R. Roest</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Basile</w:t>
+                <w:t xml:space="preserve">Mirjam Uusõue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2020.228645⟩</w:t>
+              <w:t xml:space="preserve">Interpretation-A Journal of Subsurface Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (2), pp.SB49-SB65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/INT-2020-0159.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03685400v1</w:t>
+                <w:t xml:space="preserve">hal-04203342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and evolution of the Atlantic passive margins: A review of existing rifting models from wide-angle seismic data and kinematic reconstruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep structure of the Demerara Plateau: From a volcanic margin to a Transform Marginal Plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Museur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Biari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+                <w:t xml:space="preserve">D. Graindorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dieter Franke</w:t>
+                <w:t xml:space="preserve">F. Klingelhoefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Funck</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">W. R. Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2021.104898⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 803, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2020.228645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04015874v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03685400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Jurassic magmatism of the Demerara Plateau (offshore French Guiana) as a remnant of the Sierra Leone hotspot during the Atlantic rifting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure and evolution of the Atlantic passive margins: A review of existing rifting models from wide-angle seismic data and kinematic reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Biari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieter Franke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Funck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-64333-5⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.104898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2021.104898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562032v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04015874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seamounts, plateaus and governance issues in the southwestern Indian Ocean, with emphasis on fisheries management and marine conservation, using the Walters Shoal as a case study for implementing a protection framework</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Ternon</w:t>
+                <w:t xml:space="preserve">The Jurassic magmatism of the Demerara Plateau (offshore French Guiana) as a remnant of the Sierra Leone hotspot during the Atlantic rifting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Paquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evgeny V. Romanov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Demarcq</w:t>
+                <w:t xml:space="preserve">Arnaud Agranier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2019.104715⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.7486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-64333-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537261v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A synthesis of the sedimentary evolution of the Demerara Plateau (Central Atlantic Ocean) from the late Albian to the Holocene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seamounts, plateaus and governance issues in the southwestern Indian Ocean, with emphasis on fisheries management and marine conservation, using the Walters Shoal as a case study for implementing a protection framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Marsac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Fanget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">Florence Galletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Pattier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Walter Roest</w:t>
+                <w:t xml:space="preserve">Jean-François Ternon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evgeny V. Romanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Demarcq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2019.104195⟩</w:t>
+              <w:t xml:space="preserve">Deep Sea Research Part II: Topical Studies in Oceanography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 176, pp.104715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr2.2019.104715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202483v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plateau de Démérara et ses marges au large des Guyanes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Graindorge</w:t>
+                <w:t xml:space="preserve">A synthesis of the sedimentary evolution of the Demerara Plateau (Central Atlantic Ocean) from the late Albian to the Holocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Fanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Basile</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Pattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Marsset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 114, 104195 (16p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2019.104195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04964017v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transform marginal plateaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.R. Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Klingelhoefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Graindorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth-Science Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 203, pp.102940. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.earscirev.2019.102940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02532555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical characterisation of active thermogenic oil seeps in the salt province of the lower Congo basin part I: Detailed study of one oil-seeping site</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Jatiault</w:t>
+                <w:t xml:space="preserve">Le plateau de Démérara et ses marges au large des Guyanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Graindorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Heuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 206, pp.21-26</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03400810v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation and evolution of glauconite in the Demerara Contourite depositional system related to NADW circulation changes during late Quaternary (French Guiana)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Geophysical characterisation of active thermogenic oil seeps in the salt province of the lower Congo basin part I: Detailed study of one oil-seeping site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jatiault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Tallobre</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Damien Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dubucq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsames.2019.03.011⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 103, pp.753-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2018.11.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02087669v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03400810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical characterisation of active thermogenic oil seeps in the salt province of the lower Congo basin. Part II: A regional validation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Formation and evolution of glauconite in the Demerara Contourite depositional system related to NADW circulation changes during late Quaternary (French Guiana)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Tallobre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Giresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Angela Bassetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2019.02.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 92, pp.167-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsames.2019.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04501008v2</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deflection of natural oil droplets through the water column in deep-water environments: The case of the Lower Congo Basin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Geophysical characterisation of active thermogenic oil seeps in the salt province of the lower Congo basin. Part II: A regional validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jatiault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dubucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dsr.2018.04.009⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 103, pp.773 - 791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2019.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01930762v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501008v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of natural oil seepage in the Lower Congo Basin using SAR observations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Deflection of natural oil droplets through the water column in deep-water environments: The case of the Lower Congo Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Jatiault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Durrieu de Madron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Dubucq</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.01.031⟩</w:t>
+              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 136, pp.44 - 61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr.2018.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04498632v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01930762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description of a contourite depositional system on the Demerara Plateau: Results from geophysical data and sediment cores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring of natural oil seepage in the Lower Congo Basin using SAR observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jatiault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Tallobre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Damien Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Dubucq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2016.01.003⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing of Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 191, pp.258 - 272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rse.2017.01.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336536v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04498632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the Demerara passive-transform margin and associated sedimentary processes. Initial results from the IGUANES cruise</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Bayon</w:t>
+                <w:t xml:space="preserve">Description of a contourite depositional system on the Demerara Plateau: Results from geophysical data and sediment cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Tallobre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Angela Bassetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Giresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 431 (1), pp.179 - 197. </w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 378, pp.Pages 56-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/SP431.7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2016.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01741165v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transform continental margins - Part 2: A worldwide review</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Walter R. Roest</w:t>
+                <w:t xml:space="preserve">Structure of the Demerara passive-transform margin and associated sedimentary processes. Initial results from the IGUANES cruise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Patriat</w:t>
+                <w:t xml:space="preserve">A. Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2016.05.038⟩</w:t>
+              <w:t xml:space="preserve">The Geological Society, London, Special Publications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 431 (1), pp.179 - 197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1144/SP431.7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03691009v1</w:t>
+                <w:t xml:space="preserve">hal-01741165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of an enigmatic regional Mio-Pliocene unconformity on the Demerara plateau</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Imbert</w:t>
+                <w:t xml:space="preserve">Transform continental margins - Part 2: A worldwide review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Mercier de Lépinay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter R. Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Gaullier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Basile</w:t>
+                <w:t xml:space="preserve">Martin Patriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 365, pp.21-35. </w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 693, pp.96-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2015.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2016.05.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01365920v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03691009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salt tectonics and crustal tectonics along the Eastern Sardinian margin, Western Tyrrhenian: New insights from the &amp;quot;METYSS 1&amp;quot; cruise,</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Origin of an enigmatic regional Mio-Pliocene unconformity on the Demerara plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Maillard</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 615-616, pp.69-84. </w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 365, pp.21-35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2013.12.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2015.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00996665v1</w:t>
+                <w:t xml:space="preserve">hal-01365920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-Messinian evolution of the Florence Ridge area (Western Cyprus Arc), Part I: Morphostructural analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Salt tectonics and crustal tectonics along the Eastern Sardinian margin, Western Tyrrhenian: New insights from the &amp;quot;METYSS 1&amp;quot; cruise,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.C. Sellier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Loncke</w:t>
+                <w:t xml:space="preserve">G. Lymer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Vendeville</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Zitter</w:t>
+                <w:t xml:space="preserve">B.C. Vendeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tectonophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 591, pp.131 - 142. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2012.04.001⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 615-616, pp.69-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2013.12.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01856069v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00996665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass-transport deposits and fluid venting in a transform margin setting, the eastern Demerara Plateau (French Guiana)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Post-Messinian evolution of the Florence Ridge area (Western Cyprus Arc), Part I: Morphostructural analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.C. Sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Basile</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Vendeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Maillard</w:t>
+                <w:t xml:space="preserve">J. Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Zitter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.06.010⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 591, pp.131 - 142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2012.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04499447v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01856069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and evolution of the Demerara Plateau, offshore French Guiana : rifting, tectonic inversion and post-rift tilting at transform-divergent margins intersection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lies Loncke</w:t>
+                <w:t xml:space="preserve">Mass-transport deposits and fluid venting in a transform margin setting, the eastern Demerara Plateau (French Guiana)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Pattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonophysics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.287-303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.06.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tecto.2012.01.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00661706v2</w:t>
+                <w:t xml:space="preserve">hal-04499447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravitational instabilities triggered by fluid overpressure and downslope incision – Insights from analytical and analogue modelling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno C. Vendeville</w:t>
+                <w:t xml:space="preserve">Structure and evolution of the Demerara Plateau, offshore French Guiana : rifting, tectonic inversion and post-rift tilting at transform-divergent margins intersection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Patriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Mourgues</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Virginie Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.05.011⟩</w:t>
+              <w:t xml:space="preserve">Tectonophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 591, pp.16-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tecto.2012.01.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02377303v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00661706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refining our knowledge of the Messinian salinity crisis records in the offshore domain through multi-site seismic analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gravitational instabilities triggered by fluid overpressure and downslope incision – Insights from analytical and analogue modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno C. Vendeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Lofi</w:t>
+                <w:t xml:space="preserve">Régis Mourgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sage</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Lebacq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42, pp.151-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.05.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2113/gssgfbull.182.2.163⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00498286v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02377303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slope instabilities from echo-character mapping along the French Guiana transform margin and Demerara abyssal plain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Refining our knowledge of the Messinian salinity crisis records in the offshore domain through multi-site seismic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lofi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Déverchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">M. Patriat</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2008.02.010⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 182 (2), pp.163-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2113/gssgfbull.182.2.163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00411151v1</w:t>
+                <w:t xml:space="preserve">hal-00498286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menes caldera, a highly active site of brine seepage in the eastern Mediterranean sea: &amp;quot;In situ&amp;quot; observations from the Nautinil expedition (2003)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Huguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ondréas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Thouement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 261 (1-4), pp.138-152. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.margeo.2009.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00407980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-disciplinary investigation of fluid seepage on an unstable margin: The case of the Central Nile deep-sea fan.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Slope instabilities from echo-character mapping along the French Guiana transform margin and Demerara abyssal plain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Ducassou</w:t>
+                <w:t xml:space="preserve">M. Patriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 261 (1), pp.92-104. </w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (5), pp.711-723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2008.10.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2008.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00480273v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00411151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale slope instabilities along the Nile deep-sea fan, Egyptian margin: A general overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multi-disciplinary investigation of fluid seepage on an unstable margin: The case of the Central Nile deep-sea fan.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Caprais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Ducassou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2008.03.010⟩</w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 261 (1), pp.92-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2008.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-00401679v1</w:t>
+                <w:t xml:space="preserve">hal-00480273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass-transport deposits on the Rosetta Province (NW Nile deep-sea turbidite system, Egyptian Margin): characteristics, distribution, and potential causal processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Garziglia</w:t>
+                <w:t xml:space="preserve">Multi-scale slope instabilities along the Nile deep-sea fan, Egyptian margin: A general overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Ducassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Migeon</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26 (5), pp.633-646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2008.03.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.margeo.2008.01.016⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00407868v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00401679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seafloor geological studies above active gas chimneys off Egypt (Central Nile Deep Sea Fan).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Dupré</w:t>
+                <w:t xml:space="preserve">Mass-transport deposits on the Rosetta Province (NW Nile deep-sea turbidite system, Egyptian Margin): characteristics, distribution, and potential causal processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Garziglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Woodside</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Foucher</w:t>
+                <w:t xml:space="preserve">S. Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gert de Lange</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Ducassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, I54 (7), pp.1146-1172. </w:t>
+              <w:t xml:space="preserve">Marine Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 250 (3-4), pp.180-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dsr.2007.03.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.margeo.2008.01.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00481709v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00407868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphostructure of the Egyptian Continental Margin: Insights from Swath Bathymetry Surveys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Mascle</w:t>
+                <w:t xml:space="preserve">Seafloor geological studies above active gas chimneys off Egypt (Central Nile Deep Sea Fan).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Sardou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Migeon</w:t>
+                <w:t xml:space="preserve">John Woodside</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Camera</w:t>
+                <w:t xml:space="preserve">Gert de Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Geophysical Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 27 (1), pp.49-59. </w:t>
+              <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, I54 (7), pp.1146-1172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11001-005-1559-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dsr.2007.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00407700v1</w:t>
+                <w:t xml:space="preserve">hal-00481709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nile deep-sea fan: an example of interacting sedimentation, salt tectonics, and inherited subsalt paleotopographic features</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Morphostructure of the Egyptian Continental Margin: Insights from Swath Bathymetry Surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sardou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Camera</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Geophysical Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (1), pp.49-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11001-005-1559-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00350190v1</w:t>
+                <w:t xml:space="preserve">hal-00407700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geophysical evidences of fluid seepages and mud volcanoes on the Egyptian continental margin (eastern Mediterranean).</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+                <w:t xml:space="preserve">Nile deep-sea fan: an example of interacting sedimentation, salt tectonics, and inherited subsalt paleotopographic features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Gaullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vendeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boll. Soc. Geol. It</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Volume speciale n°4, pp.127-134, 7ff</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, v. 23, pp. 297-315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350333v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00350190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mud volcanoes, gas chimneys, pockmarks and mounds in the Nile deep-sea fan (eastern Mediterranean): geophysical evidences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Geophysical evidences of fluid seepages and mud volcanoes on the Egyptian continental margin (eastern Mediterranean).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Mascle</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 21, pp.669-689</w:t>
+              <w:t xml:space="preserve">Boll. Soc. Geol. It</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Volume speciale n°4, pp.127-134, 7ff</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00350195v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00350333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reappraisal of the 1950 (Mw 6.9) Mondy earthquake, Siberia, and its relationship to the strain pattern at the south-western end of the Baikal rift zone</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Mud volcanoes, gas chimneys, pockmarks and mounds in the Nile deep-sea fan (eastern Mediterranean): geophysical evidences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mascle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra Nova</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 21, pp.669-689</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1046/j.1365-3121.2002.00445.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00406675v1</w:t>
+                <w:t xml:space="preserve">hal-00350195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Reappraisal of the 1950 (Mw 6.9) Mondy earthquake, Siberia, and its relationship to the strain pattern at the south-western end of the Baikal rift zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Delouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Déverchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Melnikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Radziminovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Nova</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 14 (6), pp.491-500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-3121.2002.00445.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00406675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Recent depositional Patterns of the Nile deep-sea fan from Echo-character Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bellaiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mascle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAPG Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 86 (7), pp.1165-1186 [396]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1306/61EEDC42-173E-11D7-8645000102C1865D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00406704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6200,901 +6334,901 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of sedimentary structures associated with the Deep Western Boundary Current in French Guiana (Demerara Plateau)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Durrieu de Madron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivane Pairaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2024 (EGU24)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-18223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04729599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep structure of the Demerara Plateau and its two-fold tectonic evolution: from a volcanic margin to a Transform Marginal Plateau, insights from the conjugate Guinea plateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Graindorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Museur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frauke Klingelhoëfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Roest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1144/sp524-2021-96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03587834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transform Marginal Plateaus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lies Loncke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Roest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Klingelhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lies Loncke</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Graindorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AGU, Dec 2019, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salt tectonics and crustal tectonics along the Eastern Sardinian margin, Western Tyrrhenian: new insights from the &amp;quot;METYSS 1&amp;quot; cruise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Chanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Lymer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Sage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations sur la lenteur de la sédimentation sur la pente orientale de la Sardaigne (versant du Canyon d'Orosei).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Lymer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Giresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Thinon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00657313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of fluid overpressure on sliding with or without frontal buttress. Insights from analytical and experimental modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lacoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Vendeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Mourgues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00502516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Messinian Salinity Crisis in the offshore domain : an overview of our knowledge through seismic profile interpretation and multi-site approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lofi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Déverchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIESM Workshop Monographs, n°33</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Almeria, Spain. pp.83-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00460116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7104,147 +7238,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic Atlas of the Messinian Salinity Crisis markers in the Mediterranean and Black Seas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Lofi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Déverchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Commission for the Geological Map of the World. Société Géologique de France, t. 179, pp.1-72, 2011, Mémoires de la Société Géologique de France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00593502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7254,305 +7388,305 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass Movements in a Transform Margin Setting: The Example of the Eastern Demerara Rise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Pattier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vendeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yasuhiro Yamada, Kiichiro Kawamura, Ken Ikehara, Yujiro Ogawa, Roger Urgeles, David Mosher, Jason Chaytor and Michael Strasser. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Submarine Mass Movements and Their Consequences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.331-339, 2012, Advances in Natural and Technological Hazards Research, Vol. 31, 978-94-007-2161-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-2162-3_30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00682067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slope Instability on the French Guiana Transform Margin from Swath-Bathymetry and 3.5 kHz Echograms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Gaullier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Droz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">V. Gaullier, L. Loncke, L. Droz, C. Basile, A. Maillard, M. Patriat, W. R. Roest, B. Loubrieu, L. Folens and F. Carol. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Natural and Technological Hazards Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, D. C. Mosher et al., pp.569-579, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-90-481-3071-9_46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00553397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7562,401 +7696,401 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de campagne DIADEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Basile</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Blin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Coudun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut des Sciences de la Terre de Grenoble. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05263389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DRADEM campaign - 2016 July - Scientific report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Basile</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnauld Heuret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewald Poetisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] ISTerre, CNRS UMR 5275, Université Grenoble Alpes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Campagne DRADEM – Juillet 2016 - Rapport scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnauld Heuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Basile</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lies Loncke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ewald Poetisi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ISTerre, CNRS UMR 5275, Université Grenoble Alpes. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId238"/>
+      <w:footerReference w:type="default" r:id="rId242"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8103,51 +8237,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05513097v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Coudun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Basile" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Balvay" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;ger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.70076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777748v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fabre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lies Loncke" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Riboulot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ker" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2024.107088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669229v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ballas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL106284" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498675v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jatiault" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahrez Sadaoui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Sakellariou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2024.106754" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04125817v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giresse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Heuret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Longueville" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Casanova" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-023-00751-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630949v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graindorge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Museur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelhoefer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Roest" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/sp524-2021-96" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146316v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Girault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12758" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03863064v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter R. Roest" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229592" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661493v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229112" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203721v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP524-2021-118" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275770v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dhont" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Besson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tedetti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2021.103588" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203342v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tallobre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Droz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Marsset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Uus&#245;ue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/INT-2020-0159.1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685400v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Museur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Graindorge" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klingelhoefer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. R. Roest" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Basile" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2020.228645" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04015874v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Biari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Franke" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Funck" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2021.104898" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02562032v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64333-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537261v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsac" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Galletti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ternon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny V. Romanov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2019.104715" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202483v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Fanget" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pattier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.104195" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04964017v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532555v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Loncke" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.R. Roest" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102940" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03400810v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Imbert" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubucq" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.11.026" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087669v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angela Bassetti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bayon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2019.03.011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501008v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.02.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01930762v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Durrieu de Madron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2018.04.009" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498632v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.01.031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01336536v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2016.01.003" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01741165v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roest" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bayon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP431.7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03691009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Patriat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.05.038" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365920v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pattier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Imbert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaullier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.04.001" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996665v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chanier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lymer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.C. Vendeville" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2013.12.015" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X78B5VG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856069v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.C. Sellier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vendeville" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mascle" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zitter" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.04.001" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D6NQP1PH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499447v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maillard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.06.010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661706v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.01.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377303v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lacoste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mourgues" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lebacq" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.05.011" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKGV8W6H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498286v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#233;verch&#232;re" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.182.2.163" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411151v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Patriat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2008.02.010" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407980v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huguen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Foucher" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mascle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ondr&#233;as" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thouement" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2009.02.005" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480273v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupr&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caprais" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ducassou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.10.008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00401679v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2008.03.010" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74Q16N6C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407868v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garziglia" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migeon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ducassou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.01.016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLKFQGQ9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481709v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Woodside" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert de Lange" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2007.03.007" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH63SPQ2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407700v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sardou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camera" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11001-005-1559-x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z52MJ3FP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350190v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vendeville" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350333v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350195v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406675v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Melnikova" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Radziminovitch" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3121.2002.00445.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JWCNWNJD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406704v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellaiche" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/61EEDC42-173E-11D7-8645000102C1865D" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04729599v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Pairaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18223" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587834v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelho&#235;fer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527196v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00657310v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lymer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Sage" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00657313v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502516v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460116v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lofi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gillet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00593502v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gillet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00682067v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-2162-3_30" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553397v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-3071-9_46" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263389v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chauvet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418244v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Poetisi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418119v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05501131v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Blin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lies Loncke" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Durrieu de Madron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Zaragosi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Fauquembergue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2026.107717" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05513097v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Coudun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Basile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Bernet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Balvay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien L&#233;ger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.70076" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669229v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fabre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Riboulot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Ker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ballas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL106284" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777748v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2024.107088" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498675v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jatiault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Henry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahrez Sadaoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Sakellariou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2024.106754" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04125817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Giresse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld Heuret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Longueville" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Casanova" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-023-00751-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630949v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Graindorge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Museur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelhoefer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Roest" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/sp524-2021-96" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146316v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Girault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Paquette" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12758" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03863064v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crelia Padron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter R. Roest" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229592" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661493v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mercier de L&#233;pinay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Maillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2021.229112" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203721v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP524-2021-118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275770v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Dhont" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Besson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Tedetti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2021.103588" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203342v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tallobre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Droz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Marsset" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Uus&#245;ue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/INT-2020-0159.1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03685400v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Museur" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Graindorge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Klingelhoefer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. R. Roest" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Basile" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2020.228645" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04015874v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Biari" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Franke" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Funck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2021.104898" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02562032v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Agranier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64333-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537261v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsac" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Galletti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ternon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeny V. Romanov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Demarcq" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr2.2019.104715" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202483v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Fanget" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pattier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.104195" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532555v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Loncke" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.R. Roest" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2019.102940" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04964017v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03400810v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Imbert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dubucq" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2018.11.026" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087669v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Angela Bassetti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bayon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2019.03.011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501008v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2019.02.002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01930762v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2018.04.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498632v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2017.01.031" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01336536v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2016.01.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01741165v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maillard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roest" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bayon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/SP431.7" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03691009v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Patriat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2016.05.038" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365920v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pattier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Imbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gaullier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2015.04.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996665v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chanier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lymer" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.C. Vendeville" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2013.12.015" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X78B5VG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856069v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.C. Sellier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vendeville" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mascle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Zitter" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.04.001" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D6NQP1PH-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499447v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maillard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.06.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661706v2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Gaullier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2012.01.010" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377303v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Lacoste" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno C. Vendeville" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Mourgues" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lebacq" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.05.011" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKGV8W6H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498286v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lofi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sage" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#233;verch&#232;re" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2113/gssgfbull.182.2.163" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407980v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huguen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Foucher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mascle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ondr&#233;as" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thouement" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2009.02.005" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00411151v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Patriat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2008.02.010" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480273v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupr&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Caprais" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Ducassou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.10.008" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00401679v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Migeon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2008.03.010" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74Q16N6C-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407868v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Garziglia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Migeon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ducassou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2008.01.016" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VLKFQGQ9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481709v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Woodside" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert de Lange" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2007.03.007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XH63SPQ2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407700v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sardou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Camera" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11001-005-1559-x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z52MJ3FP-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350190v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vendeville" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350333v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350195v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406675v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delouis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Melnikova" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Radziminovitch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-3121.2002.00445.x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JWCNWNJD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00406704v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bellaiche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/61EEDC42-173E-11D7-8645000102C1865D" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04729599v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dupont" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivane Pairaud" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-18223" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587834v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Klingelho&#235;fer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527196v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00657310v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Chanier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lymer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Sage" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00657313v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thinon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00502516v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lacoste" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00460116v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lofi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gorini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gillet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-00593502v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Gillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00682067v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-2162-3_30" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00553397v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-90-481-3071-9_46" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263389v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chauvet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418244v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewald Poetisi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418119v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>