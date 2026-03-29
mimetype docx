--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1139,347 +1139,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and evaluation of an adapted physical activity program in anorexia nervosa inpatients: A pilot study</w:t>
+                <w:t xml:space="preserve">Geriatric Rehabilitation and COVID-19: a Case Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Kern</w:t>
+                <w:t xml:space="preserve">Marine Brika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Morvan</w:t>
+                <w:t xml:space="preserve">Maëva Bossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lama Mattar</w:t>
+                <w:t xml:space="preserve">France Mourey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Molina</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Kubicki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/erv.2779⟩</w:t>
+              <w:t xml:space="preserve">SN Comprehensive Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (12), pp.2890-2898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42399-020-00613-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04977224v1</w:t>
+                <w:t xml:space="preserve">hal-04977210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geriatric Rehabilitation and COVID-19: a Case Report</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and evaluation of an adapted physical activity program in anorexia nervosa inpatients: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Brika</w:t>
+                <w:t xml:space="preserve">Yannick Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Bossu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lilian Fautrelle</w:t>
+                <w:t xml:space="preserve">Lama Mattar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">France Mourey</w:t>
+                <w:t xml:space="preserve">Estelle Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Kubicki</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laura Tailhardat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Comprehensive Clinical Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2 (12), pp.2890-2898. </w:t>
+              <w:t xml:space="preserve">European Eating Disorders Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (6), pp.687-700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s42399-020-00613-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/erv.2779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04977210v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A latent profile analysis revealed different categories of patients in anorexia nervosa: proposal of guidelines in adapted physical activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Godart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Tailhardat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Peguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1698,51 +1698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immediate effects of shoes inducing ankle-destabilization around Henke's axis during challenging walking gaits: Gait kinematics and peroneal muscles activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kubicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Babault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1802,51 +1802,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activité physique dans l’anorexie mentale : un problème ou un levier thérapeutique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1910,51 +1910,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immediate effects of shoes inducing ankle-destabilization around Henke's axis during challenging walking gaits: Gait kinematics and peroneal muscles activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kubicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Babault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2014,51 +2014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Early Indicators of Functional Decrease in Mild Cognitive Impairment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Kubicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2066,51 +2066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bourrelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rouaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Mourey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (193), </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3276,51 +3276,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">6- Activité physique adaptée dans l’anorexie mentale : Activités physiques adaptées dans un centre de réhabilitation psychosociale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3420,51 +3420,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme en Activités Physiques Adaptées pour des Personnes vivant Avec une Schizophrénie. À destination des professeurs d’Activités Physiques Adaptées impliqués dans le projet SDAPAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3495,51 +3495,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités physiques adaptées à des fins de santé. Le livret des bonnes pratiques dans l’anorexie mentale à destination des patients et des équipes thérapeutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3583,51 +3583,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme d’Activités Physiques Adaptées à des fins de Santé pour des Patients souffrant d’Anorexie Mentale. A destination des enseignants professionnels d’Activités Physiques Adaptées impliqués dans le projet EfAPAP- Anorexia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3658,51 +3658,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités physiques adaptées à des fins de santé. Le livret des bonnes pratiques pour patients avec Schizophrénie à destination des patients et des équipes thérapeutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Fautrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3926,51 +3926,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="67044571"/>
+    <w:nsid w:val="A4164308"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4157,51 +4157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lilianfautrelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4044-8614" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160456975" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399296v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Bi&#233;chy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Grol&#233;as" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Skrysinski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gobert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0337431" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Seiwert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fautrelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319715" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441453v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pierrieau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lepers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2023.1273435" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703215v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamous" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bi&#233;chy Jean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-230153" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350184v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pierrieau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Charissou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Vernazza-Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pageaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lepers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vernazza-Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrel-Chapus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fautrelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lachaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dru" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03413-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364588v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bi&#233;chy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charissou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gobert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verdier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castel-Lacanal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2021.1916606" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Morvan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Mattar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Molina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Tailhardat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2779" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977210v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Brika" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Bossu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Mourey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kubicki" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42399-020-00613-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02311172v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Peguet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2018022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467678v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vieillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Longuet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.11.008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7TD2MPK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03989807v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Babault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Paizis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2017.03.022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02311864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01528814v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourrelier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2016.00193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01330454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Papaxanthis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fadiga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pozzo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.03.039" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZFP0WKTF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01425263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caspar Addyman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Rocha" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M. French" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Thomas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4842-y" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302359v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mareschal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119187" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00805192v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gueugnon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbieri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnetblanc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2013.03.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00805182v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2012.07.005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708621v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbieri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2011.07.049" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRQCJBZP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861978v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ricolfi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peyrin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2011.06.034" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RL71QJ86-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979496v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26219.52009" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892507v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369187v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Rizk" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318642v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318635v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318651v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318624v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00692451v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS040" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lilianfautrelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4044-8614" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160456975" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399296v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Bi&#233;chy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Charissou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Grol&#233;as" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Skrysinski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gobert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0337431" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024360v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Seiwert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Fautrelle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tisseyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0319715" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441453v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Pierrieau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vernazza-Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pageaux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Lepers" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2023.1273435" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703215v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jamous" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bi&#233;chy Jean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-230153" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350184v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pierrieau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Charissou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Vernazza-Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Pageaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lepers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vernazza-Martin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrel-Chapus" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fautrelle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lachaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dru" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-03413-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364588v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bi&#233;chy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charissou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gobert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Verdier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Castel-Lacanal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2021.1916606" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977210v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Brika" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Bossu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Mourey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kubicki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42399-020-00613-5" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977224v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Morvan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Mattar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Molina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Tailhardat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.2779" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02311172v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Peguet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2018022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467678v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vieillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Longuet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.11.008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7TD2MPK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03989807v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Babault" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Paizis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2017.03.022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02311864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01528814v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bourrelier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2016.00193" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01330454v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Rousseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalambos Papaxanthis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fadiga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pozzo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2016.03.039" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZFP0WKTF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01425263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caspar Addyman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Rocha" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M. French" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Thomas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-016-4842-y" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01302359v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mareschal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119187" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00805192v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gueugnon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbieri" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnetblanc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2013.03.002" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00805182v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainresbull.2012.07.005" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708621v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barbieri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ballay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2011.07.049" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NRQCJBZP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861978v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ricolfi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peyrin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2011.06.034" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RL71QJ86-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979496v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26219.52009" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892507v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369187v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Rizk" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318642v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318635v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318651v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02318624v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00692451v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011DIJOS040" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>