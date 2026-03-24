--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -605,51 +605,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04659618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automata-based explainable representation for a complex system of multivariate times series</w:t>
+                <w:t xml:space="preserve">Représentation explicable du comportement de systèmes complexes : automates pour les séries temporelles multivariées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
@@ -680,106 +680,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Haralambous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lenca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC3K 2022: 14th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management - KDIR</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA @ PFIA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03896639v1</w:t>
+                <w:t xml:space="preserve">hal-03811733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentation explicable du comportement de systèmes complexes : automates pour les séries temporelles multivariées</w:t>
+                <w:t xml:space="preserve">Automata-based explainable representation for a complex system of multivariate times series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
@@ -810,73 +801,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Yannis Haralambous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lenca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Conférence Nationale sur les Applications Pratiques de l’Intelligence Artificielle APIA @ PFIA 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IC3K 2022: 14th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management - KDIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Valletta, Malta. pp.170-179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0011363400003335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811733v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03896639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence artificielle explicable : vers des systèmes transparents, acceptables et éthiques</w:t>
               </w:r>
@@ -1444,217 +1444,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01108744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction de règles d'épisodes minimales dans des séquences complexes</w:t>
+                <w:t xml:space="preserve">Episode Rules Mining Algorithm for Distant Event Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">KDIR - 7th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00940601v1</w:t>
+                <w:t xml:space="preserve">hal-01108803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Episode Rules Mining Algorithm for Distant Event Prediction</w:t>
+                <w:t xml:space="preserve">Extraction de règles d'épisodes minimales dans des séquences complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KDIR - 7th International Joint Conference on Knowledge Discovery, Knowledge Engineering and Knowledge Management.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, rome, Italy</w:t>
+              <w:t xml:space="preserve">EGC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01108803v1</w:t>
+                <w:t xml:space="preserve">hal-00940601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification multi-étiquettes pour l'alignement multiple de séquences protéiques</w:t>
               </w:r>
@@ -2376,190 +2376,190 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligence artificielle explicable : vers des systèmes transparents, acceptables et éthiques</w:t>
+                <w:t xml:space="preserve">Explainable AI: a narrative review at the crossroad of Knowledge Discovery, Knowledge Representation and Representation Learning.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lenca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345679v1</w:t>
+                <w:t xml:space="preserve">hal-03345646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explainable AI: a narrative review at the crossroad of Knowledge Discovery, Knowledge Representation and Representation Learning.</w:t>
+                <w:t xml:space="preserve">Intelligence artificielle explicable : vers des systèmes transparents, acceptables et éthiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ikram Chraibi Kaadoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Fahed</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345646v1</w:t>
+                <w:t xml:space="preserve">hal-03345679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId50"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2635,51 +2635,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7204138A"/>
+    <w:nsid w:val="8C73B790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2866,51 +2866,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lina-fahed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562021v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fahed" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lenca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Haralambous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwal Lefort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01963859v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2017.10.035" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955005v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delahaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Castagnino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659618v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03896639v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Chraibi Kaadoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011363400003335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184451v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343687v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558083v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Alfalou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558536" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962067v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tallec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254175v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.08.174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108744v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00940601v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108803v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204153v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Frey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dawn Thompson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachiche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03875661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345286v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01430455v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01062542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01470524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0125" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345646v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lina-fahed" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562021v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Fahed" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lenca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Haralambous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riwal Lefort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01963859v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Brun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Boyer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2017.10.035" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955005v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Delahaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Castagnino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659618v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811733v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikram Chraibi Kaadoud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Tian" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03896639v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0011363400003335" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184451v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343687v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558083v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Alfalou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2558536" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962067v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tallec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01254175v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.08.174" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108744v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01108803v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00940601v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03204153v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Frey" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dawn Thompson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lachiche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03875661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345286v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01430455v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01062542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01470524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0125" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345646v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345679v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>