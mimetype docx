--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo cruise science: overview of the mission contribution to heliophysics</w:t>
+                <w:t xml:space="preserve">Mercury's Altered Magnetosphere During a Sub‐Alfvénic ICME Event: MESSENGER Observations and Inferred Asymmetric Alfvén Wing Formation From Global MHD Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Sánchez-Cano</w:t>
+                <w:t xml:space="preserve">Charles Bowers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lina Z Hadid</w:t>
+                <w:t xml:space="preserve">Caitríona Jackman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sae Aizawa</w:t>
+                <w:t xml:space="preserve">Xianzhe Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Go Murakami</w:t>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yumi Bamba</w:t>
+                <w:t xml:space="preserve">Weijie Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Planets and Space</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 77, pp.114. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130 (11), pp.e2025JA034248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40623-025-02256-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2025JA034248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05167499v1</w:t>
+                <w:t xml:space="preserve">hal-05438851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Significant Amplification of Turbulent Energy Dissipation Through the Shock Transition at Mars</w:t>
+                <w:t xml:space="preserve">Establishing a European Heliophysics Community (EHC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wence Jiang</w:t>
+                <w:t xml:space="preserve">Rumi Nakamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hui Li</w:t>
+                <w:t xml:space="preserve">Thierry Dudok de Wit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nahuel Andrés</w:t>
+                <w:t xml:space="preserve">Geraint H Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+                <w:t xml:space="preserve">Matt G G T Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Verscharen</w:t>
+                <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 52 (21), pp.e2025GL117801. </w:t>
+              <w:t xml:space="preserve">Annales Geophysicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (2), pp.855-879. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2025GL117801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/angeo-43-855-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05438853v1</w:t>
+                <w:t xml:space="preserve">hal-05441690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-flight performance of the ion energy mass spectrum analyzer for the Martian Moons eXploration (MMX) mission</w:t>
               </w:r>
@@ -502,2063 +502,2063 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05163994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">He + ions in the vicinity of mercury observed by the MESSENGER and BepiColombo spacecraft</w:t>
+                <w:t xml:space="preserve">BepiColombo cruise science: overview of the mission contribution to heliophysics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Fränz</w:t>
+                <w:t xml:space="preserve">Beatriz Sánchez-Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harald Krüger</w:t>
+                <w:t xml:space="preserve">Lina Z Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jim Raines</w:t>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Austin Glass</w:t>
+                <w:t xml:space="preserve">Go Murakami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Gershman</w:t>
+                <w:t xml:space="preserve">Yumi Bamba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary and Space Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 265, pp.106152. </w:t>
+              <w:t xml:space="preserve">Earth Planets and Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 77, pp.114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pss.2025.106152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40623-025-02256-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158242v1</w:t>
+                <w:t xml:space="preserve">hal-05167499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassini CAPS‐ELS Observations of Low‐Energy Electron Beams Within Enceladus Mid‐Latitude Flux Tubes</w:t>
+                <w:t xml:space="preserve">Significant Amplification of Turbulent Energy Dissipation Through the Shock Transition at Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Rabia</w:t>
+                <w:t xml:space="preserve">Wence Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Hadid</w:t>
+                <w:t xml:space="preserve">Hui Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. André</w:t>
+                <w:t xml:space="preserve">Nahuel Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Nénon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Chust</w:t>
+                <w:t xml:space="preserve">Daniel Verscharen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 52 (22), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2025GL119448⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 52 (21), pp.e2025GL117801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025GL117801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378586v1</w:t>
+                <w:t xml:space="preserve">hal-05438853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Solar Wind Turbulence during Radial Alignment of Parker Solar Probe and Solar Orbiter in 2022 December</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cassini CAPS‐ELS Observations of Low‐Energy Electron Beams Within Enceladus Mid‐Latitude Flux Tubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashok Silwal</w:t>
+                <w:t xml:space="preserve">L. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lingling Zhao</w:t>
+                <w:t xml:space="preserve">N. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xingyu Zhu</w:t>
+                <w:t xml:space="preserve">Quentin Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Sorriso-Valvo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lina Hadid</w:t>
+                <w:t xml:space="preserve">T. Chust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Supplement Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4365/add011⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2025GL119448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05158210v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MESSENGER Observations of a Possible Alfvén Wing at Mercury Driven by a Low Alfvénic Mach Number Interplanetary Coronal Mass Ejection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">He + ions in the vicinity of mercury observed by the MESSENGER and BepiColombo spacecraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Fränz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bowers</w:t>
+                <w:t xml:space="preserve">Harald Krüger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caitríona Jackman</w:t>
+                <w:t xml:space="preserve">Jim Raines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xianzhe Jia</w:t>
+                <w:t xml:space="preserve">Austin Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Slavin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joachim Saur</w:t>
+                <w:t xml:space="preserve">Daniel Gershman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JA033619⟩</w:t>
+              <w:t xml:space="preserve">Planetary and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 265, pp.106152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pss.2025.106152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05158232v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing a European Heliophysics Community (EHC)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of Solar Wind Turbulence during Radial Alignment of Parker Solar Probe and Solar Orbiter in 2022 December</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashok Silwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rumi Nakamura</w:t>
+                <w:t xml:space="preserve">Lingling Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Dudok de Wit</w:t>
+                <w:t xml:space="preserve">Xingyu Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraint H Jones</w:t>
+                <w:t xml:space="preserve">Luca Sorriso-Valvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matt G G T Taylor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas André</w:t>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Geophysicae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/angeo-43-855-2025⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Supplement Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 278 (2), pp.40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4365/add011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05441690v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury's Altered Magnetosphere During a Sub‐Alfvénic ICME Event: MESSENGER Observations and Inferred Asymmetric Alfvén Wing Formation From Global MHD Simulations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">MESSENGER Observations of a Possible Alfvén Wing at Mercury Driven by a Low Alfvénic Mach Number Interplanetary Coronal Mass Ejection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bowers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitríona Jackman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xianzhe Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Slavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weijie Sun</w:t>
+                <w:t xml:space="preserve">Joachim Saur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130 (11), pp.e2025JA034248. </w:t>
+              <w:t xml:space="preserve">, 2025, 130 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2025JA034248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JA033619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05438851v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo observations of cold oxygen and carbon ions in the flank of the induced magnetosphere of Venus</w:t>
+                <w:t xml:space="preserve">Extent of the Magnetotail of Venus From the Solar Orbiter, Parker Solar Probe and BepiColombo Flybys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Z Hadid</w:t>
+                <w:t xml:space="preserve">Niklas Edberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+                <w:t xml:space="preserve">David Andrews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Saito</w:t>
+                <w:t xml:space="preserve">J. Jordi Boldú</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Fränz</w:t>
+                <w:t xml:space="preserve">Andrew Dimmock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Yokota</w:t>
+                <w:t xml:space="preserve">Yuri Khotyaintsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Astronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.716-724. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (10), pp.e2024JA032603. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41550-024-02247-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024JA032603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04546379v2</w:t>
+                <w:t xml:space="preserve">hal-05158203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Response of Protons to Dynamical Reconfigurations of Mercury's Magnetosphere</w:t>
+                <w:t xml:space="preserve">Structure and dynamics of the Hermean magnetosphere revealed by electron observations from the Mercury electron analyzer after the first three Mercury flybys of BepiColombo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Delcourt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L Z Hadid</w:t>
+                <w:t xml:space="preserve">M. Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aizawa</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-A. Sauvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024gl110351⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 687, pp.A243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-05165399v1</w:t>
+                <w:t xml:space="preserve">hal-04660535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spacecraft Outgassing Observed by the BepiColombo Ion Spectrometers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mercury's plasma environment after BepiColombo's third flyby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Cornet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Hadid</w:t>
+                <w:t xml:space="preserve">Lina Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Saito</w:t>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023JA032044⟩</w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7, pp.316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42005-024-01766-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04465741v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04742763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and dynamics of the Hermean magnetosphere revealed by electron observations from the Mercury electron analyzer after the first three Mercury flybys of BepiColombo</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean‐andré Sauvaud</w:t>
+                <w:t xml:space="preserve">BepiColombo observations of cold oxygen and carbon ions in the flank of the induced magnetosphere of Venus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Z Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Saito</w:t>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Fränz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.716-724. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41550-024-02247-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449450⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05396574v1</w:t>
+                <w:t xml:space="preserve">insu-04546379v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Entry of Low‐Energy Ions Into Mercury’s Magnetosphere: BepiColombo Mio’s Third Flyby Observations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sae Aizawa</w:t>
+                <w:t xml:space="preserve">Spacecraft Outgassing Observed by the BepiColombo Ion Spectrometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fränz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129 (8), pp.316. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JA032751⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 129 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JA032044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04801634v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04465741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Radio &amp; Plasma Wave Investigation (RPWI) for the JUpiter ICy moons Explorer (JUICE)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Response of Protons to Dynamical Reconfigurations of Mercury's Magnetosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Z Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Science Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024gl110351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11214-024-01110-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-04868196v1</w:t>
+                <w:t xml:space="preserve">insu-05165399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury's plasma environment after BepiColombo's third flyby</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Structure and dynamics of the Hermean magnetosphere revealed by electron observations from the Mercury electron analyzer after the first three Mercury flybys of BepiColombo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sae Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐andré Sauvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42005-024-01766-8⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 687, pp.A243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04742763v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extent of the Magnetotail of Venus From the Solar Orbiter, Parker Solar Probe and BepiColombo Flybys</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yuri Khotyaintsev</w:t>
+                <w:t xml:space="preserve">Deep Entry of Low‐Energy Ions Into Mercury’s Magnetosphere: BepiColombo Mio’s Third Flyby Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 129 (10), pp.e2024JA032603. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024JA032603⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 129 (8), pp.316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JA032751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158203v1</w:t>
+                <w:t xml:space="preserve">insu-04801634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and dynamics of the Hermean magnetosphere revealed by electron observations from the Mercury electron analyzer after the first three Mercury flybys of BepiColombo</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Saito</w:t>
+                <w:t xml:space="preserve">The Radio &amp; Plasma Wave Investigation (RPWI) for the JUpiter ICy moons Explorer (JUICE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-E. Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bergman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Åhlén</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Puccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cecconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449450⟩</w:t>
+              <w:t xml:space="preserve">Space Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11214-024-01110-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04660535v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04868196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct evidence of substorm-related impulsive injections of electrons at Mercury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Harada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2616,6941 +2616,6941 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04266161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moonraker: Enceladus Multiple Flyby Mission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BepiColombo Mio Observations of Low‐Energy Ions During the First Mercury Flyby: Initial Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Mousis</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hélène Boithias</w:t>
+                <w:t xml:space="preserve">Moa Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/psj/ac9c03⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (17), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022GL100279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03895409v1</w:t>
+                <w:t xml:space="preserve">hal-03806925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambipolar electrostatic field in dusty plasma</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial: Interplanetary medium variability as observed in the new era of spacecraft missions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Mangano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Sanchez-Cano</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s0022377822000186⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Astronomy and Space Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspas.2022.1002727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03663734v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04498391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Transfer, Discontinuities, and Heating in the Inner Heliosphere Measured with a Weak and Local Formulation of the Politano–Pouquet Law</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Science goals and new mission concepts for futureexploration of Titan’s atmosphere, geologyand habitability: titan POlar scout/orbitEr and in situ lakelander and DrONe explorer (POSEIDON)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vinatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tobie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. David</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard K. Achterberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac524b⟩</w:t>
+              <w:t xml:space="preserve">Experimental Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54, pp.911-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10686-021-09815-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03644856v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03395339v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The incompressible energy cascade rate in anisotropic solar wind turbulence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ambipolar electrostatic field in dusty plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Shebanits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-E. Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Andrés</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Nagy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142994⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 88 (2), pp.555880201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0022377822000186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03779525v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03663734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo mission confirms stagnation region of Venus and reveals its large extent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Moonraker: Enceladus Multiple Flyby Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Mousis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moa Persson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas André</w:t>
+                <w:t xml:space="preserve">Alexis Bouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislav V. Barabash</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Saito</w:t>
+                <w:t xml:space="preserve">Yves Langevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boithias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-35061-3⟩</w:t>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, 268 (12pp). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/psj/ac9c03⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03950153v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03895409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation and Modeling of the Solar Wind Turbulence Evolution in the Sub-Mercury Inner Heliosphere</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tracking of magnetic helicity evolution in the inner heliosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gary Zank</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">T. Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Narita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Sánchez-Cano</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Heyner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Milillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/ac9624⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 664, pp.L8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03823347v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking Small-scale Solar Wind Properties with Large-scale Coronal Source Regions through Joint Parker Solar Probe–Metis/Solar Orbiter Observations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olga Panasenco</w:t>
+                <w:t xml:space="preserve">Analysis of multiscale structures at the quasi-perpendicular Venus bow shock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dimmock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu. Khotyaintsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lalti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Yordanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Edberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 660, pp.A64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac8103⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03774238v1</w:t>
+                <w:t xml:space="preserve">hal-03779528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of multiscale structures at the quasi-perpendicular Venus bow shock</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Edberg</w:t>
+                <w:t xml:space="preserve">Linking Small-scale Solar Wind Properties with Large-scale Coronal Source Regions through Joint Parker Solar Probe–Metis/Solar Orbiter Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Telloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Zank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Sorriso-Valvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella D’amicis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Panasenco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 935 (2), pp.112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac8103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140954⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03779528v1</w:t>
+                <w:t xml:space="preserve">hal-03774238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking of magnetic helicity evolution in the inner heliosphere</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Milillo</w:t>
+                <w:t xml:space="preserve">Modeling the impact of a strong X‐class solar flare on the planetary ion composition in Mercury’s magnetosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chaufray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Modolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (3), pp.e2021JA029914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021GL096614⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202244314⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03774234v1</w:t>
+                <w:t xml:space="preserve">insu-03550341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the impact of a strong X‐class solar flare on the planetary ion composition in Mercury’s magnetosphere</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy Transfer, Discontinuities, and Heating in the Inner Heliosphere Measured with a Weak and Local Formulation of the Politano–Pouquet Law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 927 (2), pp.200. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac524b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021GL096614⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03550341v1</w:t>
+                <w:t xml:space="preserve">hal-03644856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The “Singular” Behavior of the Solar Wind Scaling Features during Parker Solar Probe–BepiColombo Radial Alignment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The incompressible energy cascade rate in anisotropic solar wind turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tommaso Alberti</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac478d⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 661, pp.A116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202142994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03774235v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enceladus and Titan: emerging worlds of the Solar System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicholas Achilleos</w:t>
+                <w:t xml:space="preserve">BepiColombo mission confirms stagnation region of Venus and reveals its large extent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moa Persson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesar Bertucci</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michele Dougherty</w:t>
+                <w:t xml:space="preserve">Stanislav V. Barabash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Astronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10686-021-09810-z⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.7743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-35061-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03463351v2</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03950153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo Mio Observations of Low‐Energy Ions During the First Mercury Flyby: Initial Results</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Moa Persson</w:t>
+                <w:t xml:space="preserve">Observation and Modeling of the Solar Wind Turbulence Evolution in the Sub-Mercury Inner Heliosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Telloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laxman Adhikari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Zank</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Sánchez-Cano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022GL100279⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 938 (2), pp.L8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/ac9624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03806925v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03823347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Interplanetary medium variability as observed in the new era of spacecraft missions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
+                <w:t xml:space="preserve">The “Singular” Behavior of the Solar Wind Scaling Features during Parker Solar Probe–BepiColombo Radial Alignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Alberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lina Hadid</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Milillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Mangano</w:t>
+                <w:t xml:space="preserve">Daniel Heyner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Sanchez-Cano</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hans-Ulrich Auster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Astronomy and Space Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9, </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 926 (2), pp.174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fspas.2022.1002727⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac478d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04498391v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science goals and new mission concepts for futureexploration of Titan’s atmosphere, geologyand habitability: titan POlar scout/orbitEr and in situ lakelander and DrONe explorer (POSEIDON)</w:t>
+                <w:t xml:space="preserve">Enceladus and Titan: emerging worlds of the Solar System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Rodriguez</w:t>
+                <w:t xml:space="preserve">Ali H. Sulaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Vinatier</w:t>
+                <w:t xml:space="preserve">Nicholas Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Cordier</w:t>
+                <w:t xml:space="preserve">Cesar Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Tobie</w:t>
+                <w:t xml:space="preserve">Andrew Coates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard K. Achterberg</w:t>
+                <w:t xml:space="preserve">Michele Dougherty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Astronomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 54, pp.911-973. </w:t>
+              <w:t xml:space="preserve">, 2022, 54, pp.849-876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10686-021-09815-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10686-021-09810-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03395339v3</w:t>
+                <w:t xml:space="preserve">insu-03463351v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First observations and performance of the RPW instrument on board the Solar Orbiter mission</w:t>
+                <w:t xml:space="preserve">Ice Giants — The Return of the Rings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Maksimovic</w:t>
+                <w:t xml:space="preserve">Hsiang-Wen Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Souček</w:t>
+                <w:t xml:space="preserve">Ali Sulaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chust</w:t>
+                <w:t xml:space="preserve">Hao Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Khotyaintsev</w:t>
+                <w:t xml:space="preserve">Matthew Hedman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Kretzschmar</w:t>
+                <w:t xml:space="preserve">Omakshi Agiwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 656, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Bulletin of the American Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/25c2cfeb.b28bf609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03480879v1</w:t>
+                <w:t xml:space="preserve">hal-03774240v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar Orbiter’s first Venus flyby</w:t>
+                <w:t xml:space="preserve">Magnetic Holes in the Solar Wind and Magnetosheath Near Mercury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">T. Karlsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Heyner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M. Volwerk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. D. Woodham</w:t>
+                <w:t xml:space="preserve">M. Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. D. Bale</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Simon Wedlund</w:t>
+                <w:t xml:space="preserve">F. Plaschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140910⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (5), pp.e2020JA028961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020ja028961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03531358v1</w:t>
+                <w:t xml:space="preserve">hal-03260558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BepiColombo’s Cruise Phase: Unique Opportunity for Synergistic Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Génot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Milillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Astronomy and Space Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fspas.2021.718024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic Holes in the Solar Wind and Magnetosheath Near Mercury</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First observations and performance of the RPW instrument on board the Solar Orbiter mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maksimovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Karlsson</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Volwerk</w:t>
+                <w:t xml:space="preserve">J. Souček</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Morooka</w:t>
+                <w:t xml:space="preserve">Thomas Chust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Plaschke</w:t>
+                <w:t xml:space="preserve">Y. Khotyaintsev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Kretzschmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020ja028961⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 656, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202141271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03260558v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03480879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar Orbiter’s first Venus flyby: Observations from the Radio and Plasma Wave instrument</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Dimmock</w:t>
+                <w:t xml:space="preserve">Solar Orbiter’s first Venus flyby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Volwerk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. S. Horbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. D. Woodham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. D. Bale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Simon Wedlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 656, pp.A18. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140934⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 656, pp.A11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03774241v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Evolution of Compressible Solar Wind Turbulence in the Inner Heliosphere: PSP, THEMIS, and MAVEN Observations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Solar Orbiter’s first Venus flyby: Observations from the Radio and Plasma Wave instrument</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">N. Romanelli</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Edberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Píša</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dimmock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac0af5⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 656, pp.A18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418294v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03774241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassini‐Plasma Interaction Simulations Revealing the Cassini Ion Wake Characteristics: Implications for In‐Situ Data Analyses and Ion Temperature Estimates</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Hess</w:t>
+                <w:t xml:space="preserve">The Evolution of Compressible Solar Wind Turbulence in the Inner Heliosphere: PSP, THEMIS, and MAVEN Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Huybrighs</w:t>
+                <w:t xml:space="preserve">N. Romanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126 (8), pp.e2020JA029026. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 919 (1), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020JA029026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac0af5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418292v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ion Transition Range of Solar Wind Turbulence in the Inner Heliosphere: Parker Solar Probe Observations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cassini‐Plasma Interaction Simulations Revealing the Cassini Ion Wake Characteristics: Implications for In‐Situ Data Analyses and Ion Temperature Estimates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sahraoui</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">L. Hadid</w:t>
+                <w:t xml:space="preserve">M. Holmberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Yuan</w:t>
+                <w:t xml:space="preserve">F. Cipriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Nilsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Huybrighs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/abdaaf⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126 (8), pp.e2020JA029026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JA029026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03334254v1</w:t>
+                <w:t xml:space="preserve">hal-03418292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations of whistler mode waves by Solar Orbiter's RPW Low Frequency Receiver (LFR): In-flight performance and first results</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">O. Le Contel</w:t>
+                <w:t xml:space="preserve">The Ion Transition Range of Solar Wind Turbulence in the Inner Heliosphere: Parker Solar Probe Observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Retino</w:t>
+                <w:t xml:space="preserve">F. Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140932⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 909 (1), pp.L7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/abdaaf⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414371v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to Comment on “An Active Plume Eruption on Europa During Galileo Flyby E26 as Indicated by Energetic Proton Depletions”</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Roussos</w:t>
+                <w:t xml:space="preserve">Observations of whistler mode waves by Solar Orbiter's RPW Low Frequency Receiver (LFR): In-flight performance and first results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Chust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Blöcker</w:t>
+                <w:t xml:space="preserve">Matthieu Kretzschmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Krupp</w:t>
+                <w:t xml:space="preserve">D. B. Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Futaana</w:t>
+                <w:t xml:space="preserve">O. Le Contel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Retino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021GL095240⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 656 (A17), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03551136v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-analysis of the Cassini RPWS/LP data in Titan's ionosphere. Part II: statistics on 57 flybys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-E. Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Shebanits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126 (8), pp.e2020JA028413. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2020JA028413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03300662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re‐analysis of the Cassini RPWS/LP data in Titan’s ionosphere. Part I: detection of several electron populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-E. Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Shebanits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 126 (8), pp.e2020JA028412. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020JA028412⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03298835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Analysis of Magnetic Field Fluctuations in Coronal Mass Ejection-Driven Sheath Regions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Kilpua</w:t>
+                <w:t xml:space="preserve">Reply to Comment on “An Active Plume Eruption on Europa During Galileo Flyby E26 as Indicated by Energetic Proton Depletions”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Huybrighs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Good</w:t>
+                <w:t xml:space="preserve">E. Roussos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ala-Lahti</w:t>
+                <w:t xml:space="preserve">A. Blöcker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Osmane</w:t>
+                <w:t xml:space="preserve">N. Krupp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Fontaine</w:t>
+                <w:t xml:space="preserve">Y. Futaana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Astronomy and Space Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7, </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (18), </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fspas.2020.610278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2021GL095240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03418293v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03551136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energetic ions in the Venusian system: Insights from the first Solar Orbiter flyby</w:t>
+                <w:t xml:space="preserve">Statistical Analysis of Magnetic Field Fluctuations in Coronal Mass Ejection-Driven Sheath Regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. C. Allen</w:t>
+                <w:t xml:space="preserve">E. Kilpua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Cernuda</w:t>
+                <w:t xml:space="preserve">S. Good</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Pacheco</w:t>
+                <w:t xml:space="preserve">M. Ala-Lahti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Berger</w:t>
+                <w:t xml:space="preserve">A. Osmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. G. Xu</w:t>
+                <w:t xml:space="preserve">Dominique Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 656, 11 pp. </w:t>
+              <w:t xml:space="preserve">Frontiers in Astronomy and Space Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140803⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fspas.2020.610278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03536593v1</w:t>
+                <w:t xml:space="preserve">hal-03418293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ice Giants — The Return of the Rings</w:t>
+                <w:t xml:space="preserve">Energetic ions in the Venusian system: Insights from the first Solar Orbiter flyby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hsiang-Wen Hsu</w:t>
+                <w:t xml:space="preserve">R. C. Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Sulaiman</w:t>
+                <w:t xml:space="preserve">I. Cernuda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao Cao</w:t>
+                <w:t xml:space="preserve">D. Pacheco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Hedman</w:t>
+                <w:t xml:space="preserve">L. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omakshi Agiwal</w:t>
+                <w:t xml:space="preserve">Z. G. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the American Astronomical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53 (4), </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 656, 11 pp. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/25c2cfeb.b28bf609⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202140803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03774240v2</w:t>
+                <w:t xml:space="preserve">hal-03536593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Active Plume Eruption on Europa During Galileo Flyby E26 as Indicated by Energetic Proton Depletions</w:t>
+                <w:t xml:space="preserve">Magnetic field fluctuation properties of coronal mass ejection-driven sheath regions in the near-Earth solar wind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. L. F. Huybrighs</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Y. Futaana</w:t>
+                <w:t xml:space="preserve">Emilia K J Kilpua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon W Good</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matti Ala-Lahti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Osmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL087806⟩</w:t>
+              <w:t xml:space="preserve">Annales Geophysicae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38, pp.999 - 1017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/angeo-38-999-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02714020v1</w:t>
+                <w:t xml:space="preserve">hal-03000523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetohydrodynamic and kinetic scale turbulence in the near-Earth space plasmas: a (short) biased review</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">An Active Plume Eruption on Europa During Galileo Flyby E26 as Indicated by Energetic Proton Depletions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. L. F. Huybrighs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roussos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blöcker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Krupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Futaana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews of Modern Plasma Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41614-020-0040-2⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (10), pp.e2020GL087806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GL087806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02724439v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturn’s near-equatorial ionospheric conductivities from in situ measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Magnetohydrodynamic and kinetic scale turbulence in the near-Earth space plasmas: a (short) biased review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiyong Huang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reviews of Modern Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41614-020-0040-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-64787-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02714230v1</w:t>
+                <w:t xml:space="preserve">hal-02724439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic Scale Slow Solar Wind Turbulence in the Inner Heliosphere: Coexistence of Kinetic Alfvén Waves and Alfvén Ion Cyclotron Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 897 (1), pp.L3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3847/2041-8213/ab9abb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solar Wind Turbulence Around Mars: Relation between the Energy Cascade Rate and the Proton Cyclotron Waves Activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gina Dibraccio</w:t>
+                <w:t xml:space="preserve">Saturn’s near-equatorial ionospheric conductivities from in situ measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Shebanits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. J. Hunt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/abb5a7⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, pp.7932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-64787-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03779500v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02714230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic field fluctuation properties of coronal mass ejection-driven sheath regions in the near-Earth solar wind</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon W Good</w:t>
+                <w:t xml:space="preserve">Solar Wind Turbulence Around Mars: Relation between the Energy Cascade Rate and the Proton Cyclotron Waves Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahuel Andrés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matti Ala-Lahti</w:t>
+                <w:t xml:space="preserve">Norberto Romanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Osmane</w:t>
+                <w:t xml:space="preserve">Gina Dibraccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Geophysicae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 38, pp.999 - 1017. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 902 (2), pp.134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/angeo-38-999-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abb5a7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000523v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturn's Dusty Ionosphere</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+                <w:t xml:space="preserve">Saturn's Ionosphere: Electron Density Altitude Profiles and D‐Ring Interaction From The Cassini Grand Finale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. W. Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.‐ E. Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. I. Eriksson</w:t>
+                <w:t xml:space="preserve">A. M. Persoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. J. T. Edberg</w:t>
+                <w:t xml:space="preserve">D. J. Andrews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124 (3), pp.1679-1697. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (16), pp.9362-9369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018JA026154⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2018GL078004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02640891v1</w:t>
+                <w:t xml:space="preserve">hal-02713745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma Transport in Saturn's Low‐Latitude Ionosphere: Cassini Data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electron Density Distributions in Saturn's Ionosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. M. Persoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. E. Cravens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. W. Morooka</w:t>
+                <w:t xml:space="preserve">W. S. Kurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Renzaglia</w:t>
+                <w:t xml:space="preserve">D. A. Gurnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Moore</w:t>
+                <w:t xml:space="preserve">J. B. Groene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. H. Waite Jr.</w:t>
+                <w:t xml:space="preserve">A. H. Sulaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 124 (6), pp.4881-4888. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (6), pp.3061-3068. </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018JA026344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2018GL078020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02713622v1</w:t>
+                <w:t xml:space="preserve">hal-02640930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evaluation of seven quality control phantoms for digital breast tomosynthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Structure of Planetary Period Oscillations in Saturn's Equatorial Magnetosphere: Results From the Cassini Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. J. Andrews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Sage</w:t>
+                <w:t xml:space="preserve">S. W. H. Cowley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.L. Fezzani</w:t>
+                <w:t xml:space="preserve">G. Provan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Fitton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Moussier</w:t>
+                <w:t xml:space="preserve">G. H. Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2018.12.031⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (11), pp.8361-8395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2019JA026804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507828v1</w:t>
+                <w:t xml:space="preserve">hal-02713892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Density Distributions in Saturn's Ionosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental evaluation of seven quality control phantoms for digital breast tomosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. M. Persoon</w:t>
+                <w:t xml:space="preserve">K.L. Fezzani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. S. Kurth</w:t>
+                <w:t xml:space="preserve">I. Fitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. A. Gurnett</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. H. Sulaiman</w:t>
+                <w:t xml:space="preserve">A. Moussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GL078020⟩</w:t>
+              <w:t xml:space="preserve">Physica Medica European Journal of Medical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 57, pp.137--144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmp.2018.12.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640930v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02507828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Structure of Planetary Period Oscillations in Saturn's Equatorial Magnetosphere: Results From the Cassini Mission</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Saturn's Dusty Ionosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.‐ E. Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. I. Eriksson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. J. T. Edberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 124 (11), pp.8361-8395. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019JA026804⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 124 (3), pp.1679-1697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JA026154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02713892v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Cascade Rate Measured in a Collisionless Space Plasma with MMS Data and Compressible Hall Magnetohydrodynamic Turbulence Theory</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Ferrand</w:t>
+                <w:t xml:space="preserve">Plasma Transport in Saturn's Low‐Latitude Ionosphere: Cassini Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. E. Cravens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Renzaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. H. Waite Jr.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.245101⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 124 (6), pp.4881-4888. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JA026344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02724598v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02713622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturn's Ionosphere: Electron Density Altitude Profiles and D‐Ring Interaction From The Cassini Grand Finale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Energy Cascade Rate Measured in a Collisionless Space Plasma with MMS Data and Compressible Hall Magnetohydrodynamic Turbulence Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahuel Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">D. J. Andrews</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46 (16), pp.9362-9369. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (24), pp.055102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018GL078004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.245101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02713745v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02724598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ measurements of Saturn’s ionosphere show that it is dynamic and interacts with the rings</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">William M. Farrell</w:t>
+                <w:t xml:space="preserve">Ring Shadowing Effects on Saturn's Ionosphere: Implications for Ring Opacity and Plasma Transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.‐ E. Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Moore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. E. Cravens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.aao4134⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (19), pp.10,084-10,092. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GL079150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639714v1</w:t>
+                <w:t xml:space="preserve">hal-02640853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy cascade rate in isothermal compressible magnetohydrodynamic turbulence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Dmitruk</w:t>
+                <w:t xml:space="preserve">In situ measurements of Saturn’s ionosphere show that it is dynamic and interacts with the rings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Erik Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiko W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann M. Persoon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William M. Farrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plasma Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0022377818000788⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 359 (6371), pp.66-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aao4134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01913733v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saturn's Plasma Density Depletions Along Magnetic Field Lines Connected to the Main Rings</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.‐ E. Wahlund</w:t>
+                <w:t xml:space="preserve">Energy cascade rate in isothermal compressible magnetohydrodynamic turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahuel Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dmitruk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2018GL078137⟩</w:t>
+              <w:t xml:space="preserve">Journal of Plasma Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 84 (4), pp.905840404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022377818000788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02639920v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressible Magnetohydrodynamic Turbulence in the Earth’s Magnetosheath: Estimation of the Energy Cascade Rate Using in situ Spacecraft Data</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Saturn's Plasma Density Depletions Along Magnetic Field Lines Connected to the Main Rings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. M. Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. W. Morooka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. S. Kurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.‐ E. Wahlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.055102⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45 (16), pp.8104-8110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018GL078137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02639862v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ring Shadowing Effects on Saturn's Ionosphere: Implications for Ring Opacity and Plasma Transport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Compressible Magnetohydrodynamic Turbulence in the Earth’s Magnetosheath: Estimation of the Energy Cascade Rate Using in situ Spacecraft Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.Y. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 45 (19), pp.10,084-10,092. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 120 (5), pp.055102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2018GL079150⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.120.055102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640853v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: &amp;quot;On the Existence of the Kolmogorov Inertial Range in the Terrestrial Magnetosheath Turbulence&amp;quot; (2017, ApJL, 836, L10)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intense Harmonic Emissions Observed in Saturn's Ionosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali H. Sulaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Y. Huang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+                <w:t xml:space="preserve">William S. Kurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann M. Persoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. G. Yuan</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">John D. Menietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William M. Farrell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa633c⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (24), pp.12,049-12,056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017GL076184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01895706v1</w:t>
+                <w:t xml:space="preserve">hal-02639659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Existence of the Kolmogorov Inertial Range in the Terrestrial Magnetosheath Turbulence</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Energy Cascade Rate in Compressible Fast and Slow Solar Wind Turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">X. H. Deng</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/836/1/L10⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 838 (1), pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa603f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01895707v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intense Harmonic Emissions Observed in Saturn's Ionosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ali H. Sulaiman</w:t>
+                <w:t xml:space="preserve">Erratum: &amp;quot;On the Existence of the Kolmogorov Inertial Range in the Terrestrial Magnetosheath Turbulence&amp;quot; (2017, ApJL, 836, L10)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Y. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William S. Kurth</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ann M. Persoon</w:t>
+                <w:t xml:space="preserve">Z. G. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John D. Menietti</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X. H. Deng</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 44 (24), pp.12,049-12,056. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 837 (2), pp.L31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017GL076184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/aa633c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02639659v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Cascade Rate in Compressible Fast and Slow Solar Wind Turbulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">On the Existence of the Kolmogorov Inertial Range in the Terrestrial Magnetosheath Turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Y. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Galtier</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. G. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. H. Deng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 838 (1), pp.9. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 836 (1), pp.L10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/aa603f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/836/1/L10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01895704v1</w:t>
+                <w:t xml:space="preserve">hal-01895707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCALING OF COMPRESSIBLE MAGNETOHYDRODYNAMIC TURBULENCE IN THE FAST SOLAR WIND</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supratik Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 829 (2), pp.L27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9597,77 +9597,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling of Compressible Magnetohydrodynamic Turbulence in the Fast Solar Wind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supratik Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 829 (2), pp.L27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9701,103 +9701,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature of the MHD and Kinetic Scale Turbulence in the Magnetosheath of Saturn: Cassini Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. H. Kiyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 813 (2), pp.L29. </w:t>
@@ -9861,1511 +9861,1511 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron populations observed by Mercury Electron Analyzer onboard Mio/BepiColombo during its Mercury flybys</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Dynamics of Low-Energy Ions in Mercury's Magnetosphere: Results From BepiColombo Mio's First Three Flybys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas André</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Andre Sauvaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04652814v1</w:t>
+                <w:t xml:space="preserve">insu-04652816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury’s magnetosphere: BepiColombo’s flybys observations of the ion composition from the Mass Spectrum Analyzer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Shoichiro Yokota</w:t>
+                <w:t xml:space="preserve">Electron populations observed by Mercury Electron Analyzer onboard Mio/BepiColombo during its Mercury flybys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Andre Sauvaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2023, San Francisco (Califonia), United States</w:t>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04343382v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04652814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Search-Coil Magnetometer (SCM) of the Radio and Plasma Waves Investigation (RPWI) onboard the ESA JUICE mission</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lina Hadid</w:t>
+                <w:t xml:space="preserve">Mercury’s magnetosphere: BepiColombo’s flybys observations of the ion composition from the Mass Spectrum Analyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Fraenz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shoichiro Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU23, the 25th EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AGU Fall Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, San Francisco (Califonia), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04210916v1</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04343382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo second Mercury flyby : Ion composition measurements from the Mass Spectrum Analyzer (MSA)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">The Search-Coil Magnetometer (SCM) of the Radio and Plasma Waves Investigation (RPWI) onboard the ESA JUICE mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Retinò</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malik Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Canu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Shoichiro Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3369⟩</w:t>
+              <w:t xml:space="preserve">EGU23, the 25th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna &amp; Online, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-7689⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04018529v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04210916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Observations of Mercury's Foreshock Made by BepiColombo</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">BepiColombo second Mercury flyby : Ion composition measurements from the Mass Spectrum Analyzer (MSA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Markus Fraenz</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Fränz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shoichiro Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna (Austria), Austria. pp.EGU23-3369, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-3369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04652817v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04018529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Low-Energy Ions in Mercury's Magnetosphere: Results From BepiColombo Mio's First Three Flybys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuki Harada</w:t>
+                <w:t xml:space="preserve">New Observations of Mercury's Foreshock Made by BepiColombo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Austin N. Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas André</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Fraenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-04652816v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04652817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first simultaneous observation of low energy ions and electrons at Mercury during the first BepiColombo flyby</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Aizawa</w:t>
+                <w:t xml:space="preserve">Re-analysis of the Cassini RPWS/LP data in Titan's ionosphere: electron density and temperature of cold electron populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Erik Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Harada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. André</w:t>
+                <w:t xml:space="preserve">Oleg Shebanits</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Persson</w:t>
+                <w:t xml:space="preserve">Michiko Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mercury 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Online, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-8878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04089902v1</w:t>
+                <w:t xml:space="preserve">insu-03636225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-analysis of the Cassini RPWS/LP data in Titan's ionosphere: electron density and temperature of cold electron populations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lina Hadid</w:t>
+                <w:t xml:space="preserve">The first simultaneous observation of low energy ions and electrons at Mercury during the first BepiColombo flyby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michiko Morooka</w:t>
+                <w:t xml:space="preserve">Y. Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mercury 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, à renseigner, Unknown Region. pp.23-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03636225v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04089902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron acceleration observed by Mercury Electron Analyzer onboard Mio/BepiColombo during its second Mercury flyby</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Modeling the impact of a strong X-class solar flare on the planetary ion composition in Mercury's magnestosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Werner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chaufray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Modolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sae Aizawa</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-André Savaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, à renseigner, Unknown Region</w:t>
+              <w:t xml:space="preserve">Mercury 2022 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Orléans, France. pp.56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04089867v1</w:t>
+                <w:t xml:space="preserve">insu-03771994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the impact of a strong X-class solar flare on the planetary ion composition in Mercury's magnestosphere</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sae Aizawa</w:t>
+                <w:t xml:space="preserve">BepiColombo First Mercury Fly-by: first taste of the mission results on investigation of the environment around the planet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Milillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barabash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Delcourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Heyner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mercury 2022 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Orléans, France. pp.56</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Orléans, France. pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03771994v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03769829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BepiColombo First Mercury Fly-by: first taste of the mission results on investigation of the environment around the planet</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Electron acceleration observed by Mercury Electron Analyzer onboard Mio/BepiColombo during its second Mercury flyby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sae Aizawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshifumi Saito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moa Persson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Barabash</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Daniel Heyner</w:t>
+                <w:t xml:space="preserve">Jean-André Savaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mercury 2022 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Orléans, France. pp.38-39</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, à renseigner, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03769829v1</w:t>
+                <w:t xml:space="preserve">insu-04089867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial Results of the Second Mercury Flyby Observation by MPPE (Mercury Plasma Particle Experiment) on BepiClombo/Mio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masafumi Hirahara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislav V. Barabash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, à renseigner, Unknown Region</w:t>
@@ -11394,90 +11394,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BepiColombo 2nd Mercury flyby: Ion composition measurements from the Mass Spectrum Analyzer onboard Mio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Fraenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shoichiro Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11519,103 +11519,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scenic tour of the Venusian magnetosheath by BepiColombo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Barabash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mercury 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Orleans, France. pp.45</w:t>
@@ -11644,103 +11644,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and Variability of Low-Energy Ions in Mercury's Magnetosphere: Initial Results from BepiColombo Mio MIA Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Harada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sae Aizawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, à renseigner, Unknown Region</w:t>
@@ -11782,90 +11782,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solar Orbiter/Radio and Plasma Wave observations during the first Venus flyby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niklas J T Edberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milan Maksimovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart D Bale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, online, France. </w:t>
@@ -11903,90 +11903,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BepiColombo and Solar Orbiter VGAM2 : Coordinated observations of the ion composition and total ion flux in the induced magnetosphere of Venus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Delcourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoshifumi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Fraenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shoichiro Yokota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12028,90 +12028,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re-analysis of the Cassini RPWS/LP data in Titan's ionosphere: electron density and temperature of four cold electron populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Erik Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Shebanits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anders Eriksson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12153,103 +12153,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron temperature(s) in Titan's ionosphere: re-analysis of the Cassini RPWS/LP data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan-Erik Wahlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiko Morooka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Shebanits</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPSC-DPS Joint Meeting 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Geneva, Switzerland. pp.EPSC-DPS2019-1382-1</w:t>
@@ -12278,51 +12278,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The legacy of Cassini RPWS: Radio and plasma wav es at Saturn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William S. Kurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donald A. Gurnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12330,51 +12330,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. F. Averkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bostrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cassini Science Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Boulder, United States</w:t>
@@ -12403,90 +12403,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights from Radio and Plasma Wave Observations During Cassini's Grand Finale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William S. Kurth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrance F. Averkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolf Bostrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Cecconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12528,90 +12528,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compressible MHD turbulence in the Earths magnetosheath: estimation of the energy cascade rate using in-situ spacecraft data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12662,51 +12662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrance F. Averkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rolf Bostrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Cecconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12755,437 +12755,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressible MHD turbulence in the Earth's magnetosheath: estimation of the energy cascade rate using in-situ spacecraft data</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId347" w:history="1">
+                <w:t xml:space="preserve">New insights into sub-ion scale turbulence in Earth's magnetosheath using MMS data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Breuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Andriopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Graham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Contel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Planetary Science Congress 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Riga, Latvia. pp.EPSC2017-759</w:t>
+              <w:t xml:space="preserve">19th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.16664</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796742v1</w:t>
+                <w:t xml:space="preserve">hal-02796699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Slow solar wind: Energy transferrate in compressible MHD trubulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Compressible MHD turbulence in the Earth's magnetosheath: estimation of the energy cascade rate using in-situ spacecraft data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Supratik Banerjee</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.15071</w:t>
+              <w:t xml:space="preserve">European Planetary Science Congress 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Riga, Latvia. pp.EPSC2017-759</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796743v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into sub-ion scale turbulence in Earth's magnetosheath using MMS data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast and Slow solar wind: Energy transferrate in compressible MHD trubulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supratik Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.16664</w:t>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria. pp.15071</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02796699v1</w:t>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planetary Magnetosheaths: Role of Compressibility on the Scaling Properties of Turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supratik Banerjee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13262,64 +13262,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. C. Chapman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Meyrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.EPSC2016-18250</w:t>
@@ -13348,103 +13348,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the nature of MHD and kinetic scale turbulence in the magnetosheath of Saturn: Cassini observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. H. Kiyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Planetary Science Congress 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Nantes, France. pp.EPSC2015-306</w:t>
@@ -13473,90 +13473,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of Kronian Magnetosheath Turbulence Using Cassini Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. H. Kiyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13624,575 +13624,575 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exact laws in compressible MHD turbulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Compressible turbulence in the near-Earth space: energy cascade rate from the MHD tothe sub-ion scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nahuel Andrés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Y. Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, pp.17638, 2017</w:t>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, New Orleans, Louisiane, United States. 11, pp.SH11A-2432, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02861321v1</w:t>
+                <w:t xml:space="preserve">hal-02861320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressible turbulence in the near-Earth space: energy cascade rate from the MHD tothe sub-ion scales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Exact laws in compressible MHD turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nahuel Andrés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supratik Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, New Orleans, Louisiane, United States. 11, pp.SH11A-2432, 2017</w:t>
+              <w:t xml:space="preserve">19th EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, pp.17638, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02861320v1</w:t>
+                <w:t xml:space="preserve">hal-02861321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and Slow Solar Wind: Energy Transfer Rate in Compressible MHD Turbulence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Compressible MHD Turbulence in the Slow Solar Wind: Energy Transfer Rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Sahraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nahuel Andrés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dmitruk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2016, San Francisco, California, United States. 51, pp.SH51B-2582, 2016</w:t>
+              <w:t xml:space="preserve">, Dec 2016, San Francisco, California, United States. 21, pp.SH21C-2538, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02861322v1</w:t>
+                <w:t xml:space="preserve">hal-02861323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compressible MHD Turbulence in the Slow Solar Wind: Energy Transfer Rate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Fast and Slow Solar Wind: Energy Transfer Rate in Compressible MHD Turbulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Z. Hadid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supratik Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2016, San Francisco, California, United States. 21, pp.SH21C-2538, 2016</w:t>
+              <w:t xml:space="preserve">, Dec 2016, San Francisco, California, United States. 51, pp.SH51B-2582, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02861323v1</w:t>
+                <w:t xml:space="preserve">hal-02861322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Existence of the Kolmogorov Inertial Range in the Terrestrial Magnetosheath Turbulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. G. Yuan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Vienne, Austria. 18, pp.EPSC2016-6911, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14217,90 +14217,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetosheath Turbulence at MHD Scales: A Statistical Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Y. Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. G. Yuan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienna, Austria. 17, pp.7893, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14325,90 +14325,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planetary turbulence: survey of Cassini data in the Saturn's magnetosheath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khurom Kiyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14450,90 +14450,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scaling of compressible magnetohydrodynamic turbulence in the fast solar wind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supratik Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, San Francisco, California, United States. 33, pp.SH33A-2456, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14558,90 +14558,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Plasma Turbulence in the Kronian Magnetosheath Using Cassini Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khurom Hussain Kiyani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14722,51 +14722,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Masters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Schimpf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sundkvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14808,103 +14808,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Situ Cassini Spacecraft Observations of Turbulence in Saturn's Magnetosheath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Z. Hadid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouad Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Retinò</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Planetary Science Congress 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, London, United Kingdom. 8, pp.EPSC2013-1056, 2013, EPSC Abstracts</w:t>
@@ -15088,103 +15088,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enceladus and Titan: Emerging Worlds of the Solar System (ESA Voyage 2050 White Paper)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Sulaiman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sushil Atreya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cesar Bertucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Coates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -15238,51 +15238,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ observations of compressible turbulence in planetary magnetosheaths and solar wind</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Hadid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Astrophysics [astro-ph]. Université Paris Saclay (COmUE), 2016. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016SACLS255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -15478,51 +15478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167499v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz S&#225;nchez-Cano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Z Hadid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sae Aizawa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go Murakami" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Bamba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-025-02256-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438853v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wence Jiang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahuel Andr&#233;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Z. Hadid" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Verscharen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL117801" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05163994v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoichiro Yokota" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Matsuoka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Murata" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Saito" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushi Asamura" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40645-025-00718-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158242v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fr&#228;nz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Kr&#252;ger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Raines" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Glass" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gershman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2025.106152" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05378586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hadid" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin N&#233;non" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chust" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL119448" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158210v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashok Silwal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingling Zhao" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Zhu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sorriso-Valvo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Hadid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/add011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158232v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bowers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitr&#237;ona Jackman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianzhe Jia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Slavin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Saur" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA033619" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441690v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Nakamura" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dudok de Wit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint H Jones" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt G G T Taylor" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-43-855-2025" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438851v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijie Sun" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JA034248" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04546379v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Z Hadid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Delcourt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Saito" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fr&#228;nz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Yokota" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02247-2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05165399v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delcourt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aizawa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl110351" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#228;nz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rojo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saito" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA032044" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;andr&#233; Sauvaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449450" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04801634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Harada" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032751" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04868196v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Wahlund" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bergman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. &#197;hl&#233;n" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Puccio" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cecconi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01110-0" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04742763v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Z. Hadid" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rojo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01766-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158203v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Edberg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andrews" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jordi Bold&#250;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dimmock" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Khotyaintsev" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032603" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660535v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Sauvaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266161v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stas Barabash" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39565-4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03895409v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouquet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Langevin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Andr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boithias" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/ac9c03" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663734v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Shebanits" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. Morooka" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nagy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022377822000186" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galtier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac524b" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779525v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;s" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142994" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950153v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moa Persson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav V. Barabash" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35061-3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823347v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Telloni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxman Adhikari" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Zank" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ac9624" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774238v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella D&#8217;amicis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Panasenco" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac8103" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779528v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimmock" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Khotyaintsev" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lalti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yordanova" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Edberg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140954" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774234v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alberti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Narita" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heyner" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Milillo" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244314" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03550341v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werner" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Modolo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096614" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774235v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Alberti" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Milillo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Heyner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Ulrich Auster" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac478d" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03463351v2" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali H. Sulaiman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Achilleos" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Bertucci" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Coates" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Dougherty" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09810-z" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03806925v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL100279" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498391v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mangano" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Sanchez-Cano" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2022.1002727" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395339v3" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rodriguez" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cordier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Achterberg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09815-8" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480879v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maksimovic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sou&#269;ek" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chust" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Khotyaintsev" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kretzschmar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141271" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03531358v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Volwerk" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Horbury" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Woodham" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Bale" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon Wedlund" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140910" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418285v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. G&#233;not" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zender" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2021.718024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03260558v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karlsson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morooka" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Plaschke" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ja028961" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774241v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#237;&#353;a" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140934" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418294v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Romanelli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0af5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418292v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holmberg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cipriani" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nilsson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hess" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Huybrighs" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA029026" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334254v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sahraoui" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yuan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abdaaf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414371v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kretzschmar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Graham" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Contel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Retino" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140932" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551136v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roussos" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bl&#246;cker" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krupp" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Futaana" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095240" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03300662v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chatain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028413" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03298835v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028412" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418293v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kilpua" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Good" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ala-Lahti" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Osmane" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fontaine" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2020.610278" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536593v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Allen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cernuda" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pacheco" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berger" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Xu" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140803" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774240v2" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiang-Wen Hsu" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sulaiman" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Cao" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hedman" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omakshi Agiwal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/25c2cfeb.b28bf609" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02714020v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L. F. Huybrighs" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087806" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724439v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyong Huang" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41614-020-0040-2" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02714230v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cao" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Hunt" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64787-7" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334242v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. He" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab9abb" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779500v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Romanelli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Dibraccio" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abb5a7" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000523v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia K J Kilpua" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon W Good" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Ala-Lahti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Osmane" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-38-999-2020" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640891v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208; E. Wahlund" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I. Eriksson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. T. Edberg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JA026154" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713622v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Cravens" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renzaglia" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moore" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Waite Jr." TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JA026344" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507828v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sage" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Fezzani" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fitton" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.12.031" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640930v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Persoon" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Kurth" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Gurnett" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Groene" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Sulaiman" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078020" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713892v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Andrews" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. H. Cowley" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Provan" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. Hunt" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JA026804" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724598v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Galtier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrand" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.245101" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713745v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078004" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639714v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Erik Wahlund" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiko W. Morooka" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann M. Persoon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Farrell" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aao4134" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01913733v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dmitruk" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022377818000788" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639920v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M. Farrell" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078137" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639862v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Y. Huang" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.055102" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640853v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL079150" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895706v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Y. Huang" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Yuan" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. H. Deng" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa633c" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895707v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/836/1/L10" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639659v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William S. Kurth" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Menietti" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076184" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895704v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa603f" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639534v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supratik Banerjee" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/829/2/l27" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551974v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/829/2/L27" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01225064v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. H. Kiyani" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Retin&#242;" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/813/2/L29" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652814v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andre Sauvaud" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04343382v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Saitou" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fraenz" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210916v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mansour" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Canu" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7689" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04018529v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3369" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652817v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin N. Glass" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652816v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089902v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Harada" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Persson" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03636225v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Shebanits" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiko Morooka" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8878" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089867v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andr&#233; Savaud" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03771994v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03769829v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barabash" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089870v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Hirahara" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089868v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04541472v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089869v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03215601v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas J T Edberg" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Maksimovic" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart D Bale" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12198" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530097v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02940670v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Eriksson" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02299116v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01818719v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald A. Gurnett" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. F. Averkamp" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bostrom" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345963v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrance F. Averkamp" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Bostrom" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cecconi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345954v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345973v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cornilleau-Wehrlin" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796742v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796743v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796699v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Breuillard" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriopoulou" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Graham" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Contel" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796744v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796752v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C. Chapman" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Meyrand" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01208805v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800163v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861321v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861320v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861322v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861323v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861335v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861657v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861633v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khurom Kiyani" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861652v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861644v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khurom Hussain Kiyani" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862088v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Masters" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schimpf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sundkvist" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860548v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774239v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina L. Z. Hadid Hadid" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Witasse" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27833-4_5557-1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02374270v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Atreya" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01425307v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS255" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bowers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitr&#237;ona Jackman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianzhe Jia" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Z. Hadid" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijie Sun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025JA034248" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441690v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Nakamura" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dudok de Wit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint H Jones" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt G G T Taylor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-43-855-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05163994v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoichiro Yokota" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayako Matsuoka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naofumi Murata" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Saito" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushi Asamura" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40645-025-00718-2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167499v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz S&#225;nchez-Cano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Z Hadid" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sae Aizawa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Go Murakami" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumi Bamba" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40623-025-02256-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05438853v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wence Jiang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nahuel Andr&#233;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Verscharen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL117801" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05378586v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hadid" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin N&#233;non" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chust" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GL119448" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158242v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fr&#228;nz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Kr&#252;ger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Raines" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Glass" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gershman" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pss.2025.106152" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158210v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashok Silwal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingling Zhao" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Zhu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Sorriso-Valvo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Hadid" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4365/add011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158232v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Slavin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Saur" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA033619" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158203v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Edberg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Andrews" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jordi Bold&#250;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dimmock" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Khotyaintsev" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032603" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660535v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rojo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aizawa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Sauvaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saito" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449450" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04742763v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Z. Hadid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Delcourt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Harada" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rojo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-024-01766-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04546379v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Z Hadid" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Saito" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fr&#228;nz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Yokota" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41550-024-02247-2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465741v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#228;nz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA032044" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05165399v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Delcourt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl110351" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;andr&#233; Sauvaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04801634v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032751" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04868196v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-E. Wahlund" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bergman" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. &#197;hl&#233;n" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Puccio" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cecconi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11214-024-01110-0" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266161v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stas Barabash" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-39565-4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03806925v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moa Persson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GL100279" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498391v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Alberti" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Mangano" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Sanchez-Cano" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2022.1002727" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395339v3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rodriguez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vinatier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cordier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tobie" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard K. Achterberg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09815-8" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03663734v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Shebanits" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. W. Morooka" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nagy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0022377822000186" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03895409v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mousis" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouquet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Langevin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Andr&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boithias" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/psj/ac9c03" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774234v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alberti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Narita" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heyner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Milillo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244314" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779528v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dimmock" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu. Khotyaintsev" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lalti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Yordanova" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Edberg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140954" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774238v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Telloni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Zank" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella D&#8217;amicis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Panasenco" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac8103" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03550341v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werner" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leblanc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chaufray" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Modolo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL096614" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644856v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Galtier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Sahraoui" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac524b" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779525v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;s" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142994" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950153v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav V. Barabash" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-35061-3" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823347v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxman Adhikari" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ac9624" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774235v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Milillo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Heyner" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Ulrich Auster" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac478d" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03463351v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali H. Sulaiman" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Achilleos" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Bertucci" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Coates" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Dougherty" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-021-09810-z" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774240v2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsiang-Wen Hsu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sulaiman" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Cao" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hedman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omakshi Agiwal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/25c2cfeb.b28bf609" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03260558v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karlsson" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Volwerk" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morooka" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Plaschke" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ja028961" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418285v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. G&#233;not" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zender" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2021.718024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480879v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maksimovic" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sou&#269;ek" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chust" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Khotyaintsev" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kretzschmar" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202141271" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03531358v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Horbury" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Woodham" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Bale" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon Wedlund" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140910" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774241v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#237;&#353;a" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140934" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418294v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Romanelli" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0af5" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418292v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Holmberg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cipriani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nilsson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hess" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Huybrighs" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA029026" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334254v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sahraoui" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yuan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/abdaaf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414371v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kretzschmar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. B. Graham" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Le Contel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Retino" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140932" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03300662v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chatain" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028413" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03298835v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JA028412" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551136v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roussos" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bl&#246;cker" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krupp" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Futaana" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095240" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418293v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kilpua" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Good" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ala-Lahti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Osmane" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fontaine" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspas.2020.610278" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536593v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Allen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cernuda" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pacheco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berger" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Xu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202140803" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000523v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia K J Kilpua" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon W Good" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Ala-Lahti" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Osmane" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/angeo-38-999-2020" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02714020v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. L. F. Huybrighs" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL087806" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724439v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyong Huang" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41614-020-0040-2" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334242v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zhang" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. He" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/ab9abb" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02714230v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cao" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J. Hunt" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64787-7" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779500v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Romanelli" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gina Dibraccio" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abb5a7" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713745v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208; E. Wahlund" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Persoon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J. Andrews" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078004" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640930v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Kurth" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Gurnett" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Groene" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. H. Sulaiman" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078020" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713892v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. W. H. Cowley" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Provan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H. Hunt" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JA026804" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507828v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sage" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Fezzani" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fitton" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moussier" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.12.031" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640891v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. I. Eriksson" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. T. Edberg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JA026154" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02713622v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. E. Cravens" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renzaglia" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Moore" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Waite Jr." TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JA026344" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02724598v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Galtier" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrand" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.245101" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640853v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL079150" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639714v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Erik Wahlund" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiko W. Morooka" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann M. Persoon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Farrell" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aao4134" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01913733v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dmitruk" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022377818000788" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639920v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. M. Farrell" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018GL078137" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639862v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.Y. Huang" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.055102" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639659v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William S. Kurth" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D. Menietti" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017GL076184" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895704v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/aa603f" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895706v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Y. Huang" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. G. Yuan" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. H. Deng" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/aa633c" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895707v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/836/1/L10" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639534v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supratik Banerjee" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/829/2/l27" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551974v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8205/829/2/L27" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01225064v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. H. Kiyani" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Retin&#242;" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2041-8205/813/2/L29" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652816v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652814v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andre Sauvaud" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04343382v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshifumi Saitou" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Fraenz" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210916v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Mansour" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Canu" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7689" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04018529v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3369" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04652817v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin N. Glass" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03636225v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Shebanits" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiko Morooka" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-8878" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089902v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Harada" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Persson" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03771994v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03769829v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barabash" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089867v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andr&#233; Savaud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089870v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masafumi Hirahara" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089868v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04541472v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04089869v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03215601v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas J T Edberg" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Maksimovic" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart D Bale" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12198" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530097v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02940670v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Eriksson" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02299116v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01818719v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald A. Gurnett" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. F. Averkamp" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bostrom" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345963v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrance F. Averkamp" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Bostrom" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cecconi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345954v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345973v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cornilleau-Wehrlin" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796699v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Breuillard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andriopoulou" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Graham" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Contel" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796742v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796743v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796744v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02796752v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. C. Chapman" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Meyrand" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01208805v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02800163v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861320v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861321v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861323v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861322v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861335v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861657v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861633v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khurom Kiyani" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861652v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861644v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khurom Hussain Kiyani" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862088v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Masters" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schimpf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sundkvist" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860548v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774239v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina L. Z. Hadid Hadid" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Witasse" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-27833-4_5557-1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02374270v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sushil Atreya" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01425307v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016SACLS255" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>