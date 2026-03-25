--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lina Nachabe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic techniques for IoT data and service management: ONTOSMART system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of wireless &amp; mobile networks (IJWMN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), pp.43 - 63. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/ijwmn.2016.8403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Smart Home System: OntoSmart to monitor and Assist habitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Salloum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computers and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (16), pp.78 - 86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified data model for Wireless Sensor Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (7), pp.3657 - 3667. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2015.2393951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to improve semantic interoperability? a concrete use case based on EUMED metering profile in the context of energy data space projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henon Mengistu Lamboro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference and Exhibition on Electricity Distribution (CIRED 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Stevenage, United Kingdom. pp.2692-2696, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/icp.2025.2419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-05448025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMEGA-X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ''Enhancing IoT Semantic Interoperability by SAREF for Digital Twins''</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETSI and European Commission, Sep 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Agile Interaction Model based ontology development Methodology (AIME) for FAIR European data spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAIR Principles for Ontologies and Medatata in Knowledge Management (FOAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Enschede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributing reasoning on WoT edge architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Médini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International workshop on IoT interoperability and the web of things (IIWOT'24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04312153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proposed Ontology Evaluation Tool to Assist Ontology Engineers in Selecting Ontologies During the Reuse Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nushrat Jahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge Graphs and Semantic Web Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04836922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMEGA-X: Energy Data Space for improving efficiency of electric power systems leveraging semantic interoperability and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Valino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIGRE 2024 : Study committees: Information Systems, Telecommunications and Cybersecurity (D2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Paris, France. pp.10344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General semantic system for monitoring & assisting diabetes patient &amp;quot;MySmart diabetes OntoREFerence&amp;quot; ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Al Mouhammad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MENACOMM 2018: IEEE Middle East and North Africa Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Jounieh, Lebanon. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MENACOMM.2018.8371024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent system for diabetes patients monitoring and assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Al Mouhammad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICABME 2017 : 4th International Conference on Advances in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beirut, Lebanon. pp.1 - 4, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICABME.2017.8167570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology based Tele-health Smart Home Care System: ontosmart to monitor elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Khawaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoNeCo 2016 : 8th International Conference on Computer Networks &amp; Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Zurich, Switzerland. pp.43 - 59, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/csit.2016.60805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-health application for neonatal incubator signals monitoring through a CoAP-based multi-agent system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamil Jammas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICABME 2015 : 3rd International Conference on Advances in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Beirut, Lebanon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETSI TC SmartBAN : overview of the Wireless Body Area Network standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Hämäläinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Paso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Mucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Farserotu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMICT 2015 : 9th International Symposium on Medical Information and Communication Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Kamakura, Japan. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMICT.2015.7107485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ontology to WBAN for mobile application in the context of sport exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El-Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadi Aro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BODYNETS 2014 : 9th International Conference on Body Area Networks </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, London, United Kingdom. pp.204 - 209, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4108/icst.bodynets.2014.258224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01263321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering energy based routing protocol for Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir El-Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El-Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BLACKSEACOM 2015 : 3rd International Black Sea Conference on Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Constanta, Romania. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D4.4 Data ingestion, Common Information Model and semantic interoperability. Final version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzennyr Gomes da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Marchigiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irati Bilbao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibon Salbidegoitia Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D6.1 Use Cases Implementation Plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Belhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Valino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025, pp.94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ines Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D4.1 Data ingestion, Common Information Model and semantic interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzennyr Gomes da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2023, pp.159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05149714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SmartM2M; Extension to SAREF; Part 8: eHealth/Ageing-well Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Dragoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ETSI TS 103 410-8 V1.1.1, ETSI SmartM2M. 2020, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Body Area Networks (SmartBAN) : service and application standardized enablers and interfaces, APIs and infrastructure for interoperability management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haissam Kharboutly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Réseaux et Service Multimédia Mobiles (Institut Mines-Télécom-Télécom SudParis); Services répartis, Architectures, MOdélisation, Validation, Administration des Réseaux (Institut Mines-Télécom-Télécom SudParis-CNRS); American University of Culture &amp; Education (.); Faculté de Génie / Faculty of Engineering (Université Libanaise / Lebanese University (UL)). 2019, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETSI TS 103 378: Smart Body Area Network (SmartBAN) : unified data representation formats, semantic and open data model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Réseaux et Service Multimédia Mobiles (Institut Mines-Télécom-Télécom SudParis); Services répartis, Architectures, MOdélisation, Validation, Administration des Réseaux (Institut Mines-Télécom-Télécom SudParis-CNRS); Faculté de Génie / Faculty of Engineering (Université Libanaise). 2015, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic sensor discovery and management to implement effective mechanism for data fusion and data aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Networking and Internet Architecture [cs.NI]. Institut National des Télécommunications, 2015. English. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015TELE0021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01673836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId82"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lina Nachabe </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic techniques for IoT data and service management: ONTOSMART system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of wireless &amp; mobile networks (IJWMN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (4), pp.43 - 63. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/ijwmn.2016.8403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Smart Home System: OntoSmart to monitor and Assist habitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Salloum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computers and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (16), pp.78 - 86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01323094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unified data model for Wireless Sensor Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Sensors Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (7), pp.3657 - 3667. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSEN.2015.2393951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to improve semantic interoperability? a concrete use case based on EUMED metering profile in the context of energy data space projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henon Mengistu Lamboro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference and Exhibition on Electricity Distribution (CIRED 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Stevenage, United Kingdom. pp.2692-2696, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/icp.2025.2419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-05448025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMEGA-X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop ''Enhancing IoT Semantic Interoperability by SAREF for Digital Twins''</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ETSI and European Commission, Sep 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward Agile Interaction Model based ontology development Methodology (AIME) for FAIR European data spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FAIR Principles for Ontologies and Medatata in Knowledge Management (FOAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Enschede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distributing reasoning on WoT edge architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Médini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederique Laforest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International workshop on IoT interoperability and the web of things (IIWOT'24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Las Vegas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04312153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Proposed Ontology Evaluation Tool to Assist Ontology Engineers in Selecting Ontologies During the Reuse Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nushrat Jahan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge Graphs and Semantic Web Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-04836922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OMEGA-X: Energy Data Space for improving efficiency of electric power systems leveraging semantic interoperability and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Valino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Genest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIGRE 2024 : Study committees: Information Systems, Telecommunications and Cybersecurity (D2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Paris, France. pp.10344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04947461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General semantic system for monitoring & assisting diabetes patient &amp;quot;MySmart diabetes OntoREFerence&amp;quot; ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Al Mouhammad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MENACOMM 2018: IEEE Middle East and North Africa Communications Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Jounieh, Lebanon. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MENACOMM.2018.8371024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01875454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent system for diabetes patients monitoring and assistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dima Al Mouhammad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICABME 2017 : 4th International Conference on Advances in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Beirut, Lebanon. pp.1 - 4, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICABME.2017.8167570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology based Tele-health Smart Home Care System: ontosmart to monitor elderly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Khawaja</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CoNeCo 2016 : 8th International Conference on Computer Networks &amp; Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Zurich, Switzerland. pp.43 - 59, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5121/csit.2016.60805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M-health application for neonatal incubator signals monitoring through a CoAP-based multi-agent system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamil Jammas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICABME 2015 : 3rd International Conference on Advances in Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Beirut, Lebanon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01264798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETSI TC SmartBAN : overview of the Wireless Body Area Network standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matti Hämäläinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Paso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Mucchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Farserotu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMICT 2015 : 9th International Symposium on Medical Information and Communication Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Kamakura, Japan. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISMICT.2015.7107485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01255147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying ontology to WBAN for mobile application in the context of sport exercises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El-Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadi Aro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BODYNETS 2014 : 9th International Conference on Body Area Networks </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, London, United Kingdom. pp.204 - 209, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4108/icst.bodynets.2014.258224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01263321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering energy based routing protocol for Wireless Sensor Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir El-Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El-Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BLACKSEACOM 2015 : 3rd International Black Sea Conference on Communications and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Constanta, Romania. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01358334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D6.1 Use Cases Implementation Plan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Belhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Valino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025, pp.94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Ines Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Maqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D4.4 Data ingestion, Common Information Model and semantic interoperability. Final version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzennyr Gomes da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Marchigiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irati Bilbao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibon Salbidegoitia Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D6.2 OMEGA-X Use case family implementation report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma-Zohra Hannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Jubault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Janev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2025, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orchestrating an interoperable sovereign federated Multi-vector Energy data space built on open standards and ready for GAia-X D4.1 Data ingestion, Common Information Model and semantic interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Traverson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzennyr Gomes da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Union’s Horizon Europe Framework Programme. 2023, pp.159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05149714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SmartM2M; Extension to SAREF; Part 8: eHealth/Ageing-well Domain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Lefrançois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">João Moreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Dragoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] ETSI TS 103 410-8 V1.1.1, ETSI SmartM2M. 2020, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart Body Area Networks (SmartBAN) : service and application standardized enablers and interfaces, APIs and infrastructure for interoperability management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haissam Kharboutly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Réseaux et Service Multimédia Mobiles (Institut Mines-Télécom-Télécom SudParis); Services répartis, Architectures, MOdélisation, Validation, Administration des Réseaux (Institut Mines-Télécom-Télécom SudParis-CNRS); American University of Culture &amp; Education (.); Faculté de Génie / Faculty of Engineering (Université Libanaise / Lebanese University (UL)). 2019, pp.56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ETSI TS 103 378: Smart Body Area Network (SmartBAN) : unified data representation formats, semantic and open data model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girod-Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachar El Hassan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Dépt. Réseaux et Service Multimédia Mobiles (Institut Mines-Télécom-Télécom SudParis); Services répartis, Architectures, MOdélisation, Validation, Administration des Réseaux (Institut Mines-Télécom-Télécom SudParis-CNRS); Faculté de Génie / Faculty of Engineering (Université Libanaise). 2015, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic sensor discovery and management to implement effective mechanism for data fusion and data aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lina Nachabe Ismail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Networking and Internet Architecture [cs.NI]. Institut National des Télécommunications, 2015. English. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015TELE0021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01673836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId82"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360124v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe Ismail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Girod-Genet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El Hassan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/ijwmn.2016.8403" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323094v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Salloum" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255034v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2015.2393951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05448025v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Traverson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henon Mengistu Lamboro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jubault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2025.2419" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719228v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765023v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04312153v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bento" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel M&#233;dini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04836922v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushrat Jahan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947461v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maqueda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Valino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Genest" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Janev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875454v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Al Mouhammad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MENACOMM.2018.8371024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681434v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME.2017.8167570" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Khawaja" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2016.60805" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Jammas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti H&#228;m&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Paso" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mucchi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Farserotu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMICT.2015.7107485" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263321v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El-Hassan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Aro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4108/icst.bodynets.2014.258224" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358334v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir El-Haddad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326458v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lambert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alzennyr Gomes da Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326678v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Marchigiani" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonzalez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irati Bilbao" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibon Salbidegoitia Garcia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326593v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326521v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Belhomme" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324970v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ines Marques" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149714v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Moreira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dragoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277563v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haissam Kharboutly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267245v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01673836v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TELE0021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360124v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe Ismail" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Girod-Genet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El Hassan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/ijwmn.2016.8403" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323094v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Salloum" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255034v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2015.2393951" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05448025v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Traverson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henon Mengistu Lamboro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jubault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/icp.2025.2419" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719228v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765023v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04312153v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bento" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel M&#233;dini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04836922v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushrat Jahan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947461v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maqueda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Valino" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Genest" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Janev" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875454v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Al Mouhammad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MENACOMM.2018.8371024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681434v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICABME.2017.8167570" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340404v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Khawaja" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5121/csit.2016.60805" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Jammas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255147v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti H&#228;m&#228;l&#228;inen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Paso" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Mucchi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Farserotu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMICT.2015.7107485" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263321v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar El-Hassan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Aro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4108/icst.bodynets.2014.258224" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358334v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir El-Haddad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326521v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Belhomme" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324970v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lambert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ines Marques" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326458v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alzennyr Gomes da Silva" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326678v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Marchigiani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonzalez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irati Bilbao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibon Salbidegoitia Garcia" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326593v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149714v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Moreira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Dragoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277563v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haissam Kharboutly" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267245v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01673836v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015TELE0021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>