--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -189,51 +189,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -357,265 +357,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05362267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical, Bioinformatic, and Structural Comparisons of Transketolases and Position of Human Transketolase in the Enzyme Evolution</w:t>
+                <w:t xml:space="preserve">Specifically Targeting Metacaspases of Candida: A New Therapeutic Opportunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainier-Numa Georges</w:t>
+                <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nushin Aghajari</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stephane Picot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.biochem.3c00714⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (2), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jof10020090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04582902v1</w:t>
+                <w:t xml:space="preserve">hal-04707277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specifically Targeting Metacaspases of Candida: A New Therapeutic Opportunity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biochemical, Bioinformatic, and Structural Comparisons of Transketolases and Position of Human Transketolase in the Enzyme Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rainier-Numa Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nushin Aghajari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
+                <w:t xml:space="preserve">Laurence Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Picot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Franck Charmantray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (2), pp.90. </w:t>
+              <w:t xml:space="preserve">Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jof10020090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biochem.3c00714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707277v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04582902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural determination and kinetic analysis of the Transketolase from Vibrio vulnificus reveal unexpected cooperative behavior</w:t>
               </w:r>
@@ -653,51 +653,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Octobre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protein Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 33 (3), pp.e4884. </w:t>
@@ -908,51 +908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjeev Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemalatha Balaram</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1797,295 +1797,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring molecular determinants of polysaccharide lyase family 6–1 enzyme activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Léa Conchou</w:t>
+                <w:t xml:space="preserve">Structure–function analysis of pectate lyase Pel3 reveals essential facets of protein recognition by the bacterial type 2 secretion system.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Guschinskaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ruaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwab073⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.100305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962311v1</w:t>
+                <w:t xml:space="preserve">hal-03143879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure–function analysis of pectate lyase Pel3 reveals essential facets of protein recognition by the bacterial type 2 secretion system.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Xavier Robert</w:t>
+                <w:t xml:space="preserve">Exploring molecular determinants of polysaccharide lyase family 6–1 enzyme activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Carrique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinesh Jugnarain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (11), pp.1557-1570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwab073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100305⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03143879v1</w:t>
+                <w:t xml:space="preserve">hal-04962311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helices on Interdomain Interface Couple Catalysis in the ATPPase Domain with Allostery in Plasmodium falciparum GMP Synthetase</w:t>
               </w:r>
@@ -2123,51 +2123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (19), pp.2805-2817. </w:t>
@@ -2391,51 +2391,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (19), pp.2805-2817. </w:t>
@@ -3414,51 +3414,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrate recognition by the bacterial type II secretion system: more than a simple interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Guschinskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3977,51 +3977,51 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel j. Hartmann</w:t>
+                <w:t xml:space="preserve">Daniel Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -4036,868 +4036,734 @@
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1042/BJ20091594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02163706v1</w:t>
+                <w:t xml:space="preserve">hal-00479272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transglutaminase-2: a new endostatin partner in the extracellular matrix of endothelial cells</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">NMD factors UPF2 and UPF3 bridge UPF1 to the exon junction complex and stimulate its RNA helicase activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Hartmann</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hala Chamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Hir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1042/BJ20091594⟩</w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 15 (1), pp.85-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nsmb1330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00479272v1</w:t>
+                <w:t xml:space="preserve">hal-04988921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMD factors UPF2 and UPF3 bridge UPF1 to the exon junction complex and stimulate its RNA helicase activity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">Structure of the exon junction core complex with a trapped DEAD-box ATPase bound to RNA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian B F Andersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper S Johansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Chamieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus H Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 313 (5795), pp.1968-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.1131981⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nsmb1330⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04988921v1</w:t>
+                <w:t xml:space="preserve">hal-00168014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the exon junction core complex with a trapped DEAD-box ATPase bound to RNA.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">HcPro, a multifunctional protein encoded by a plant RNA virus, targets the 20S proteasome and affects its enzymic activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Klaus H Nielsen</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Drucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Pugnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Cambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.1131981⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 86, pp.2595-2603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/vir.0.81107-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00168014v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HcPro, a multifunctional protein encoded by a plant RNA virus, targets the 20S proteasome and affects its enzymic activities</w:t>
+                <w:t xml:space="preserve">The exon junction core complex is locked onto RNA by inhibition of eIF4AIII ATPase activity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Blanc</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Marchadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Baguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tomasetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Séraphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/vir.0.81107-0⟩</w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 12 (10), pp.861-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nsmb990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01189228v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00187421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The exon junction core complex is locked onto RNA by inhibition of eIF4AIII ATPase activity.</w:t>
+                <w:t xml:space="preserve">Biochemical identification of proteasome-associated endonuclease activity in sunflower</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...83 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">F. F. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. S. Mouzeyar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. F. Petit</w:t>
+                <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Candresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 1645, pp.30-39. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1570-9639(02)00500-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00964401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4907,176 +4773,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Design of New Anti-Malaria Compounds using Structure In Vitro and In Vivo based Drug Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jugnarain Vinesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh-Châu Nguyễn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugnarain Vinesh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
+                <w:t xml:space="preserve">Olivier Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmesJournées du Consortium anti-Parasitaire et -Fongique (CaPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03095674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-function-activity guided drug-design on Plasmodium falciparum purine metabolizing enzyme targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Chau Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5085,123 +4951,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jugnarain Vinesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bemba Ould Sidi Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CaPF2020, 10 èmes journées du Consortium anti-Parasitaire et anti-Fongique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure tridimensionnelle d’un membre de la famille des GH13 en complexe avec un maltotriose, une nouvelle cible thérapeutique face aux infections à Candida glabrata.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5210,111 +5076,111 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmesJournées du Consortium anti-Parasitaire et -Fongique (CaPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03095646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId198"/>
+      <w:footerReference w:type="default" r:id="rId196"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5382,51 +5248,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D68F2A6A"/>
+    <w:nsid w:val="D49E59AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5613,51 +5479,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lionel-ballut" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3982-9321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074130404" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197061601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140894190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362267v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Drevet Mulard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Imam" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Damien Coureux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bessueille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08901-3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582902v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier-Numa Georges" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hecquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Charmantray" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.3c00714" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Picot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof10020090" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier&#8208;numa Georges" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Octobre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Comte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.4884" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269850v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Sidi Mohamed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Chau Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wein" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115581" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285650v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemalatha Balaram" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091379" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748109v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiheng Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Gu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piers Rycroft" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruaudel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00253-22" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434126v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rocchi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Louvat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Miele" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Batisse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232213742" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962311v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143879v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pineau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Guschinskaya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100305" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094412v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Shivakumaraswamy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Pandey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000158" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094406v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Shukla" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakshi Varma" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resmi Ravi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17013-x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913889v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412726v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mandelman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wolff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Feller" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gerday" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094420v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00792-019-01102-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbosa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Hir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27826-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295943v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koelblen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Berg&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l V Cherrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Brillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Jimenez-Soto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14299" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680740v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien-Anh Nguyen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takla El Khoury" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Candusso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.08.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX5N0DH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988939v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Violot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Prasoona Thota" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bauke Dijkstra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273317093251" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094522v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Sathya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9930" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001308v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pineau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Robert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballut" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12744" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787594v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sapay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chautard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imberty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricard-Blum" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849709v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roussille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brotons" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Louarn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5220-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZW7P5HT2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807349v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chautard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fatoux-Ardore" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thierry-Mieg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ricard-Blum" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq830" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163706v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faye" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Inforzato" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bignon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel&#160;j. Hartmann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20091594" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479272v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988921v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Chamieh" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonneau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1330" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-XX4F82WT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168014v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B F Andersen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper S Johansen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus H Nielsen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1131981" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189228v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugni&#232;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cambon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.81107-0" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187421v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marchadier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baguet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tomasetto" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand S&#233;raphin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb990" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-VM7J4TB2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964401v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Petit" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Mouzeyar" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1570-9639(02)00500-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHL5B26M-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095674v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Faure" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007629v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Ould Sidi Mohamed" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095646v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lionel-ballut" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3982-9321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074130404" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/197061601" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140894190" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362267v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Drevet Mulard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iliass Imam" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Damien Coureux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Briolay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bessueille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-08901-3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707277v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Picot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof10020090" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582902v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier-Numa Georges" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Hecquet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Charmantray" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biochem.3c00714" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier&#8208;numa Georges" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Octobre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Comte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.4884" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269850v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Sidi Mohamed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Chau Nguyen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wein" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Uttaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2023.115581" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285650v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hemalatha Balaram" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091379" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748109v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiheng Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Gu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piers Rycroft" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ruaudel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00253-22" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434126v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Rocchi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Louvat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Miele" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Batisse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Guillon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232213742" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143879v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pineau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Guschinskaya" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100305" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962311v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094412v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Shivakumaraswamy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivedita Pandey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202000158" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094406v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpit Shukla" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neelakshi Varma" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Resmi Ravi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17013-x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913889v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412726v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mandelman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wolff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Feller" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Gerday" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094420v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00792-019-01102-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988943v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Wang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barbosa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Hir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27826-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295943v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koelblen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Berg&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l V Cherrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Brillet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Jimenez-Soto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14299" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680740v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien-Anh Nguyen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takla El Khoury" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Candusso" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.08.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX5N0DH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988939v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Violot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakshmi Prasoona Thota" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bauke Dijkstra" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273317093251" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094522v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Sathya" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9930" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001308v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pineau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Robert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ballut" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12744" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787594v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sapay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chautard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Imberty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ricard-Blum" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849709v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roussille" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brotons" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Louarn" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-011-5220-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZW7P5HT2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807349v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chautard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fatoux-Ardore" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thierry-Mieg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ricard-Blum" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkq830" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479272v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faye" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Inforzato" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Bignon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hartmann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Muller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20091594" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988921v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Chamieh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1330" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-XX4F82WT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168014v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian B F Andersen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper S Johansen" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus H Nielsen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1131981" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189228v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Drucker" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugni&#232;re" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cambon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.81107-0" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187421v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marchadier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baguet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tomasetto" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand S&#233;raphin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb990" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-VM7J4TB2-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964401v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. F. Petit" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Mouzeyar" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1570-9639(02)00500-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZHL5B26M-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095674v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugnarain Vinesh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Ch&#226;u Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Faure" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007629v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bemba Ould Sidi Mohamed" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095646v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>