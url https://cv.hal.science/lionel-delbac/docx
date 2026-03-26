--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Delbac </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lionel-delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8029-5918</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compared analysis of re-built long-term historical annual pressures of Botrytis Bunch Rot, Noble Rot and Downy Mildew in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penelope Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Plant Pathogenic Sclerotiniacae" (BotryScleroMoni2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Thessaloniki, Greece. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05098972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics and climatic indices related to long-term historical annual pressures of key grapevine diseases: case study of Black Rot and Downy Mildew in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC-WPRS Working group IPM viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Mikulov, Czech Republic. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for sexual reproduction and production of fertile oospores of Plasmopara viticola on partially-resistant grapevine varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Conference on Grapevine Breeding and Genetics (ICGBG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. 306 p., 2018, Abstract Book GBG 2018 – Bordeaux, France 15 – 20 July</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie et dynamique de populations de Drosophila suzukii dans deux régions viticoles françaises et potentiel de vection de la pourriture acide en fonction de sa plante hôte d’origine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drosophila suzukii, CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Balandran, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a new multi-pest integrating indicator of pests And diseases damage in grapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. , 2016, 14th ESA Congress 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of decision rules for pest vineyard management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarten van Helden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC/WPRS Working group Integrated protection and production in viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Brescia, Italy. 1 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description sémantique des stades de développement phénologique des plantes, et extraction de nouveaux labels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Ouverte d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1-2), pp.157-178. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/roia.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1941-2023 overall annual intensity indicator data for grapevine pests and diseases over three French vineyard regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 64, pp.112397. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.112397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term historical characterization of French vineyard exposure to pests and diseases: a case study of the Bordeaux and Champagne regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC WPRS Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171, pp.29-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental factors driving infestations of a keystone winter fruit by an invasive and a native fruit fly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Deconninck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méghan Boulembert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthropod-Plant Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.867-880. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11829-024-10073-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of &amp;lt;i&amp;gt;Halyomorpha halys&amp;lt;/i&amp;gt; in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Hamidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (1), pp.253 - 257. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2022.56.1.5395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroecological patterns of fruit infestation rates by the invasive fly Drosophila suzukii in the wild reservoir host plant Sambucus nigra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ulmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.548-563. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/afe.12520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation of Drosophilidae communities in viticultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Basic and Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.83-91. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.baae.2020.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predation of grape berry moths by harvestmen depends on landscape composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Joubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Razafimbola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fabreguettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2020.104358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where you come from matters: temperature influences host-parasitoid interaction through parental effects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Iltis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Manière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192 (3), pp.853-863. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-020-04613-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics of Drosophila suzukii in vineyard landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (3), pp.285-295. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2020/0858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variétés de vignes résistantes limitent la capacité du mildiou à se multiplier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1166, pp.52-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle, une alternative aux insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Frouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 728, pp.45-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaProtect - Protection durable des végétaux contre les bioagresseurs invasifs dans les vergers et les vignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité fonctionnelle : effet de l’environnement paysager d’une parcelle de vigne sur la régulation de ses ravageurs (BIOCONTROL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Thiery J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63, pp.139-161. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5191158122927905E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La drosophile asiatique (Drosophila suzukii) dans le vignoble alsacien. Résultats d'une année de piégeage 2017-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Tolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vins d'Alsace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.8-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii, un risque toujours latent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fellous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 249, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23703.06564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii dans le vignoble bordelais, état de la situation depuis sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.40-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cochenilles dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1156, pp.45-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mating patterns of the European grapevine moth, Lobesia botrana (Lepidoptera: Tortricidae) in sympatric and allopatric populations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (3), pp.685-699. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bij.12901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape moth density in Bordeaux vineyards depends on local habitat management despite effects of landscape heterogeneity on their biological control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (6), pp.1794-1803. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.12858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence of an immune adjustment in response to a parasitoid threat in Lobesia botrana larvae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vogelweith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Moret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.7-11. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection contre l'Eudémis : pourquoi dénombrer les glomérules vides d'Eudémis de la vigne en première génération ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1141, pp.52-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi dénombrer le nombre de glomérules vides d'Eudémis de la vigne en première génération ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, mars 2017, pp.52-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii au vignoble : quoi de neuf en 2015 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Verpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dhabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1130, pp.53-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New multipest damage indicator to assess protection strategies in grapevine cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (3), pp.450-461. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage to grape flowers and berries byLobesia botranalarvae (Denis & Schiffernüller) (Lepidoptera: Tortricidae), and relation to larval age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (2), pp.256-261. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local and landscape effects of agricultural intensification on Carabid community structure and weed seed predation in a perennial cropping system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (9), pp.2163-2174. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10980-016-0390-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien évaluer les dégâts d'Eudémis en première et deuxième génération pour mieux gérer la lutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1132, pp.62-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early detection and identification of larval parasitoids in Lobesia botrana using PCR-RFLP method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103, pp.95-100. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2016.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ravageurs secondaires de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.65-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection du vignoble. Une filière engagée dans des démarches de viticulture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.6-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phylloxéra de la vigne est toujours là ...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.69-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic farming and host density affect parasitism rates of tortricid moths in vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Muneret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 214, pp.46-53. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2015.08.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pourriture acide et les drosophiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.50-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acariens de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les tordeuses de la grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.54-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eudémis et cochylis : du neuf sur ces ravageurs ancestraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 688, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer les dégâts des bioagresseurs sur grappes : un sujet important durant la conversion à la viticulture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1108, pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles stratégie contre les cochenilles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, mai 2014, pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tordeuses de la grappe et auxiliaires : évolution des populations en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1109, pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii : détection de l'espèce invasive sur grappes en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Launès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1109, pp.48-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan des niveaux de ravageurs de la vigne en Gironde en 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, mars 2013, pp.39-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel indicateur intégré d’évaluation des dégâts occasionnés aux grappes par des bioagresseurs majeurs au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dinabio 2013, 32, pp.61-71. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/1dw2-k398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurence of Drosophila Suzukii in the Sauternes vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (2), pp.145-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle drosophile Drosophila suzukii en vignoble bordelais. Est-il opportun de surveiller la menace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Juillet 2012 (1090), pp.36-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vignole sous confusion sexuelle dans le Médoc. Suivi de la micro faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Juin 2012, pp.39-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phéromones et confusion sexuelle en vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.38-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larval instars determination for the European Grapevine Moth (Lepidoptera: Tortricidae) based on the frequency distribution of head-capsule widths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (6), pp.623-630. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2010.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vers de la grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique du Groupement Développement Viticole de la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of nonlinear relationships in dual epidemics, and its application to the management of grapevine downy and powdery mildews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Rochas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Taisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Willocquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 99 (8), pp.930-942. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-99-8-0930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des populations de cicadelles vertes sous confusion sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique du Groupement Développement Viticole de la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attraction of the grapevine moth to host and non-host plant parts in the wind tunnel : effects of plant phenology, sex, and mating status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingwild Masante-Roca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cecile M.-C. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Gadenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 122 (3), pp.239-245. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1570-7458.2006.00510.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des traitements à base de roténone sur les populations de typhlodromes au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hivert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 580, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement de l'oïdium de la vigne en 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1009, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roténone. Quel effet sur les acariens prédateurs du vignoble ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hivert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1011, pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il une régulation naturelle des populations d'Eudémis ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1000, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand faut-il poser des pièges sexuels contre l'Eudémis ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Froidefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 988, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des diffuseurs de confusion sexuelle Eudémis au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, mai, pp.34-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Monte-Carlo test procedures for the study of the spatial distribution of the European vine moth, Lobesia botrana (Lepidoptera Tortricidae) in European vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 96, pp.375-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle contre l'Eudémis : peut-on sauter une année d'application sans risque?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 3, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets bénéfiques de la lutte par confusion sexuelle contre l'Eudémis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4, pp.18-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle contre l'Eudémis lobesia botrana. Bilan de huit années d'expérimentation en Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALIA Bulletin d'information technique Club Protection Raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 34, pp.2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02687622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la répartition spatiale d'Empoasca vitis Goethe (Homoptera, Typhlocybidae) et apports pour l'échantillonnage. I. Répartition sur le cep de vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Labergère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 31 (3), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle contre l'eudémis. Impact sur la cicadelle verte (Empoasca vitis) dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 48 (488), pp.36-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle contre l'Eudémis. Vers un équilibre biologique de l'Acarofaune du vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 484, pp.43-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation dans le vignoble bordelais. Contre l'Eudémis, la confusion sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 488, pp.26-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02713205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eudémis et confusion sexuelle : bilan de l'action d'accompagnement au développement de la technique dans le bordelais en 1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 900, pp.5-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-écologie au vignoble, les champs du possible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit de l'agro-écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of past advisory bulletins to rebuild pest and disease historical annual pressures in French vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congress of the European Society for Agronomy. Synergies for a resilient future: from knowledge to action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Agronomy, Aug 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term historical characterization of French vineyard exposure to pests and diseases: case study of Bordeaux and Champagne regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC-WPRS Meeting of the working group Integrated Protection in Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC-WPRS, Oct 2023, Logroño, Spain. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroecological Patterns of Fruit Infestation Rates by the Invasive Fly Drosophila suzukii in the Reservoir Host Plant Sambucus nigra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ulmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Electronic Conference on Biological Diversity, Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Sciforum.net, France. pp.9469, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/BDEE2021-09469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of &amp;lt;em&amp;gt;Orientus ishidae&amp;lt;/em&amp;gt; on “flavescence dorée” emergence in the vineyards of riparian ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Desque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Garcion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. meeting of the International Phytoplasmologist Working Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Valencia, Spain. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5958/2249-4677.2019.00035.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle de vigne sur les abondances de Tordeuses et leurs régulations naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., 2017, Montpellier, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du paysage et du cépage sur Drosophila suzukii dans 2 cas d‘études : vignobles bordelais et alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque intermédiaire InvaProtect, Les bioagresseurs invasifs des vergers et vignes du Rhin supérieur : situation actuelle et possibilités de lutte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Sainte-Croix-en-Plaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RIVA (Risques d'Invasions en Vignobles Aquitains) : la présence confirmée d'Orientus ishidae, vecteur potentiel de la flavescence dorée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journée Technique du CIVB (Conseil Interprofessionnel du Vin de Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2017, Bordeaux, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lobesia botrana (Lepidoptera: Tortricidae) larval population assessment by damage to grape flowers: could empty larval nests monitoring be useful?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographical area extension of Drosophila suzukii (Diptera: Drosophilidae) in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle et de la concentration pollinique sur les Phytoseiida dans trois régions viticoles françaises (Projet Biocontrol)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghais Zriki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., 2017, Montpellier, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle et de la concentration pollinique sur les Phytoseiidae dans trois régions viticoles françaises (projet biocontrol)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghais Zriki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA. Institut National d'Etudes Supérieures Agronomiques de Montpellier (Montpellier SupAgro), FRA., Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravageurs de la vigne: les nouveautés dans les recherches sur les tordeuses et la problématique des espèces invasives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journée technique du CIVB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal differences in Lobesia botrana’s lifecycle at local scale, the example of the Saint Emilion vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Verpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Ascona, Switzerland. 250 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de Drosophila suzukii (Matsumura) (Diptera : Drosophilidae) sur grappes en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Launès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Conférence Internationale sur les ravageurs en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveying the leaf arthropod community in Médoc vineyards under mating disruption against the European grapevine moth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Lacanau, France. 232 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New indicators for multi pests and diseases assessment in conventional, organic and “in-transition” vineyard systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicating processes and performances of agrosystems: a framework based on a conceptual model and its use in vineyards fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilpart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of grape berry moth larvae using parasitoids: should it be developed?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Staufen im Breisgau, Germany. pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récents progrès de la recherche contre les insectes ravageurs et vecteurs de maladies en vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journée technique du CIVB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of grape berry moth larvae using parasitoids: should it be developed ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture” - Meeting at Staufen im Breisgau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Nov 2009, Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early symptoms assessment as indicator to control Grapevine Powdery Mildew with reduced fungicide applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Naud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes A. Calonnec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6.International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics: Part 1) formalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group Integrated Protection in Viticulture : Biological and Integrated ControBiological Control in a modern Viticulture, Marsala, ITA, October 25-27 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics - Part 2 : Experimental design and results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group "Integrated Protection in Viticulture" "Biological and Integrated Control in a modern Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Marsala, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics - Part 1 : Formalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group "Integrated Protection in Viticulture" "Biological and Integrated Control in a modern Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Marsala, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfactory orientation responses of the grapevine moth, Lobesia batrana, to the host plant in a wind tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Masante-Roca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Gadenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European symposium for insect taste and olfaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Harstad, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les parasites de tordeuses de vignobles : aperçu de quelques espèces présentes dans 3 régions viticoles françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2000, Ponte de Lima, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle: peut-on sauter une année d'application sans risque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence OILB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats d'essais captures-population sur les tordeuses de la grappe (Lobesia botrana et Eupoecilia ambiguella) réalisés en 1997 et 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence OILB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude méthodologique de la répartition spatiale de l'eudémis (Lobesia botrana Den. et Schiff.). Intérêts pour l'échantillonnage et la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Travail OILB Lutte Intégrée en Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Godollo, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle des mâles : un procédé d'avenir pour lutter contre les lépidoptères ravageurs de cultures Application à un tortricidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Schmitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Roehrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Colloque transnational sur les luttes biologique, intégrée et raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1998, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la confusion sexuelle contre l'Eudémis Lobesia botrana sur les populations d'autres ravageurs et d'auxiliaires dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the working group "use of pheromones and other semiochemicals in integrated control"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence de la confusion sexuelle sur les populations d'acariens phytophages et prédateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA-VITI 96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la succession temporelle des ressources végétales à l’échelle des paysages sur les communautés de drosophiles : Cas d’étude en agrosystème viticole suite à l'invasion par Drosophila suzukii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biodiversité et Ecologie. Université de Bordeaux, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020BORD0261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03156134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for sexual reproduction and fertile oospore production by Plasmopara viticola on the leaves of partially resistant grapevine cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Conference on Grapevine Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2019.1248.82⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles menaces qui planent sur le vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Montigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GrapeMilDeWS : A formally designed integrated pest management decision process against grapevine powdery and downy mildews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Naud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bellon Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Decision support systems in agriculture, food and the environment: Trends, applications and advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 978-1-61520-881-4 978-1-61520-882-1. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61520-881-4.ch012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId287"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Delbac </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lionel-delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8029-5918</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1941-2023 overall annual intensity indicator data for grapevine pests and diseases over three French vineyard regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 64, pp.112397. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.112397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description sémantique des stades de développement phénologique des plantes, et extraction de nouveaux labels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Roussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Bossy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delpuech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Ouverte d'Intelligence Artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 6 (1-2), pp.157-178. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/roia.97⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term historical characterization of French vineyard exposure to pests and diseases: a case study of the Bordeaux and Champagne regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC WPRS Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 171, pp.29-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental factors driving infestations of a keystone winter fruit by an invasive and a native fruit fly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Deconninck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méghan Boulembert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arthropod-Plant Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18, pp.867-880. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11829-024-10073-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04589876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of &amp;lt;i&amp;gt;Halyomorpha halys&amp;lt;/i&amp;gt; in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Hamidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OENO One</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 56 (1), pp.253 - 257. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/oeno-one.2022.56.1.5395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroecological patterns of fruit infestation rates by the invasive fly Drosophila suzukii in the wild reservoir host plant Sambucus nigra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ulmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.548-563. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/afe.12520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation of Drosophilidae communities in viticultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Basic and Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.83-91. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.baae.2020.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predation of grape berry moths by harvestmen depends on landscape composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Joubard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureen Razafimbola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Fabreguettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 150, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2020.104358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where you come from matters: temperature influences host-parasitoid interaction through parental effects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Iltis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Manière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 192 (3), pp.853-863. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-020-04613-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics of Drosophila suzukii in vineyard landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 40 (3), pp.285-295. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2020/0858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03610227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variétés de vignes résistantes limitent la capacité du mildiou à se multiplier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1166, pp.52-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle, une alternative aux insecticides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Frouin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 728, pp.45-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaProtect - Protection durable des végétaux contre les bioagresseurs invasifs dans les vergers et les vignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité fonctionnelle : effet de l’environnement paysager d’une parcelle de vigne sur la régulation de ses ravageurs (BIOCONTROL)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">- Thiery J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63, pp.139-161. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1.5191158122927905E12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La drosophile asiatique (Drosophila suzukii) dans le vignoble alsacien. Résultats d'une année de piégeage 2017-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Tolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vins d'Alsace</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.8-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii dans le vignoble bordelais, état de la situation depuis sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.40-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii, un risque toujours latent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Fellous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réussir Vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 249, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.23703.06564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cochenilles dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1156, pp.45-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mating patterns of the European grapevine moth, Lobesia botrana (Lepidoptera: Tortricidae) in sympatric and allopatric populations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (3), pp.685-699. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bij.12901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01528401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grape moth density in Bordeaux vineyards depends on local habitat management despite effects of landscape heterogeneity on their biological control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 54 (6), pp.1794-1803. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.12858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">No evidence of an immune adjustment in response to a parasitoid threat in Lobesia botrana larvae.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Vogelweith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Moret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Insect Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 102, pp.7-11. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jinsphys.2017.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01581100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection contre l'Eudémis : pourquoi dénombrer les glomérules vides d'Eudémis de la vigne en première génération ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1141, pp.52-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi dénombrer le nombre de glomérules vides d'Eudémis de la vigne en première génération ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, mars 2017, pp.52-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii au vignoble : quoi de neuf en 2015 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Verpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Dhabit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1130, pp.53-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New multipest damage indicator to assess protection strategies in grapevine cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (3), pp.450-461. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damage to grape flowers and berries byLobesia botranalarvae (Denis & Schiffernüller) (Lepidoptera: Tortricidae), and relation to larval age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (2), pp.256-261. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ajgw.12204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local and landscape effects of agricultural intensification on Carabid community structure and weed seed predation in a perennial cropping system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (9), pp.2163-2174. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10980-016-0390-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bien évaluer les dégâts d'Eudémis en première et deuxième génération pour mieux gérer la lutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1132, pp.62-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early detection and identification of larval parasitoids in Lobesia botrana using PCR-RFLP method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 103, pp.95-100. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocontrol.2016.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ravageurs secondaires de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.65-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection du vignoble. Une filière engagée dans des démarches de viticulture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Davy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Aveline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.6-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le phylloxéra de la vigne est toujours là ...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.69-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic farming and host density affect parasitism rates of tortricid moths in vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Muneret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 214, pp.46-53. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2015.08.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pourriture acide et les drosophiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.50-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acariens de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les tordeuses de la grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Avril 2015, pp.54-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eudémis et cochylis : du neuf sur ces ravageurs ancestraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 688, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluer les dégâts des bioagresseurs sur grappes : un sujet important durant la conversion à la viticulture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1108, pp.50-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles stratégie contre les cochenilles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Davidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, mai 2014, pp.62-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tordeuses de la grappe et auxiliaires : évolution des populations en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1109, pp.41-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii : détection de l'espèce invasive sur grappes en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Launès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1109, pp.48-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan des niveaux de ravageurs de la vigne en Gironde en 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, mars 2013, pp.39-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel indicateur intégré d’évaluation des dégâts occasionnés aux grappes par des bioagresseurs majeurs au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Laveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dinabio 2013, 32, pp.61-71. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/1dw2-k398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurence of Drosophila Suzukii in the Sauternes vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 46 (2), pp.145-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle drosophile Drosophila suzukii en vignoble bordelais. Est-il opportun de surveiller la menace ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Juillet 2012 (1090), pp.36-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vignole sous confusion sexuelle dans le Médoc. Suivi de la micro faune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Juin 2012, pp.39-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phéromones et confusion sexuelle en vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, pp.38-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larval instars determination for the European Grapevine Moth (Lepidoptera: Tortricidae) based on the frequency distribution of head-capsule widths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crop Protection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (6), pp.623-630. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cropro.2010.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02658071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vers de la grappe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique du Groupement Développement Viticole de la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18, pp.9-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of nonlinear relationships in dual epidemics, and its application to the management of grapevine downy and powdery mildews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Savary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Rochas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Taisant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Willocquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 99 (8), pp.930-942. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-99-8-0930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des populations de cicadelles vertes sous confusion sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin Technique du Groupement Développement Viticole de la Marne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10, pp.5-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attraction of the grapevine moth to host and non-host plant parts in the wind tunnel : effects of plant phenology, sex, and mating status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingwild Masante-Roca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Anton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Cecile M.-C. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Gadenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 122 (3), pp.239-245. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1570-7458.2006.00510.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des traitements à base de roténone sur les populations de typhlodromes au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hivert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 580, pp.42-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement de l'oïdium de la vigne en 2004</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Forget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1009, pp.40-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roténone. Quel effet sur les acariens prédateurs du vignoble ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hivert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1011, pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il une régulation naturelle des populations d'Eudémis ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1000, pp.40-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand faut-il poser des pièges sexuels contre l'Eudémis ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Froidefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 988, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des diffuseurs de confusion sexuelle Eudémis au vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, mai, pp.34-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Monte-Carlo test procedures for the study of the spatial distribution of the European vine moth, Lobesia botrana (Lepidoptera Tortricidae) in European vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Badenhausser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Le Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 96, pp.375-380</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle contre l'Eudémis : peut-on sauter une année d'application sans risque?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 3, pp.28-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets bénéfiques de la lutte par confusion sexuelle contre l'Eudémis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4, pp.18-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02684063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle contre l'Eudémis lobesia botrana. Bilan de huit années d'expérimentation en Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALIA Bulletin d'information technique Club Protection Raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 34, pp.2-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02687622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la répartition spatiale d'Empoasca vitis Goethe (Homoptera, Typhlocybidae) et apports pour l'échantillonnage. I. Répartition sur le cep de vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Labergère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal International des Sciences de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 31 (3), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle contre l'eudémis. Impact sur la cicadelle verte (Empoasca vitis) dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 48 (488), pp.36-39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle contre l'Eudémis. Vers un équilibre biologique de l'Acarofaune du vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 484, pp.43-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation dans le vignoble bordelais. Contre l'Eudémis, la confusion sexuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arboriculture Fruitière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 488, pp.26-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02713205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eudémis et confusion sexuelle : bilan de l'action d'accompagnement au développement de la technique dans le bordelais en 1994</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 900, pp.5-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compared analysis of re-built long-term historical annual pressures of Botrytis Bunch Rot, Noble Rot and Downy Mildew in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penelope Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Plant Pathogenic Sclerotiniacae" (BotryScleroMoni2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Thessaloniki, Greece. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05098972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal dynamics and climatic indices related to long-term historical annual pressures of key grapevine diseases: case study of Black Rot and Downy Mildew in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghislain Delestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Guibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Mérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC-WPRS Working group IPM viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Mikulov, Czech Republic. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05399281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for sexual reproduction and production of fertile oospores of Plasmopara viticola on partially-resistant grapevine varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Conference on Grapevine Breeding and Genetics (ICGBG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. 306 p., 2018, Abstract Book GBG 2018 – Bordeaux, France 15 – 20 July</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie et dynamique de populations de Drosophila suzukii dans deux régions viticoles françaises et potentiel de vection de la pourriture acide en fonction de sa plante hôte d’origine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drosophila suzukii, CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Balandran, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a new multi-pest integrating indicator of pests And diseases damage in grapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. ESA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Edinburgh, United Kingdom. , 2016, 14th ESA Congress 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of decision rules for pest vineyard management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Brustis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarten van Helden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC/WPRS Working group Integrated protection and production in viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Brescia, Italy. 1 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-écologie au vignoble, les champs du possible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuit de l'agro-écologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of past advisory bulletins to rebuild pest and disease historical annual pressures in French vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Congress of the European Society for Agronomy. Synergies for a resilient future: from knowledge to action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for Agronomy, Aug 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term historical characterization of French vineyard exposure to pests and diseases: case study of Bordeaux and Champagne regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Daraignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOBC-WPRS Meeting of the working group Integrated Protection in Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IOBC-WPRS, Oct 2023, Logroño, Spain. pp.65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macroecological Patterns of Fruit Infestation Rates by the Invasive Fly Drosophila suzukii in the Reservoir Host Plant Sambucus nigra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ulmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Couty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Eslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Baliteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Electronic Conference on Biological Diversity, Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Sciforum.net, France. pp.9469, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/BDEE2021-09469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of &amp;lt;em&amp;gt;Orientus ishidae&amp;lt;/em&amp;gt; on “flavescence dorée” emergence in the vineyards of riparian ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Desque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lusseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Garcion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. meeting of the International Phytoplasmologist Working Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Valencia, Spain. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5958/2249-4677.2019.00035.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle de vigne sur les abondances de Tordeuses et leurs régulations naturelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thierry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., 2017, Montpellier, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du paysage et du cépage sur Drosophila suzukii dans 2 cas d‘études : vignobles bordelais et alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque intermédiaire InvaProtect, Les bioagresseurs invasifs des vergers et vignes du Rhin supérieur : situation actuelle et possibilités de lutte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Sainte-Croix-en-Plaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RIVA (Risques d'Invasions en Vignobles Aquitains) : la présence confirmée d'Orientus ishidae, vecteur potentiel de la flavescence dorée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Journée Technique du CIVB (Conseil Interprofessionnel du Vin de Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2017, Bordeaux, France. pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lobesia botrana (Lepidoptera: Tortricidae) larval population assessment by damage to grape flowers: could empty larval nests monitoring be useful?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geographical area extension of Drosophila suzukii (Diptera: Drosophilidae) in Bordeaux vineyards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle et de la concentration pollinique sur les Phytoseiida dans trois régions viticoles françaises (Projet Biocontrol)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghais Zriki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., 2017, Montpellier, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l’environnement paysager d’une parcelle et de la concentration pollinique sur les Phytoseiidae dans trois régions viticoles françaises (projet biocontrol)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Kreiter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghais Zriki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Conférence Internationale sur les Ravageurs et Auxiliaires en Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA. Institut National d'Etudes Supérieures Agronomiques de Montpellier (Montpellier SupAgro), FRA., Oct 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravageurs de la vigne: les nouveautés dans les recherches sur les tordeuses et la problématique des espèces invasives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daciana Papura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journée technique du CIVB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal differences in Lobesia botrana’s lifecycle at local scale, the example of the Saint Emilion vineyard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Verpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Ascona, Switzerland. 250 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de Drosophila suzukii (Matsumura) (Diptera : Drosophilidae) sur grappes en 2013 en Gironde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Rouzes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Ravidat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Launès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Conférence Internationale sur les ravageurs en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveying the leaf arthropod community in Médoc vineyards under mating disruption against the European grapevine moth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Lacanau, France. 232 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New indicators for multi pests and diseases assessment in conventional, organic and “in-transition” vineyard systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Smits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Merot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indicating processes and performances of agrosystems: a framework based on a conceptual model and its use in vineyards fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Wéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Coll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilpart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Fermaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Society for Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Helsinki, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of grape berry moth larvae using parasitoids: should it be developed?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group "Integrated Protection and Production in Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Staufen im Breisgau, Germany. pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récents progrès de la recherche contre les insectes ravageurs et vecteurs de maladies en vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chuche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journée technique du CIVB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Conseil Interprofessionnel des Vins de Bordeaux (CIVB). FRA., Feb 2011, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of grape berry moth larvae using parasitoids: should it be developed ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Working Group “Integrated Protection and Production in Viticulture” - Meeting at Staufen im Breisgau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Nov 2009, Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early symptoms assessment as indicator to control Grapevine Powdery Mildew with reduced fungicide applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Naud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes A. Calonnec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6.International Workshop on Grapevine Downy and Powdery Mildew</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics: Part 1) formalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Delière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group Integrated Protection in Viticulture : Biological and Integrated ControBiological Control in a modern Viticulture, Marsala, ITA, October 25-27 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics - Part 2 : Experimental design and results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group "Integrated Protection in Viticulture" "Biological and Integrated Control in a modern Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Marsala, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An expert based crop protection decision strategy against grapevine's powdery and downy mildews epidemics - Part 1 : Formalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cartolaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting of the IOBC/WPRS Working Group "Integrated Protection in Viticulture" "Biological and Integrated Control in a modern Viticulture"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Marsala, Italy. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfactory orientation responses of the grapevine moth, Lobesia batrana, to the host plant in a wind tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Masante-Roca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe C. Gadenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. European symposium for insect taste and olfaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, Harstad, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les parasites de tordeuses de vignobles : aperçu de quelques espèces présentes dans 3 régions viticoles françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis D. Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Xuereb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Villemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2000, Ponte de Lima, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confusion sexuelle: peut-on sauter une année d'application sans risque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vible</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Pracros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence OILB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats d'essais captures-population sur les tordeuses de la grappe (Lobesia botrana et Eupoecilia ambiguella) réalisés en 1997 et 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence OILB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Florence, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude méthodologique de la répartition spatiale de l'eudémis (Lobesia botrana Den. et Schiff.). Intérêts pour l'échantillonnage et la modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Travail OILB Lutte Intégrée en Viticulture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Godollo, Hongrie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confusion sexuelle des mâles : un procédé d'avenir pour lutter contre les lépidoptères ravageurs de cultures Application à un tortricidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Schmitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Roehrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Colloque transnational sur les luttes biologique, intégrée et raisonnée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1998, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets de la confusion sexuelle contre l'Eudémis Lobesia botrana sur les populations d'autres ravageurs et d'auxiliaires dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Meeting of the working group "use of pheromones and other semiochemicals in integrated control"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02771277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence de la confusion sexuelle sur les populations d'acariens phytophages et prédateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Stöckel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA-VITI 96</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02766899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de la succession temporelle des ressources végétales à l’échelle des paysages sur les communautés de drosophiles : Cas d’étude en agrosystème viticole suite à l'invasion par Drosophila suzukii</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biodiversité et Ecologie. Université de Bordeaux, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2020BORD0261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03156134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for sexual reproduction and fertile oospore production by Plasmopara viticola on the leaves of partially resistant grapevine cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Delmotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII International Conference on Grapevine Breeding and Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2019.1248.82⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03881341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouvelles menaces qui planent sur le vignoble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Torregrosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Montigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GrapeMilDeWS : A formally designed integrated pest management decision process against grapevine powdery and downy mildews</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Léger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Naud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Bellon Maurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Clerjeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Deliere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Decision support systems in agriculture, food and the environment: Trends, applications and advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IGI Global</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 978-1-61520-881-4 978-1-61520-882-1. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-61520-881-4.ch012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02820266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId287"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EB33D809"/>
+    <w:nsid w:val="7494CF0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lionel-delbac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8029-5918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098972v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delbac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Godefroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05399281v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M&#233;rot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733828v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deliere" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327589v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Binet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Hommay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bochet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743073v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Smits" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roudet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828533v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Brustis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cartolaro" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van Helden" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380086v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.97" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112397" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Daraignes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fraysse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589876v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deconninck" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-024-10073-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678052v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouzes" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2022.56.1.5395" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714420v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ulmer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Baliteau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12520" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03006698v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2020.08.002" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929398v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daciana Papura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Joubard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Razafimbola" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabreguettes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2020.104358" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521753v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Iltis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mani&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04613-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610227v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2020/0858" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619006v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Frouin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627319v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627748v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sentenac" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kreiter" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bouvier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Thiery J." TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191158122927905E12" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618002v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tolle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618726v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fellous" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23703.06564" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618648v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618111v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528401v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Muller" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12901" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627628v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.12858" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581100v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vogelweith" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2017.08.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605323v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618783v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633260v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laveau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verpy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dhabit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506500v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12238" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QGW9TB21-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635244v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Thiery" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12204" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT1R82RL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636590v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-016-0390-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629511v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637410v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2016.08.005" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1M78J5XG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629462v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Davidou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouz&#232;s" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635972v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aveline" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629667v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632341v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Muneret" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.08.019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B929SBR6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632633v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629662v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635978v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631428v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630125v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Constant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laveau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630602v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630272v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630166v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Ravidat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laun&#232;s" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643589v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189815v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Constant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1dw2-k398" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644480v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642175v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642398v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dupont" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Moreau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645947v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658071v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2010.01.009" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZW0WQKG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654415v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661494v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Rochas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Taisant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-99-8-0930" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653903v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664421v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingwild Masante-Roca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Anton" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile M.-C. Dufour" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gadenne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1570-7458.2006.00510.x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J11SG46C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674779v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maille" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hivert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clerjeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674045v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forget" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672159v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670694v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Xuereb" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaubert" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brustis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677891v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Froidefond" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672525v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. St&#246;ckel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689702v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Charpentier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pracros" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686630v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vible" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684063v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fos" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687622v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691987v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laberg&#232;re" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698981v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696945v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713205v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704023v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428184v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687194v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04576020v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03321977v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/BDEE2021-09469" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735004v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desque" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salar" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lusseau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Garcion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5958/2249-4677.2019.00035.5" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787867v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thierry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947503v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788179v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Auriol" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735136v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735227v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787782v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghais Zriki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734495v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sentenac" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiery" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743455v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740061v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mary" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742004v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748666v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupont" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747683v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267939v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coll" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119094v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802506v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chuche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747655v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755164v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Naud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Calonnec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590204v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand L&#233;ger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deli&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816015v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815695v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758824v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Masante-Roca" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Dufour" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760768v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766046v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770063v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771279v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767110v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Schmitz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roehrich" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771277v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766899v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03156134v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020BORD0261" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881341v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Schneider" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1248.82" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268980v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Montigaud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820266v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Naud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/181549.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61520-881-4.ch012" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lionel-delbac" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8029-5918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05421020v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delbac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Smits" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne M&#233;rot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fermaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112397" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05380086v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courtin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Bernard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.97" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04609260v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Daraignes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fraysse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589876v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Deconninck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ghan Boulembert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Eslin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Couty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11829-024-10073-6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03678052v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouzes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Hamidi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thi&#233;ry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/oeno-one.2022.56.1.5395" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714420v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ulmer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Baliteau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12520" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03006698v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Binet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2020.08.002" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929398v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daciana Papura" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Joubard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Razafimbola" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fabreguettes" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2020.104358" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521753v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Iltis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Mani&#232;re" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-020-04613-z" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03610227v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2020/0858" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619006v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deliere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schneider" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmotte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618585v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Frouin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627319v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Hommay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627748v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Sentenac" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kreiter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bouvier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Thiery J." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5191158122927905E12" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618002v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Tolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618648v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618726v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Fellous" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23703.06564" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618111v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Muller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bij.12901" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627628v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.12858" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581100v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vogelweith" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Moret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2017.08.010" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605323v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618783v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633260v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laveau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Verpy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gil" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Dhabit" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506500v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roudet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12238" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QGW9TB21-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635244v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis D. Thiery" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12204" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT1R82RL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636590v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-016-0390-x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629511v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637410v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2016.08.005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1M78J5XG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629462v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Davidou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Rouz&#232;s" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635972v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aveline" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629667v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632341v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Muneret" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2015.08.019" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B929SBR6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632633v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629662v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635978v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631428v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630125v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Constant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laveau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630602v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630272v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630166v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Ravidat" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laun&#232;s" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643589v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189815v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Constant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1dw2-k398" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644480v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642175v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642398v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dupont" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Moreau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645947v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658071v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2010.01.009" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZW0WQKG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654415v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661494v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Savary" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Rochas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Taisant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Willocquet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-99-8-0930" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653903v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664421v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingwild Masante-Roca" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Anton" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile M.-C. Dufour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Gadenne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1570-7458.2006.00510.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J11SG46C-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674779v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maille" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hivert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clerjeau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674045v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cartolaro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Forget" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672159v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670694v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Xuereb" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaubert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brustis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677891v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Froidefond" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672525v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. St&#246;ckel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689702v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Badenhausser" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Charpentier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Pracros" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686630v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vible" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684063v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fos" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687622v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691987v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laberg&#232;re" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698981v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696945v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713205v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704023v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05098972v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Delestre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Godefroy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05399281v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guibert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327589v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bochet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743073v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828533v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Brustis" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van Helden" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428184v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687194v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04576020v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03321977v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/BDEE2021-09469" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735004v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desque" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salar" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lusseau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Garcion" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5958/2249-4677.2019.00035.5" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787867v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thierry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947503v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788179v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Auriol" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735136v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735227v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787782v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghais Zriki" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734495v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sentenac" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiery" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743455v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740061v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Mary" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742004v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748666v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupont" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moreau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747683v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267939v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coll" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119094v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villemant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802506v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chuche" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747655v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755164v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Naud" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Calonnec" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590204v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand L&#233;ger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deli&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816015v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815695v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758824v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Masante-Roca" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Dufour" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760768v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766046v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770063v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771279v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767110v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Schmitz" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roehrich" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771277v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766899v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03156134v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020BORD0261" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03881341v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Schneider" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1248.82" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268980v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Torregrosa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Montigaud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820266v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Naud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bellon Maurel" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/181549.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-61520-881-4.ch012" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>