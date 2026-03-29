--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Villard </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The artificial patents in the PATSTAT database: how much do they matter when computing indicators of internationalisation based on worldwide priority patents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 114, pp.91-112. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-017-2578-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we know about work and employment in agriculture in Africa? A literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Enderli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Taher Sraïri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Avelange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le futur du travail et de l’emploi dans le secteur agricole en Afrique de l’Ouest en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISRA; INRAE; Cirad, Jan 2025, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional knowledge production across Europe: Insights from combined indicators and an innovative regional delineation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scherngell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guerini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RISIS ( European Research Infrastructure for Science, technology and Innovation policy Studies ) research seminars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, On line, France. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6033930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving Technological Capabilities of Firms; Patterns of Complexity, Divergence, and Stagnation in Corporate Invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI 2018 Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Science and Technology Studies (CWTS), Sep 2018, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolving technological capabilities of firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International IP coverage in the pharma sector: do the location and internationalisation of R&D matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Geography of innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The value of internationalisation of industrial R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Corporate R&amp;D and Innovation (CONCORD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market coverage of patent portfolios in MNE: Do patterns of R&D internationalisation matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global technology map: tracking patterns of related and unrelated technological invention by multinational firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cointet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting on Applied Evolutionary Economics (EMAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization of Large Firms R&D activities: towards a shift in trend?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.362-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location versus home country advantages in R&D activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th annual Workshop. The Output of R&amp;D activities : Harnessing the Power of Patents Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The internationalization of corporate invention: national and sectoral contributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkernade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the Eu-SPRI Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier la science et la technologie : jeux d'échelles et dimensions d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cartographie des Traces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The network structure of technological developments; Technological distance as a walk on the technology map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cointet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Canada. pp.733-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Breucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The knowledge for growth conference, 7-9 juillet 2008, Toulouse (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The PRIME-ENID conference on positioning indicators, 28-30 may 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence des nanotechnologies : Vers un nouveau &amp;quot;modèle industriel &amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Laredo, J.-Ph. Leresche et K. Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'internationalisation des systèmes de recherche en action. Les cas français et Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Polytechniques et Universiataires Romandes (PPUR)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 24 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the scientific production that mentioned the use of CorText Manager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Enderli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolisation, peripheries and funding of nano sciences & technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Perruchas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scherngell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et identification à l'échelle mondiale des têtes pensantes et des institutions de recherche actives dans le nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOCUMENTATION OF RISIS DATASETS - RISIS Patent Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Ospina Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Daniel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] LISIS UPEM; RISIS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and characterising the dynamics of emerging technologies to inform policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université paris Est, IFRIS. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RISIS Adapted Nuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guerini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId63"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Villard </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multidisciplinary science funding is more than ever a planetary priority: reflections from the Make Our Planet Great Again (MOPGA) program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Richards</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Ervens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Parmesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Amato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christhel Andrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLOS Climate</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 5 (3), pp.e0000849. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pclm.0000849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The artificial patents in the PATSTAT database: how much do they matter when computing indicators of internationalisation based on worldwide priority patents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 114, pp.91-112. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11192-017-2578-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01671905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we know about work and employment in agriculture in Africa? A literature review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Dedieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Enderli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Taher Sraïri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Avelange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le futur du travail et de l’emploi dans le secteur agricole en Afrique de l’Ouest en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISRA; INRAE; Cirad, Jan 2025, Dakar, Senegal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional knowledge production across Europe: Insights from combined indicators and an innovative regional delineation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scherngell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guerini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RISIS ( European Research Infrastructure for Science, technology and Innovation policy Studies ) research seminars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, On line, France. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.6033930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolving Technological Capabilities of Firms; Patterns of Complexity, Divergence, and Stagnation in Corporate Invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STI 2018 Conference Proceedings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre for Science and Technology Studies (CWTS), Sep 2018, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolving technological capabilities of firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International IP coverage in the pharma sector: do the location and internationalisation of R&D matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Geography of innovation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The value of internationalisation of industrial R&D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Corporate R&amp;D and Innovation (CONCORD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Market coverage of patent portfolios in MNE: Do patterns of R&D internationalisation matter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Technology Indicators (STI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The global technology map: tracking patterns of related and unrelated technological invention by multinational firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkemade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cointet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Meeting on Applied Evolutionary Economics (EMAEE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01775124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internationalization of Large Firms R&D activities: towards a shift in trend?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Berlin, Germany. pp.362-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location versus home country advantages in R&D activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Le Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th annual Workshop. The Output of R&amp;D activities : Harnessing the Power of Patents Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00942855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The internationalization of corporate invention: national and sectoral contributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floortje Alkernade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference of the Eu-SPRI Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00835475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier la science et la technologie : jeux d'échelles et dimensions d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Cartographie des Traces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00812696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The network structure of technological developments; Technological distance as a walk on the technology map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Schoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Cointet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Heimeriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Conference on Science and Technology Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Canada. pp.733-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting keywords life-cycle to analyse the dynamics of an emerging field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe P. Breucker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Baneyx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd European Network of Indicators Designers Conference on "STI Indicators for Policymaking and Strategic Decision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The knowledge for growth conference, 7-9 juillet 2008, Toulouse (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge dynamics and agglomeration phenomena : the case of nanotechnology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The PRIME-ENID conference on positioning indicators, 28-30 may 2008, Oslo (Norvège)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence des nanotechnologies : Vers un nouveau &amp;quot;modèle industriel &amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Rieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Kahane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ph. Laredo, J.-Ph. Leresche et K. Weber. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'internationalisation des systèmes de recherche en action. Les cas français et Suisse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Polytechniques et Universiataires Romandes (PPUR)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 24 p., 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00424261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the scientific production that mentioned the use of CorText Manager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Enderli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metropolisation, peripheries and funding of nano sciences & technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Perruchas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scherngell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et identification à l'échelle mondiale des têtes pensantes et des institutions de recherche actives dans le nucléaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00960107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DOCUMENTATION OF RISIS DATASETS - RISIS Patent Database</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Ospina Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Daniel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] LISIS UPEM; RISIS. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02361266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping and characterising the dynamics of emerging technologies to inform policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larédo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douglas K. R. Robinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Delemarle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Lagnau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Revollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Université paris Est, IFRIS. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01275987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carte (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RISIS Adapted Nuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedetto Lepori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guerini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Barber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carte</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId70"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671905v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Villard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schoen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lar&#233;do" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-017-2578-5" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935293v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Enderli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Sra&#239;ri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Avelange" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254630v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Scherngell" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Lepori" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guerini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Barber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6033930" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244782v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Heimeriks" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floortje Alkemade" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775231v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775147v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775144v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775124v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942876v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942855v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laredo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00835475v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floortje Alkernade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00812696v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00809632v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753679v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Breucker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baneyx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delemarle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kahane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614229v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614228v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424261v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rieu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.grenoble-em.com/docs/00/42/42/61/PDF/Chapitre_16_laredo_et_al_final_Tab_Map.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244615v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244644v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Perruchas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00960107v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Revollo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361266v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Ospina Delgado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Medina" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275987v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas K. R. Robinson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lagnau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244559v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548559v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richards" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ervens" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Parmesan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Amato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christhel Andrade" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pclm.0000849" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671905v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Laurens" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Villard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Schoen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lar&#233;do" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11192-017-2578-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935293v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dedieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Enderli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Taher Sra&#239;ri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Avelange" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254630v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Scherngell" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetto Lepori" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guerini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Barber" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6033930" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244782v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaston Heimeriks" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floortje Alkemade" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775231v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775147v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775133v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775144v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942876v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00942855v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laredo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00835475v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floortje Alkernade" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00812696v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00809632v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753679v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Breucker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baneyx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Delemarle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kahane" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614229v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00614228v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grenoble-em.hal.science/hal-00424261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Rieu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hal.grenoble-em.com/docs/00/42/42/61/PDF/Chapitre_16_laredo_et_al_final_Tab_Map.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244615v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244644v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Perruchas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00960107v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Revollo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361266v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Ospina Delgado" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Daniel Medina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275987v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas K. R. Robinson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Lagnau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244559v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>