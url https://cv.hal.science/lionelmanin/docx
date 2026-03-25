--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:138.12949640288px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Manin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of key parameter influence on efficiency of chain drive for track cycling − Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.21. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting a torsional vibration damper model with physics-informed neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yigit Yucesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe A.C. Viana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107552. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation on the Rotational Dynamics of a Timing Belt Drive including an Oval Driving Pulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 143 (5), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4050527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear rotordynamics of a drillstring in curved wells: models and numerical techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Baguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 166, pp.105225. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Torsional Vibration Damper (TVD) pulley, implementation of a rubber elastomeric behavior, simulations and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142, pp.103583. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.103583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamics of directional drilling with fluid and borehole interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 462, pp.114924. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2019.114924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table Tennis Ball Impacting Racket Polymeric Coatings: Experiments and Modeling of Key Performance Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.158. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app9010158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01997635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campbell Diagram Computation for a Drillstring Immersed in Curved Wells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 141 (4), pp.041009. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4042933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses distribution in serpentine belt drive: Modelling and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Af Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part D: Journal of Automobile Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.095440701882494. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954407018824943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of power losses in poly-V belt transmissions via genetic algorithm and dynamic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selven Ayasamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Santini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 128, pp.169-190. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2018.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of power losses in poly-V belt transmissions: Hysteresis phenomena (enhanced analysis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121, pp.373 - 397. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2017.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of power losses in poly-V belt transmissions: hysteresis phenomena (standard analysis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Mechanical Design, Systems, and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (6), pp.JAMDSM0085 - JAMDSM0085. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1299/jamdsm.2017jamdsm0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Settings Adjustment for String Tension and Mass of a Tennis Racket Depending on the Ball Characteristics: Laboratory and Field Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baszczyński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chevrel-Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ficheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Triquigneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 147, pp.472 - 477. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2016.06.343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non Linearity of the Ball/Rubber Impact in Table Tennis: Experiments and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Drillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lourenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 147, pp.348 - 353. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2016.06.307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the Belt – Envelope Interactions during the Postal Mail Conveying by a Sorting Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hugues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strojniški vestnik = Journal of Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 62 (7-8), pp.463 - 470. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5545/sv-jme.2016.3770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibro-acoustic of Table Tennis Rackets. Influence of the Plywood Design Parameters. Experimental and Sensory Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, The engineering of sport 10, 72, pp.374-379. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2014.06.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulley torsional vibration damper characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Schultz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (02), pp.151-155. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2013057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibro-acoustic of table tennis rackets at ball impact: influence of the blade plywood composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34, pp.604-609. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2012.04.103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrations of table tennis racket composite wood blades: modeling and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34, pp.694-699. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2012.04.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a Flexible Multibody Belt-Drive Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strojniški vestnik = Journal of Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57, pp.539-546. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5545/sv-jme.2010.257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of the contact parameters between a V-ribbed belt and a pulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (10), pp.1424-1433. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2010.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entraînements par courroies striées: Architecture et dynamique globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, BM (5690), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (4), pp.813-821. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2008.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of damping into the flexible multibody belt-drive model: A numerical and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 324, pp.283-296. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2009.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Instability of an Axially Moving Belt Subjected to Multifrequency Excitations: Experiments and Analytical Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (4), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2910891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick/slip phenomena in dynamics: Choice of contact model. Numerical predictions & experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet-Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.1211-1224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick/slip phenomena in dynamics: Choice of contact model. Numerical predictions &amp; experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 43 (10), pp.1211-1224. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2007.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duffing Oscillator With Parametric Excitation: Analytical and Experimental Investigation on a Belt-Pulley System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (3), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2908160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of the modified Dahl and Masing models: Application to a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 302 (4-5), pp.841-864. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2006.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of the modified Dahl and Masing models: Application to a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 302 (4-5), pp.841-864. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2006.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock climbing belay device analysis, experiments and modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Brabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bissuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Engineering of Sport 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00378100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic behavior of a belt tensioner: modelling and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11 (9), pp.1147-1158. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1077546305055539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic behavior of a belt tensioner: modelling and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1147-1158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00368452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 13 (3), pp.317-326. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rcma.13.317-326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission - Raideur et amortissement longitudinaux module de flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.317-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Behavior of Power Gearing Transmission, Numerical Prediction, and Influence of Design Parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 121 (4), pp.693-702. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2834125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendement des transmissions par chaine. Étude du comportement des rouleaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFREI, May 2024, VilleJuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of the corrective effect of a non-circular pulley : application to timing belt drive dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surveillance, Vishno and AVE conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA-Lyon, Université de Lyon, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics of a Rotary Drill-String Immersed in a 3D Geometry Well</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Baguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Rotor Dynamics – IFToMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rio de Janeiro, Brazil. pp.265-279, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99272-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux architecturés à base polymère : Etude des composants polymériques d’une raquette de ping-pong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Drillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lourenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déformation des polymères solides 26 - (DEPOS26)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL IDENTIFICATION OF NONLINEAR JOINT MODELS: APPLICATION TO AUTOMOTIVE HEADLAMPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Hmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Roucoules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on structural engineering dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nuno Maia, Jun 2015, Lagos, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELLING THE BELT – ENVELOPE INTERACTIONS DURING THE POSTAL MAIL CONVEYING BY A SORTING MACHINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hugues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on engineering vibration (ICOEV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses prediction in poly-v belt transmissions: application to front engine accessory drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaokai Liang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lyon, Villeurbanne, France. pp.1162-1171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable and its casing. Application to automotive gearshift command systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Nouri-Baranger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Rotor‐stator Contact on the Mass Unbalance Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFToMM International Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the joints nonlinear behavior on the dynamics of optical automotive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Hmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Roucoules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable and its casing: Application to automotive gearshift command system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Nouri-Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Noise and Vibration engineering (ISMA2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Louvain, Belgium. pp.3065-3077</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of rotor-stator interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Vibrations in Rotating Machinery (VIRM10), IMechE, London, Sept. 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. pp.623-633, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9780857094537.9.623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of rotor-stator interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Vibrations in Rotating Machinery (VIRM10), IMechE, London, Sept. 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into account localized non linearities in random vibration simulation - Application to an automotive equipement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibrations Chocs et Bruits 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Clamart, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de non linéarités lors d'une simulation dynamique aléatoire - application à l'isolation d'un composant automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e colloque national en calcul des structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Giens, France. pp.Clé USB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non linear dynamics of a structure supported by rubber mounts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DINAME 2011, 14th Internal symposium on dynamic problems of mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, São Sebastião, São Paulo, Brazil. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rubber mount model. Application to automotive equipment suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2010 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Leuven, Belgium. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable with no axial preload and its casing. Application to automotive gearshift command systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2010 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Leuven, Belgium. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of a damping mechanism in the flexible multibody belt-drive model: a numerical and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME International Conference on Motion and Power Transmissions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sendai, Japan. pp.624-629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on the dynamic characteristics and transverse vibrations instabilities of transmission belts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI ème colloque "Vibrations, Chocs et Bruit"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and theoretical investigation on the nonlinear mathieu equation applied to a belt-pulley system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Las Vegas, United States. pp.975-981, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2007-35291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and theoretical investigation on the nonlinear mathieu equation applied to a belt-pulley system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Las Vegas, United States. pp.469-476, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2007-34130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick-Slip Phenomena in Dynamics: choice of contact model. Numerical predictions &amp; experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet-Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2007.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological and restoring force models regarding belt tensioner dymamic behavior: prediction & experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2006 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des tendeurs sur le comportement dynamiquedune transmission par courroie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème colloque "Vibrations, Chocs et Bruit 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instability of an axially moving belt subjected to multi-frequency excitations: experiments and analytical validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elenventh conference on Non-linear Vibration, Stability, Dynamics of Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes mécaniques et paramétrage dans CATIA V5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guingand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Ateliers CATIA V5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the climber fall arrest dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, International Design Engineering Technical Conferences and Information in Engineering Confeence, IDETC-IEC 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du comportement vibratoire d'un vélo grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Charlot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission: raideur et amortissement longitudinaux, module de flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de l'AFM: Caractérisation et Identification des Propriérés Mécaniques et Thermiques de Matériaux et Structures Souples</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilisation à l'intégration du savoir-faire sous CATIA V5 dans la formation en CMAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guingand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFUC, journée visibilitéé VISI-26</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de phénomènes non linéaires dans la façade accessoires d'un moteur thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV ème colloque national "Vibrations, chocs et bruit" 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of non-linear phenomena on the front end accessory drive of an automotive engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14° Colloque Vibrations, chocs et bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Lyon, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the nonlinear histeretic behavior of a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Al Majid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth Conference on Nonlinear Vibration, Stability, Dynamics of structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du logiciel CATIA dans la formation en CMAO à l'INSA de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP-PRIMECA Journée Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental/Numerical analysis of the timing belt drive of a V6 engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Gaborel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of DETC'03, 9th International Power Transmission and Gearing Conference 2003, ASME conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisations des métiers de Catia V5 dans la formation en CMAO à l'INSA de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFUC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and Prediction of a Pulley Tensioner Effect on the Behavior of an Automotive Timing Belt Drive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Potinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME, International Conference on Motion and Power Transmissions (MPT 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Timing Belt Performances For Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.-M. Mergache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME, International Conference on Motion and Power Transmissions (MPT 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behaviour simulation for timing belt drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Monternot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress ICMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal behavior evaluation during mechanical design : validation of thermal numerical gearbox models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of DETC00, 8th International Power Transmission and Gearing Conference, 2000 ASME Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of a dynamic numerical model for timing belt drives behavior simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of DETC00, 8th Power Transmission and Gearing Conference, 2000 ASME Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquette virtuelle modélisation multi-niveaux pour l'évaluation du comportement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COGEMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception mécanique de produit : Sûreté de fonctionnement et maquette virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UTBM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des éléments de machines. Dimensionnement, liaisons, conception intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses. Ellipses Edition Marketing S.A., 32 rue Bargue, 75740 Paris cedex 15, pp.360, 2010, technosup, Claude Cheze, 9782729860998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des éléments de machines. Dimensionnement, liaisons, conception intégrée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">editions Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 360 p., 2010, Claude Cheze, 978-2-7298-6099-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses prediction in poly-v belt transmissions: application to front engine accessory drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Liang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference 2014: 26th–28th August 2014, Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.1162-1171, 2014, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9781782421955.1162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrainements par Courroies Striées, Architecture et Dynamique Globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l’Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock climbing belay device analysis, experiments and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Brabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bissuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Engineering of Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.69-74, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse vibration of belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId229"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:138.12949640288px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Manin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of key parameter influence on efficiency of chain drive for track cycling − Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cavoret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.21. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2025013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05104928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation on the Rotational Dynamics of a Timing Belt Drive including an Oval Driving Pulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Rota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 143 (5), pp.1-17. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4050527⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adjusting a torsional vibration damper model with physics-informed neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yigit Yucesan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe A.C. Viana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.107552. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymssp.2020.107552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear rotordynamics of a drillstring in curved wells: models and numerical techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Baguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 166, pp.105225. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses distribution in serpentine belt drive: Modelling and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Af Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part D: Journal of Automobile Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.095440701882494. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0954407018824943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table Tennis Ball Impacting Racket Polymeric Coatings: Experiments and Modeling of Key Performance Metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.158. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app9010158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01997635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Torsional Vibration Damper (TVD) pulley, implementation of a rubber elastomeric behavior, simulations and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142, pp.103583. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.103583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02360753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamics of directional drilling with fluid and borehole interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 462, pp.114924. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2019.114924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campbell Diagram Computation for a Drillstring Immersed in Curved Wells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang-Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 141 (4), pp.041009. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4042933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02119502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of power losses in poly-V belt transmissions via genetic algorithm and dynamic programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selven Ayasamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Santini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 128, pp.169-190. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2018.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01969509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of power losses in poly-V belt transmissions: Hysteresis phenomena (enhanced analysis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 121, pp.373 - 397. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2017.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of power losses in poly-V belt transmissions: hysteresis phenomena (standard analysis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos A.F. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Besnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Advanced Mechanical Design, Systems, and Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (6), pp.JAMDSM0085 - JAMDSM0085. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1299/jamdsm.2017jamdsm0085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the Belt – Envelope Interactions during the Postal Mail Conveying by a Sorting Machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hugues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strojniški vestnik = Journal of Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 62 (7-8), pp.463 - 470. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5545/sv-jme.2016.3770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Settings Adjustment for String Tension and Mass of a Tennis Racket Depending on the Ball Characteristics: Laboratory and Field Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Baszczyński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chevrel-Fraux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ficheux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Triquigneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 147, pp.472 - 477. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2016.06.343⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non Linearity of the Ball/Rubber Impact in Table Tennis: Experiments and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Drillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lourenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 147, pp.348 - 353. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2016.06.307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibro-acoustic of Table Tennis Rackets. Influence of the Plywood Design Parameters. Experimental and Sensory Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, The engineering of sport 10, 72, pp.374-379. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2014.06.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulley torsional vibration damper characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Schultz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanics &amp; Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (02), pp.151-155. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/meca/2013057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00841391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibro-acoustic of table tennis rackets at ball impact: influence of the blade plywood composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Gabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34, pp.604-609. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2012.04.103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vibrations of table tennis racket composite wood blades: modeling and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Havard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Poggi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 34, pp.694-699. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.proeng.2012.04.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of a Flexible Multibody Belt-Drive Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strojniški vestnik = Journal of Mechanical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57, pp.539-546. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5545/sv-jme.2010.257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of the contact parameters between a V-ribbed belt and a pulley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 45 (10), pp.1424-1433. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2010.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00515886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entraînements par courroies striées: Architecture et dynamique globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, BM (5690), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00533052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 44 (4), pp.813-821. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2008.04.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of damping into the flexible multibody belt-drive model: A numerical and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 324, pp.283-296. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2009.02.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00485159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Instability of an Axially Moving Belt Subjected to Multifrequency Excitations: Experiments and Analytical Validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (4), pp.1-8. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2910891⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick/slip phenomena in dynamics: Choice of contact model. Numerical predictions & experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet-Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.1211-1224</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick/slip phenomena in dynamics: Choice of contact model. Numerical predictions &amp; experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mechanism and Machine Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 43 (10), pp.1211-1224. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2007.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04663541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duffing Oscillator With Parametric Excitation: Analytical and Experimental Investigation on a Belt-Pulley System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational and Nonlinear Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (3), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2908160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00381367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of the modified Dahl and Masing models: Application to a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 302 (4-5), pp.841-864. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2006.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00380794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of the modified Dahl and Masing models: Application to a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sound and Vibration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 302 (4-5), pp.841-864. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jsv.2006.12.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock climbing belay device analysis, experiments and modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Brabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bissuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Engineering of Sport 6</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00378100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic behavior of a belt tensioner: modelling and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 11 (9), pp.1147-1158. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1077546305055539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hysteretic behavior of a belt tensioner: modelling and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vibration and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1147-1158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00368452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 13 (3), pp.317-326. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/rcma.13.317-326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission - Raideur et amortissement longitudinaux module de flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, pp.317-326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Behavior of Power Gearing Transmission, Numerical Prediction, and Influence of Design Parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Tribology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 121 (4), pp.693-702. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2834125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00797581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rendement des transmissions par chaine. Étude du comportement des rouleaux.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Lanaspeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérengère Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EFREI, May 2024, VilleJuif, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Dynamics of a Rotary Drill-String Immersed in a 3D Geometry Well</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Thinh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khac-Long Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Baguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Rotor Dynamics – IFToMM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rio de Janeiro, Brazil. pp.265-279, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-99272-3_19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental identification of the corrective effect of a non-circular pulley : application to timing belt drive dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Passos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surveillance, Vishno and AVE conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSA-Lyon, Université de Lyon, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EXPERIMENTAL IDENTIFICATION OF NONLINEAR JOINT MODELS: APPLICATION TO AUTOMOTIVE HEADLAMPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Hmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Roucoules</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on structural engineering dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nuno Maia, Jun 2015, Lagos, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MODELLING THE BELT – ENVELOPE INTERACTIONS DURING THE POSTAL MAIL CONVEYING BY A SORTING MACHINE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hugues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference on engineering vibration (ICOEV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ljubljana, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matériaux architecturés à base polymère : Etude des composants polymériques d’une raquette de ping-pong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.G. Rinaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Drillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Lourenco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déformation des polymères solides 26 - (DEPOS26)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01248118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable and its casing: Application to automotive gearshift command system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Nouri-Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Noise and Vibration engineering (ISMA2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Louvain, Belgium. pp.3065-3077</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses prediction in poly-v belt transmissions: application to front engine accessory drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaokai Liang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lyon, Villeurbanne, France. pp.1162-1171</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable and its casing. Application to automotive gearshift command systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Nouri-Baranger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Rotor‐stator Contact on the Mass Unbalance Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th IFToMM International Conference on Rotor Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the joints nonlinear behavior on the dynamics of optical automotive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhak Hmid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Roucoules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Leuven, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of rotor-stator interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Vibrations in Rotating Machinery (VIRM10), IMechE, London, Sept. 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. pp.623-633, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9780857094537.9.623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05138638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of rotor-stator interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celio Duran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Ange Andrianoely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bordegaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Vibrations in Rotating Machinery (VIRM10), IMechE, London, Sept. 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, London, United Kingdom. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taking into account localized non linearities in random vibration simulation - Application to an automotive equipement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vibrations Chocs et Bruits 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Clamart, France. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de non linéarités lors d'une simulation dynamique aléatoire - application à l'isolation d'un composant automobile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10e colloque national en calcul des structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Giens, France. pp.Clé USB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00592965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non linear dynamics of a structure supported by rubber mounts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DINAME 2011, 14th Internal symposium on dynamic problems of mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, São Sebastião, São Paulo, Brazil. 10p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A rubber mount model. Application to automotive equipment suspension</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2010 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Leuven, Belgium. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dynamic interactions between a cable with no axial preload and its casing. Application to automotive gearshift command systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thouraya Baranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Levecque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2010 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Leuven, Belgium. 15p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00685121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction of a damping mechanism in the flexible multibody belt-drive model: a numerical and experimental investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregor Cepon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miha Boltezar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME International Conference on Motion and Power Transmissions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sendai, Japan. pp.624-629</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation on the dynamic characteristics and transverse vibrations instabilities of transmission belts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI ème colloque "Vibrations, Chocs et Bruit"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stick-Slip Phenomena in Dynamics: choice of contact model. Numerical predictions &amp; experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chatelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Jacquet-Richardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Besançon, France. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2007.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and theoretical investigation on the nonlinear mathieu equation applied to a belt-pulley system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th IFToMM World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and theoretical investigation on the nonlinear mathieu equation applied to a belt-pulley system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Las Vegas, United States. pp.975-981, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2007-35291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Parker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME IDETC/CIE 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Las Vegas, United States. pp.469-476, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2007-34130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des tendeurs sur le comportement dynamiquedune transmission par courroie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème colloque "Vibrations, Chocs et Bruit 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological and restoring force models regarding belt tensioner dymamic behavior: prediction & experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISMA2006 International Conference on Noise and Vibration Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instability of an axially moving belt subjected to multi-frequency excitations: experiments and analytical validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert G. Parker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elenventh conference on Non-linear Vibration, Stability, Dynamics of Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the climber fall arrest dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Jauffres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME, International Design Engineering Technical Conferences and Information in Engineering Confeence, IDETC-IEC 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du comportement vibratoire d'un vélo grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarir Mahfoudh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Charlot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes mécaniques et paramétrage dans CATIA V5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guingand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Ateliers CATIA V5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the nonlinear histeretic behavior of a belt tensioner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Al Majid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenth Conference on Nonlinear Vibration, Stability, Dynamics of structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2004, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination expérimentale des caractéristiques mécaniques de courroies de transmission: raideur et amortissement longitudinaux, module de flexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Comble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de l'AFM: Caractérisation et Identification des Propriérés Mécaniques et Thermiques de Matériaux et Structures Souples</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensibilisation à l'intégration du savoir-faire sous CATIA V5 dans la formation en CMAO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Guingand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFUC, journée visibilitéé VISI-26</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures de phénomènes non linéaires dans la façade accessoires d'un moteur thermique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Stofleth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIV ème colloque national "Vibrations, chocs et bruit" 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, France. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of non-linear phenomena on the front end accessory drive of an automotive engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Rémond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Dufour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14° Colloque Vibrations, chocs et bruits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Lyon, France. pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation du logiciel CATIA dans la formation en CMAO à l'INSA de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP-PRIMECA Journée Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental/Numerical analysis of the timing belt drive of a V6 engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Gaborel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of DETC'03, 9th International Power Transmission and Gearing Conference 2003, ASME conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00507896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisations des métiers de Catia V5 dans la formation en CMAO à l'INSA de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GFUC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Timing Belt Performances For Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.-M. Mergache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME, International Conference on Motion and Power Transmissions (MPT 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and Prediction of a Pulley Tensioner Effect on the Behavior of an Automotive Timing Belt Drive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Potinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JSME, International Conference on Motion and Power Transmissions (MPT 2001)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2001, Japon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception mécanique de produit : Sûreté de fonctionnement et maquette virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UTBM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maquette virtuelle modélisation multi-niveaux pour l'évaluation du comportement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COGEMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical behaviour simulation for timing belt drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Monternot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress ICMAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal behavior evaluation during mechanical design : validation of thermal numerical gearbox models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of DETC00, 8th International Power Transmission and Gearing Conference, 2000 ASME Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation of a dynamic numerical model for timing belt drives behavior simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Soleilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of DETC00, 8th Power Transmission and Gearing Conference, 2000 ASME Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00508208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des éléments de machines. Dimensionnement, liaisons, conception intégrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ellipses. Ellipses Edition Marketing S.A., 32 rue Bargue, 75740 Paris cedex 15, pp.360, 2010, technosup, Claude Cheze, 9782729860998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination des éléments de machines. Dimensionnement, liaisons, conception intégrée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Play</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">editions Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 360 p., 2010, Claude Cheze, 978-2-7298-6099-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01075956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Power losses prediction in poly-v belt transmissions: application to front engine accessory drives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lorenzon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Liang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Gear Conference 2014: 26th–28th August 2014, Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.1162-1171, 2014, </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9781782421955.1162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02550199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrainements par Courroies Striées, Architecture et Dynamique Globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l’Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rock climbing belay device analysis, experiments and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D. Brabant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bissuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Engineering of Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.69-74, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00506647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse vibration of belt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Manin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03012623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId229"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104928v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lanaspeze" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Best" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Guilbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cavoret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109575v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Yucesan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe A.C. Viana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107552" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660008v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Passos" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sauvage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rota" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050527" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Long Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Thinh Tran" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Andrianoely" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baguet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105225" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297671v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.114924" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997635v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moineau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Havard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9010158" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119502v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4042933" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995828v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Af Silva" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407018824943" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selven Ayasamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Santini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2018.05.016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802279v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jamdsm.2017jamdsm0085" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802306v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baszczy&#324;ski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevrel-Fraux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ficheux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Manin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Triquigneaux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.343" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802288v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Drillon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lourenco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.307" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802341v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Braun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hugues" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2016.3770" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poggi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bertrand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.06.068" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841391v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schultz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2013057" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gabert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.04.103" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797623v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.04.118" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756331v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Cepon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Boltezar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2010.257" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2010.05.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LPCL4V3V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533052v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485224v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485159v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cepon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boltezar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2009.02.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M61S97LM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117137v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Parker" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2910891" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381380v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jacquet-Richardet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663541v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jacquet Richardet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2007.11.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3KXVDK9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381367v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2908160" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767401v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bastien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2006.12.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380794v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378100v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Brabant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bissuel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767422v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546305055539" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-2TK9JQJT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368452v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619180v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Comble" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.13.317-326" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-D0BPGC5G-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454734v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2834125" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584754v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ville" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190161v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Thinh Tran" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99272-3_19" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248118v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248112v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Hmid" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roucoules" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Dufour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248120v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075965v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorenzon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaokai Liang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075972v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Nouri-Baranger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075974v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celio Duran" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bordegaray" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075971v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710651v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138638v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9780857094537.9.623" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798437v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798558v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592965v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goge" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685100v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685109v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685121v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Baranger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Levecque" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935660v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777801v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-35291" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506311v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506316v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Parker" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637874v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-34130" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506315v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569139v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506834v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bastien" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506835v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506833v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507253v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourdon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guingand" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262450v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Charlot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507377v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507380v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507439v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694863v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507379v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Majid" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507901v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507896v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gaborel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508010v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508104v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Potinet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soleilhac" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508105v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-M. Mergache" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508174v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monternot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508210v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508208v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508169v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508182v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525100v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075956v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550199v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorenzon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liang" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9781782421955.1162" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506647v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012623v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104928v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lanaspeze" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Best" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Guilbert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cavoret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Duval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2025013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660008v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Passos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sauvage" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rota" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050527" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109575v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yigit Yucesan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe A.C. Viana" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2020.107552" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khac-Long Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang-Thinh Tran" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Andrianoely" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baguet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105225" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995828v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Af Silva" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407018824943" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997635v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rinaldi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moineau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Havard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9010158" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297671v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2019.114924" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119502v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4042933" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selven Ayasamy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Santini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2018.05.016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802279v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1299/jamdsm.2017jamdsm0085" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Braun" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hugues" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2016.3770" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802306v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baszczy&#324;ski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevrel-Fraux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ficheux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Manin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Triquigneaux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.343" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802288v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bonnard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Drillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lourenco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.06.307" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Poggi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bertrand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.06.068" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841391v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schultz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2013057" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797607v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gabert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.04.103" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797623v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2012.04.118" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756331v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Cepon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha Boltezar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5545/sv-jme.2010.257" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00515886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2010.05.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LPCL4V3V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533052v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485224v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485159v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cepon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boltezar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2009.02.001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M61S97LM-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117137v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Parker" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2910891" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381380v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chatelet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jacquet-Richardet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04663541v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Jacquet Richardet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2007.11.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3KXVDK9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381367v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2908160" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380794v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bastien" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2006.12.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767401v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378100v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. Brabant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bissuel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Richard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767422v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1077546305055539" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-2TK9JQJT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368452v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619180v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Comble" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rcma.13.317-326" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-D0BPGC5G-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454734v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2834125" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584754v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Ville" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670557v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Thinh Tran" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99272-3_19" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190161v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248112v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Hmid" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roucoules" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248120v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248118v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710651v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Ferraris" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Nouri-Baranger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075965v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorenzon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaokai Liang" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075972v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075974v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celio Duran" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bordegaray" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075971v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138638v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9780857094537.9.623" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798437v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798558v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Thomas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592965v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goge" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685100v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685109v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685121v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Baranger" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Levecque" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935660v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Besson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569139v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506315v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Parker" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506316v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506311v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777801v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-35291" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637874v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-34130" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506835v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506834v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Bastien" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506833v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507172v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffres" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262450v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Charlot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507253v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourdon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guingand" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507379v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Majid" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507377v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507380v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507439v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694863v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507901v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507896v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gaborel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508010v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508105v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-M. Mergache" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soleilhac" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508104v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Potinet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508182v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508169v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508174v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Monternot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508210v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508208v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525100v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075956v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550199v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorenzon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liang" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9781782421955.1162" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506647v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012623v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>