--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -100,274 +100,274 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneous testing model calibration as input to virtual forming of dual phase steels</w:t>
+                <w:t xml:space="preserve">Virtual forming based on model calibration from heterogeneous tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mafalda Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thibault Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antonio Andrade-Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Numisheet 2025</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/3104/1/012046⟩</w:t>
+              <w:t xml:space="preserve">ESAFORM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Paestum, Italy. pp.1568-1576, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21741/9781644903599-169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05421485v1</w:t>
+                <w:t xml:space="preserve">hal-05062344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual forming based on model calibration from heterogeneous tests</w:t>
+                <w:t xml:space="preserve">Heterogeneous testing model calibration as input to virtual forming of dual phase steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mafalda Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Andrade-Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Thuillier</w:t>
+                <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAFORM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Paestum, Italy. pp.1568-1576, </w:t>
+              <w:t xml:space="preserve">Numisheet 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Münich, Germany. pp.012046, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21741/9781644903599-169⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/3104/1/012046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062344v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05421485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Material Parameter Identification Based on Heterogeneous Testing: Validation in case of a forming process</w:t>
               </w:r>
@@ -379,64 +379,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mafalda Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Andrade-Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Thuillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IDDRG 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lisbon, Portugal. pp.01075, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
@@ -464,291 +464,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05102080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of the bulge test in temperature for the EN AW 6061-T6 sheet</w:t>
+                <w:t xml:space="preserve">A Modified Hockett-Sherby Law Enabling the Description of the Thermomechanical Behaviour of the AA6061-T6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Boyer</w:t>
+                <w:t xml:space="preserve">Marta Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Germain</w:t>
+                <w:t xml:space="preserve">Hervé Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Laurent</w:t>
+                <w:t xml:space="preserve">Vasco Simões</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Neto</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Diogo Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDDRG 2020</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/967/1/012024⟩</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Material Forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESAFORM, May 2020, Cottbus (virtual ), Germany. pp.896-903, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.promfg.2020.04.277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04649967v1</w:t>
+                <w:t xml:space="preserve">hal-04649960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Modified Hockett-Sherby Law Enabling the Description of the Thermomechanical Behaviour of the AA6061-T6</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical analysis of the bulge test in temperature for the EN AW 6061-T6 sheet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Oliveira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lisa Germain</w:t>
+                <w:t xml:space="preserve">L Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Laurent</w:t>
+                <w:t xml:space="preserve">H Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasco Simões</w:t>
+                <w:t xml:space="preserve">D Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diogo Neto</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Material Forming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESAFORM, May 2020, Cottbus (virtual ), Germany. pp.896-903, </w:t>
+              <w:t xml:space="preserve">IDDRG 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Seoul (Korea), South Korea. pp.012024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.promfg.2020.04.277⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/967/1/012024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649960v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1142,51 +1142,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Germain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Gon&#231;alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Andrade-Campos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3104/1/012046" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062344v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-169" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202540801075" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649967v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Germain" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Laurent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Neto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Oliveira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/967/1/012024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649960v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Oliveira" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Sim&#245;es" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Neto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2020.04.277" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05340822v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jegou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barrallier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2024.109574" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03951683v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022HESAE063" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062344v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Germain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mafalda Gon&#231;alves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Barret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Andrade-Campos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thuillier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21741/9781644903599-169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421485v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Thuillier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3104/1/012046" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102080v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202540801075" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649960v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Oliveira" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Laurent" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Sim&#245;es" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Neto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.promfg.2020.04.277" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649967v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Germain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Laurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Neto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Oliveira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/967/1/012024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05340822v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jegou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barrallier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2024.109574" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03951683v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022HESAE063" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>