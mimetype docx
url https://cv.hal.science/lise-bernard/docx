--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -520,295 +520,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03726351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remdesivir for Patients Hospitalized with COVID-19 Severe Pneumonia: A National Cohort Study (Remdeco-19)</w:t>
+                <w:t xml:space="preserve">The Use of a Fixed 50:50 Mixture of Nitrous Oxide and Oxygen to Reduce Lumbar Puncture-Induced Pain in the Emergency Department: A Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Zerbit</w:t>
+                <w:t xml:space="preserve">Mélissandre Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Detroit</w:t>
+                <w:t xml:space="preserve">Ludovic Miraillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chevret</w:t>
+                <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Pene</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Bouillon-Minois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Edouard Luyt</w:t>
+                <w:t xml:space="preserve">Julien Raconnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 11 (21), pp.6545. </w:t>
+              <w:t xml:space="preserve">, 2022, 11 (6), pp.1489. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm11216545⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm11061489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03985026v1</w:t>
+                <w:t xml:space="preserve">hal-03875985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of a Fixed 50:50 Mixture of Nitrous Oxide and Oxygen to Reduce Lumbar Puncture-Induced Pain in the Emergency Department: A Randomized Controlled Trial</w:t>
+                <w:t xml:space="preserve">Remdesivir for Patients Hospitalized with COVID-19 Severe Pneumonia: A National Cohort Study (Remdeco-19)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélissandre Nicot</w:t>
+                <w:t xml:space="preserve">Jeremie Zerbit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Miraillet</w:t>
+                <w:t xml:space="preserve">Marion Detroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Pereira</w:t>
+                <w:t xml:space="preserve">Sylvie Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Bouillon-Minois</w:t>
+                <w:t xml:space="preserve">Frederic Pene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Raconnat</w:t>
+                <w:t xml:space="preserve">Charles-Edouard Luyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 11 (6), pp.1489. </w:t>
+              <w:t xml:space="preserve">, 2022, 11 (21), pp.6545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jcm11061489⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jcm11216545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03875985v1</w:t>
+                <w:t xml:space="preserve">hal-03985026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of anakinra versus usual care in adults in hospital with COVID-19 and mild-to-moderate pneumonia (CORIMUNO-ANA-1): a randomised controlled trial</w:t>
               </w:r>
@@ -1979,51 +1979,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Desbiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2753,51 +2753,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epidural analgesia in critically ill patients with acute pancreatitis: the multicentre randomised controlled EPIPAN study protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bulyez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3136,295 +3136,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01526087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed 50:50 mixture of nitrous oxide and oxygen to reduce lumbar-puncture-induced pain: a randomized controlled trial.</w:t>
+                <w:t xml:space="preserve">Exposure of hospitalised pregnant women to plasticizers contained in medical devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Moisset</w:t>
+                <w:t xml:space="preserve">Cécile Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. A. Siaa</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Dumont</w:t>
+                <w:t xml:space="preserve">Sebti Hamlaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bourdeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Sautou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.13127⟩</w:t>
+              <w:t xml:space="preserve">BMC Women's Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12905-017-0398-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01547387v1</w:t>
+                <w:t xml:space="preserve">hal-01649274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure of hospitalised pregnant women to plasticizers contained in medical devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fixed 50:50 mixture of nitrous oxide and oxygen to reduce lumbar-puncture-induced pain: a randomized controlled trial.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Moisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Siaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Marie</w:t>
+                <w:t xml:space="preserve">F. Taithe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebti Hamlaoui</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Valérie Sautou</w:t>
+                <w:t xml:space="preserve">E. Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Women's Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 17 (1), </w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24, pp.46-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12905-017-0398-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ene.13127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01649274v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid loading in abdominal surgery - saline versus hydroxyethyl starch (FLASH Trial): study protocol for a randomized controlled trial</w:t>
               </w:r>
@@ -5348,51 +5348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candy Guiguet&#8208;auclair" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boisgard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Cardinaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fernandes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.15709" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Voute" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Courrent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14102088" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726351v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lautraite" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Halle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Basle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10020079" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985026v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Zerbit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Detroit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pene" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Luyt" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216545" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03875985v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Nicot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miraillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bouillon-Minois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Raconnat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11061489" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Tharaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pialoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pavot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mariette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hermine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(20)30556-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358317v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouattour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Masse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boeuf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decaudin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11090598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11040252" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579175v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2020.6820" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03139110v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellegarde" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chennell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.09.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870578v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Wasiak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126978" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walburg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2019.11.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528010v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bailleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teuta Eljezi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126241" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.115" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194859v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;lle Montanier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Desbiez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211425" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781597v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Clauson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0192369" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840966v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdon-Dubois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13148" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Yessaad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bourdeaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sautou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2018-0026" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824347v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fernandez-Canal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Gabriel Pinta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Larbre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kauffmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17434440.2018.1462698" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844578v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kerckhove" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alchaar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Deleens" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1221" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919275v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bulyez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Caumon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Imhoff" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roszyk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-015280" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649567v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia Santos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedhomme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gravelin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.03.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526087v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourdeaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azaroual" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.10.033" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547387v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Moisset" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Siaa" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Taithe" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.13127" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649274v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebti Hamlaoui" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12905-017-0398-7" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01761951v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Futier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Biais" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rolhion" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-1085-3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393573v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cueff" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breysse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D&#233;caudin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.03.030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03611985v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abdoulouhab" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand D&#233;caudin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.033" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829418v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Cueff" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Massard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Oscar Awitor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464718v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Raspal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Feschet-Chassot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2012.04.005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKS5LZSR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04066086v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahbi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032689v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03154577v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03154983v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04027067v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s11096-022-01432-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-022-01432-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528077v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302043v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batisse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tauveron" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sallerin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302039v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01657409v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Badaroux Bernard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM01" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04103485v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candy Guiguet&#8208;auclair" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boisgard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Cardinaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fernandes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.15709" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04256395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dual&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Voute" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Courrent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu14102088" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726351v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lautraite" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Halle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Basle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxics10020079" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03875985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissandre Nicot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Miraillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bouillon-Minois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Raconnat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11061489" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985026v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Zerbit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Detroit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pene" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Luyt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216545" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Tharaux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pialoux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pavot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mariette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hermine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(20)30556-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358317v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouattour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Masse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Boeuf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Decaudin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11090598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11040252" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579175v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamainternmed.2020.6820" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03139110v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bellegarde" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chennell" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sautou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2020.09.005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870578v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Wasiak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pinguet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Richard Richard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126978" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908508v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walburg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2019.11.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528010v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bailleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teuta Eljezi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Souweine" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126241" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Lambert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.01.115" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194859v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;lle Montanier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Desbiez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211425" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781597v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Clauson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0192369" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840966v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Fauquert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pereira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gourdon-Dubois" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cea.13148" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Yessaad" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bourdeaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sautou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pthp-2018-0026" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824347v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fernandez-Canal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Gabriel Pinta" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Larbre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kauffmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17434440.2018.1462698" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844578v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kerckhove" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alchaar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Deleens" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1221" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01919275v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bulyez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Caumon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Imhoff" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Roszyk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2016-015280" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649567v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia Santos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bedhomme" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blum" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gravelin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2017.03.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526087v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bourdeaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Azaroual" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2016.10.033" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649274v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebti Hamlaoui" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12905-017-0398-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547387v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Moisset" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Siaa" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Taithe" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.13127" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01761951v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Futier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Biais" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Godet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rolhion" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-015-1085-3" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393573v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cueff" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Breysse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D&#233;caudin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.03.030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03611985v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abdoulouhab" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand D&#233;caudin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.033" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829418v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Cueff" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Massard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Blavignac" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Oscar Awitor" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464718v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Raspal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Feschet-Chassot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2012.04.005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VKS5LZSR-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04066086v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahbi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032689v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03154577v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03154983v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04027067v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s11096-022-01432-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-022-01432-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528077v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302043v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batisse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tauveron" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sallerin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caron" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302039v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01657409v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Badaroux Bernard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015CLF1MM01" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>