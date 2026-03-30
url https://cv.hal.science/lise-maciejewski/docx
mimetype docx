--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -856,221 +856,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03048253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État de conservation des habitats : propositions de définitions et de concepts pour l'évaluation à l'échelle d'un site Natura 2000</w:t>
+                <w:t xml:space="preserve">Evaluer l'état de conservation d'un habitat d'intérêt communautaire à l'échelle d'un site - Exemple des pelouses calcicoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 71 (1), pp.3-20</w:t>
+              <w:t xml:space="preserve">Botanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1, pp.79-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03530365v1</w:t>
+                <w:t xml:space="preserve">hal-05128076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluer l'état de conservation d'un habitat d'intérêt communautaire à l'échelle d'un site - Exemple des pelouses calcicoles</w:t>
+                <w:t xml:space="preserve">État de conservation des habitats : propositions de définitions et de concepts pour l'évaluation à l'échelle d'un site Natura 2000</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lepareur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Viry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Bensettiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Puissauve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 1, pp.79-89</w:t>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 71 (1), pp.3-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128076v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03530365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1952,51 +1952,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Maciejewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Bensettiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PatriNat (AFB-CNRS-MNHN). 2018, 234 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2198,51 +2198,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie van Es</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Bensettiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SPN 2015-43, Service du patrimoine naturel; Muséum national d’Histoire naturelle. 2015, pp.194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2453,51 +2453,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F4E37EC7"/>
+    <w:nsid w:val="2317CA33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2684,51 +2684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lise-maciejewski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9142-0507" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234628936" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05398655v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brusten" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bonh&#234;me" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Maciejewski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643415v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Pinto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wurpillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Drapier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cadet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12650" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Kuhn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-020-02044-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048264v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Chytr&#253;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubom&#237;r Tich&#253;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M Hennekens" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Knollov&#225;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Janssen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12519" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048253v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12516" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530365v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Viry" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bensettiti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Puissauve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249501v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238491v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debaive" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aug&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Girard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626863v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195053v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04984386v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dorioz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Chauveau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Borgne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gayet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mistarz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271646v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poncet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04077143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05229957v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128115v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seytre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie van Es" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03268758v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGPT0001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lise-maciejewski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9142-0507" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234628936" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05398655v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brusten" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bonh&#234;me" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Maciejewski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643415v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Pinto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Wurpillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Drapier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Cadet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12650" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Kuhn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude G&#233;gout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-020-02044-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048264v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Chytr&#253;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubom&#237;r Tich&#253;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan M Hennekens" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Knollov&#225;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Janssen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12519" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048253v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12516" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128076v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530365v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Viry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bensettiti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Puissauve" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249501v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Witt&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238491v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Debaive" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aug&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Girard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238318v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626863v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195053v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marage" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04984386v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dorioz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Chauveau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Borgne" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gosselin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128132v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gayet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mistarz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04271646v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Baptist" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Poncet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04077143v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05229957v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128115v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Seytre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie van Es" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dupont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03268758v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGPT0001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>