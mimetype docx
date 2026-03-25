--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1031,295 +1031,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04682438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urbanisation impacts the diversity, coloration, and body size of wild bees in a Mediterranean city</w:t>
+                <w:t xml:space="preserve">Larger cities host richer bee faunas, but are no refuge for species with concerning conservation status: empirical evidence from Western Europe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Badiane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lise Ropars</w:t>
+                <w:t xml:space="preserve">Arthur Fauviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Flacher</w:t>
+                <w:t xml:space="preserve">William Fiordaliso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Schurr</w:t>
+                <w:t xml:space="preserve">Alessandro Fisogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Zakardjian</w:t>
+                <w:t xml:space="preserve">Laura Fortel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Francis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regional Environmental Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10113-024-02199-3⟩</w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79, pp.131-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2024.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04564145v1</w:t>
+                <w:t xml:space="preserve">hal-04649267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larger cities host richer bee faunas, but are no refuge for species with concerning conservation status: empirical evidence from Western Europe.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Urbanisation impacts the diversity, coloration, and body size of wild bees in a Mediterranean city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Fiordaliso</w:t>
+                <w:t xml:space="preserve">Arnaud Badiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Fisogni</w:t>
+                <w:t xml:space="preserve">Floriane Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Fortel</w:t>
+                <w:t xml:space="preserve">Lucie Schurr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Francis</w:t>
+                <w:t xml:space="preserve">Marie Zakardjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 79, pp.131-140. </w:t>
+              <w:t xml:space="preserve">Regional Environmental Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (2), pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2024.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10113-024-02199-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649267v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04564145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight into pollinator conservation initiatives within French protected areas</w:t>
               </w:r>
@@ -1416,723 +1416,723 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La concurrence entre abeilles domestiques et pollinisateurs sauvages</w:t>
+                <w:t xml:space="preserve">Quels enjeux de connaissances sur les abeilles sauvages en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Requier</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Schatz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversité, des clés pour agir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Insectes pollinisateurs: enrayer le déclin, 4, pp.29-30</w:t>
+              <w:t xml:space="preserve">, 2023, Insectes pollinisateurs: enrayer le déclin, 4, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04637209v1</w:t>
+                <w:t xml:space="preserve">hal-04637203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels enjeux de connaissances sur les abeilles sauvages en France ?</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">National records of 3000 European bee and hoverfly species: A contribution to pollinator conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Reverté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Miličić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jelena Ačanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrijana Andrić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Aracil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversité, des clés pour agir</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (6), pp.758-775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/icad.12680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637203v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National records of 3000 European bee and hoverfly species: A contribution to pollinator conservation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La concurrence entre abeilles domestiques et pollinisateurs sauvages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Ropars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Geslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Requier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biodiversité, des clés pour agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Insectes pollinisateurs: enrayer le déclin, 4, pp.29-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04337548v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large-scale dataset reveals taxonomic and functional specificities of wild bee communities in urban habitats of Western Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revision of the genus Pelecocera Meigen, 1822 (Diptera: Syrphidae) from France: taxonomy, ecology and distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Baude</w:t>
+                <w:t xml:space="preserve">Xavier Lair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bazin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Fisogni</w:t>
+                <w:t xml:space="preserve">Jeffrey Skevington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Kelso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-21512-w⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5141 (1), pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.5141.1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03846951v1</w:t>
+                <w:t xml:space="preserve">hal-03680315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal dynamics of competition between honey bees and wild bees in a protected Mediterranean scrubland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Affre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisa Thébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Geslin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022 (4), pp.e08915. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/oik.08915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03833113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revision of the genus Pelecocera Meigen, 1822 (Diptera: Syrphidae) from France: taxonomy, ecology and distribution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lise Ropars</w:t>
+                <w:t xml:space="preserve">A large-scale dataset reveals taxonomic and functional specificities of wild bee communities in urban habitats of Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Fauviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Skevington</w:t>
+                <w:t xml:space="preserve">Mathilde Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Kelso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Geslin</w:t>
+                <w:t xml:space="preserve">Nicolas Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Fiordaliso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Fisogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 5141 (1), pp.1-24. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.18866. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.5141.1.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-21512-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680315v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphometric identification of honey bee subspecies reveals a high proportion of hybrids within a Mediterranean protected area</w:t>
               </w:r>
@@ -2216,295 +2216,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pollinator Specific Richness and Their Interactions With Local Plant Species: 10 Years of Sampling in Mediterranean Habitats</w:t>
+                <w:t xml:space="preserve">Land cover composition, local plant community composition and honeybee colony density affect wild bee species assemblages in a Mediterranean biodiversity hot-spot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Affre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Schurr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Flacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Genoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ee/nvaa061⟩</w:t>
+              <w:t xml:space="preserve">Acta Oecologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104, pp.103546. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actao.2020.103546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02869143v1</w:t>
+                <w:t xml:space="preserve">hal-02555306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land cover composition, local plant community composition and honeybee colony density affect wild bee species assemblages in a Mediterranean biodiversity hot-spot</w:t>
+                <w:t xml:space="preserve">Pollinator Specific Richness and Their Interactions With Local Plant Species: 10 Years of Sampling in Mediterranean Habitats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ropars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Affre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Flacher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Genoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Oecologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 104, pp.103546. </w:t>
+              <w:t xml:space="preserve">Environmental Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (4), pp.947-955. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actao.2020.103546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ee/nvaa061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02555306v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02869143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bee hotels host a high abundance of exotic bees in an urban context</w:t>
               </w:r>
@@ -2529,51 +2529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Gachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Deschamps-Cottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ignace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3018,51 +3018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gauzens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dajoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3650,77 +3650,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Mouillard-Lample</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Zakardjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dajoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Flacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Ecological Research: Roadmaps: Part A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 68, , pp.63-89, 2023, Advances in Ecological Research, </w:t>
@@ -3962,51 +3962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lauriaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4048,51 +4048,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollination and the city: a collaborative study to measure pollination function in a range of European cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Fauviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile H. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4173,51 +4173,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollination and the city: a collaborative study to measure pollination function in a range of European cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Fauviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile H. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4467,51 +4467,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447565v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Par&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;na&#239;de Dervieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rollinde" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461135v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142018v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651460v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650315v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946909v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Divelec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/osmia13.1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827110v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.106041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01947-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564145v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badiane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schurr" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zakardjian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-024-02199-3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649267v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fauviau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fiordaliso" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fisogni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fortel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Francis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.06.002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835543v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kerdoncuff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-024-02329-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637209v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637203v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04337548v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Revert&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Mili&#269;i&#263;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena A&#269;anski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrijana Andri&#263;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aracil" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12680" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846951v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21512-w" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03833113v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08915" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680315v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lair" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Skevington" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Kelso" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5141.1.1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334007v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2021.1950973" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555306v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103546" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168815v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deschamps-Cottin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ignace" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103556" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289221v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Muratet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222316" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858864v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/OSMIA7.3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862368v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Vereecken" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Roberts" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Murat Aytekin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/OSMIA7.4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497637v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Geslin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gauzens" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2016.10.007" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686939v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05283272v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Judic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521377v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-apogee.com/ecologies-urbaines/726-morphologie-urbaine-et-biodiversite.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296287v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mouillard-Lample" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2023.09.003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04096935v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machon Nathalie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallant-Canguilhem Matthieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ropars Lise" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vallet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441165v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel N&#232;ve" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hilaire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Klein" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lauriaut" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03615827v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Benrezkallah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Berthod" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Comte" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03615825v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447565v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Par&#232;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#233;na&#239;de Dervieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rollinde" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alix Molini&#233;-Andlauer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461135v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vuidel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Marie Martin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142018v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Geslin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651460v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650315v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946909v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Le Divelec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/osmia13.1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827110v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Folt&#234;te" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.106041" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682438v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Savary" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clauzel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Girardet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01947-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649267v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Fauviau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fiordaliso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Fisogni" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fortel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Francis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2024.06.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564145v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Badiane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Schurr" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zakardjian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-024-02199-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835543v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Kerdoncuff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-024-02329-x" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637203v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04337548v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Revert&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Mili&#269;i&#263;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena A&#269;anski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrijana Andri&#263;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aracil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12680" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637209v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Requier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680315v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lair" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Skevington" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Kelso" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.5141.1.1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03833113v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisa Th&#233;bault" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08915" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846951v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baude" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bazin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-21512-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334007v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2021.1950973" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555306v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103546" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168815v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Deschamps-Cottin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ignace" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2020.103556" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289221v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Muratet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0222316" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858864v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/OSMIA7.3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862368v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Vereecken" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Roberts" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Murat Aytekin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47446/OSMIA7.4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497637v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Geslin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gauzens" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2016.10.007" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01686939v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-05283272v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Judic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521377v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-apogee.com/ecologies-urbaines/726-morphologie-urbaine-et-biodiversite.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296287v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Mouillard-Lample" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2023.09.003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04096935v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machon Nathalie" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallant-Canguilhem Matthieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ropars Lise" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Vallet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441165v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel N&#232;ve" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hilaire" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Klein" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lauriaut" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03615827v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Benrezkallah" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Berthod" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Comte" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03615825v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>