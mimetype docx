--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -133,51 +133,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, Art &amp; décolonialité, 43, pp.209-226</w:t>
+              <w:t xml:space="preserve">, 2026, Art &amp; décolonialité, 43, pp.209-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05504939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -448,51 +448,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos : Féminisme(s) et humour : créer des espaces de revendication féministe avec les filles de Baubo</w:t>
+                <w:t xml:space="preserve">Feminismo(s) y humor: creando espacios de vindicación feminista con las hijas de Baubo. Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Florenchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t>
@@ -501,255 +501,255 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceφtos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 8, pp.I-XII. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2023, 8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446936v1</w:t>
+                <w:t xml:space="preserve">hal-04394132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poderoso caballero es don Pícaro : l'art de la perspective trompeuse et de la référentialité ingénieuse dans Les Indes Fourbes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avant-propos : Féminisme(s) et humour : créer des espaces de revendication féministe avec les filles de Baubo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Florenchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Moreau-Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crisol Série numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conceφtos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.I-XII. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05446914v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feminismo(s) y humor: creando espacios de vindicación feminista con las hijas de Baubo. Introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Florenchie</w:t>
+                <w:t xml:space="preserve">Poderoso caballero es don Pícaro : l'art de la perspective trompeuse et de la référentialité ingénieuse dans Les Indes Fourbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lise Segas</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Touton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conceφtos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8</w:t>
+              <w:t xml:space="preserve">Crisol Série numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04394132v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ly, profesora: recuerdos de una alumna desde las aulas de la Universidad Bordeaux Montaigne</w:t>
               </w:r>
@@ -941,51 +941,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03578221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial. On est plus tard ou le moment réaliste de l’utopie</w:t>
+                <w:t xml:space="preserve">Utopies. Troubles dans le présent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
@@ -1024,78 +1024,78 @@
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Ouardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 108, pp.7-11. </w:t>
+              <w:t xml:space="preserve">, 2021, 108 (2021/4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/MOUV.108.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05446872v1</w:t>
+                <w:t xml:space="preserve">hal-05447087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dirk Brunke y Roger Friedlein (eds.), El yo en la epopeya: nuevos espacios de subjetividad en la poesía épica ibérica y latinoamericana del siglo XIX</w:t>
               </w:r>
@@ -1157,1217 +1157,1351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sátira vs. épica: la respuesta de &amp;quot;La victoria naval peruntina&amp;quot; al &amp;quot;Arauco domado&amp;quot; de Pedro de Oña</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Éditorial. On est plus tard ou le moment réaliste de l’utopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anahita Grisoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Ouardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Rilce. Revista de Filología Hispánica </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15581/008.36.1.160-75⟩</w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 108, pp.7-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/MOUV.108.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02421631v1</w:t>
+                <w:t xml:space="preserve">hal-05446872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Conquistar, quietar y defender este reino”: resignificación de Armas antárticas en los inicios del gobierno del virrey Montesclaros</w:t>
+                <w:t xml:space="preserve">Sátira vs. épica: la respuesta de &amp;quot;La victoria naval peruntina&amp;quot; al &amp;quot;Arauco domado&amp;quot; de Pedro de Oña</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Canadiense de Estudios Hispánicos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18192/rceh.v45i1.6647⟩</w:t>
+              <w:t xml:space="preserve"> Rilce. Revista de Filología Hispánica </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (1), pp.160-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15581/008.36.1.160-75⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05446885v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negra, de Wendy Guerra : ¿una novela afrofeminista?</w:t>
+                <w:t xml:space="preserve">“Conquistar, quietar y defender este reino”: resignificación de Armas antárticas en los inicios del gobierno del virrey Montesclaros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études Caribéennes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/etudescaribeennes.17686⟩</w:t>
+              <w:t xml:space="preserve">Revista Canadiense de Estudios Hispánicos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (1), pp.235-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18192/rceh.v45i1.6647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890055v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05446885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-Propos</w:t>
+                <w:t xml:space="preserve">Negra, de Wendy Guerra : ¿una novela afrofeminista?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études Caribéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudescaribeennes.17686⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365890v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02890055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presentación: La nueva novela latinoamericana sin límites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avant-Propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">América sin Nombre</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02408801v1</w:t>
+                <w:t xml:space="preserve">hal-02365890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rappeuses féministes latino-américaines : « raptivisme » et féminisme choral</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Presentación: La nueva novela latinoamericana sin límites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Terrones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mouv.096.0083⟩</w:t>
+              <w:t xml:space="preserve">América sin Nombre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24-1, pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14198/AMESN.2019.24-1.00⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365838v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cimarrones y corsarios: de la realidad colonial a la épica histórica</w:t>
+                <w:t xml:space="preserve">Rappeuses féministes latino-américaines : « raptivisme » et féminisme choral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hipogrifo. Revista de literatura y cultura del Siglo de Oro</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13035/H.2017.05.02.15⟩</w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 96 (4), pp.83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.096.0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02365915v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mujeres indígenas en la épica histórica hispanoamericana</w:t>
+                <w:t xml:space="preserve">Cimarrones y corsarios: de la realidad colonial a la épica histórica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hipogrifo. Revista de literatura y cultura del Siglo de Oro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 4 (1), pp.119-138. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13035/H.2016.04.01.08⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 5 (2), pp.241 - 260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13035/H.2017.05.02.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02360429v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El error y la errancia: el pirata &amp;quot;luterano&amp;quot; épico en las Indias</w:t>
+                <w:t xml:space="preserve">Mujeres indígenas en la épica histórica hispanoamericana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hipogrifo. Revista de literatura y cultura del Siglo de Oro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.119-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13035/H.2016.04.01.08⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280674v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'erreur et l'errance : le pirate « luterano » épique en Amérique</w:t>
+                <w:t xml:space="preserve">Variaciones en 'la menor': el retrato femenino en la narrativa modernista venezolana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Creneida. Anuario de Literaturas Hispánicas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3, pp.63-89</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02365927v1</w:t>
+                <w:t xml:space="preserve">hal-02280677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du cycle de Drake au cycle des pirates : fortune littéraire d'une épopée transatlantique au tournant du XVIIe siècle</w:t>
+                <w:t xml:space="preserve">El error y la errancia: el pirata &amp;quot;luterano&amp;quot; épico en las Indias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 117-1, pp.231-258</w:t>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280673v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Más allá de los problemas de género(s): el enigma del reconocimiento de la Monja Alférez a partir del relato 'trans' de La historia de la Monja Alférez (1625)</w:t>
+                <w:t xml:space="preserve">L'erreur et l'errance : le pirate « luterano » épique en Amérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studia Aurea: Revista de Literatura Española y Teoría Literaria del Renacimiento y Siglo de Oro </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers de Framespa : e-Storia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/framespa.3543⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02280676v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variaciones en 'la menor': el retrato femenino en la narrativa modernista venezolana</w:t>
+                <w:t xml:space="preserve">Du cycle de Drake au cycle des pirates : fortune littéraire d'une épopée transatlantique au tournant du XVIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creneida. Anuario de Literaturas Hispánicas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 3, pp.63-89</w:t>
+              <w:t xml:space="preserve">Bulletin Hispanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 117-1, pp.231-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02280677v1</w:t>
+                <w:t xml:space="preserve">hal-02280673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Más allá de los problemas de género(s): el enigma del reconocimiento de la Monja Alférez a partir del relato 'trans' de La historia de la Monja Alférez (1625)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Segas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia Aurea: Revista de Literatura Española y Teoría Literaria del Renacimiento y Siglo de Oro </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9, pp.203-240</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02280676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cartagena de Indias en la obra de Juan de Castellanos: de la fundación a la destrucción de la Ciudad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aguaita</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02157751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (6)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulations et resignifications des musiques populaires en Amérique latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Cárdenas Moreno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caravelle. Cahiers du monde hispanique et luso-brésilien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 123, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1315p⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humour et féminisme... Vous comprenez ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Florenchie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2386,422 +2520,288 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conceφtos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 8, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/conceptos2023b/art1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utopies. Troubles dans le présent</w:t>
-[...92 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La épica en el mundo hispánico (Siglo de Oro)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Segas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05447087v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02365887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La nueva novela latinoamericana sin límites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Terrones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1 (24), 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02408829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creneida, 7 (2019). Germán Espinosa, tejedor de ficciones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Segas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Aranda Arribas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">7, 2019, Germán Espinosa. Tejedor de ficciones</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Aranda Arribas</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02434608v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02365887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3864,51 +3864,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446954v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Rodr&#237;guez Anaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1315H" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446947v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miliceth Mart&#237;nez Iriarte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos.vi9.518" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446960v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica C&#225;rdenas Moreno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13159" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moreau-Lebert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2023b/art1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446914v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394132v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21071/CALH.V1I9.14127" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578221v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cottin-Marx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahita Grisoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Le Blanc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ouardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.108.0007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446872v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/MOUV.108.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447025v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/BULLETINHISPANIQUE.13240" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421631v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15581/008.36.1.160-75" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446885v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18192/rceh.v45i1.6647" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890055v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.17686" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365890v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408801v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Terrones" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14198/AMESN.2019.24-1.00" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365838v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.096.0083" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13035/H.2017.05.02.15" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360429v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13035/H.2016.04.01.08" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280674v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365927v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.3543" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280673v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280677v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157751v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446973v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1315p" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446987v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447087v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408829v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434608v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Aranda Arribas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365887v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446926v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365976v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365859v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366005v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280563v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366176v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366022v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366181v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Joubert Anghel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04196941v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011BOR30032" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504939v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Segas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446954v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andr&#233;s Rodr&#237;guez Anaya" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1315H" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446947v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miliceth Mart&#237;nez Iriarte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos.vi9.518" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446960v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica C&#225;rdenas Moreno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13159" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394132v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Florenchie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Moreau-Lebert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446936v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/conceptos2023b/art1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446914v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Touton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21071/CALH.V1I9.14127" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578221v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bourdeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cottin-Marx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahita Grisoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Le Blanc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Ouardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.108.0007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447087v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/MOUV.108.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447025v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/BULLETINHISPANIQUE.13240" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446872v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421631v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15581/008.36.1.160-75" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446885v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18192/rceh.v45i1.6647" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890055v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.17686" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365890v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408801v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Terrones" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14198/AMESN.2019.24-1.00" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365838v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.096.0083" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365915v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13035/H.2017.05.02.15" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360429v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13035/H.2016.04.01.08" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280677v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280674v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365927v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/framespa.3543" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280673v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280676v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157751v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446973v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1315p" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446987v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365887v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408829v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434608v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Aranda Arribas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446926v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365976v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365859v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365998v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366005v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280563v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366176v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366022v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572235v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366181v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Joubert Anghel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04196941v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011BOR30032" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>