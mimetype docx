--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -813,431 +813,532 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation des groupes culturels dans l’est de la Gaule à La Tène finale</w:t>
+                <w:t xml:space="preserve">Regarder le passé : Une approche oculométrique des styles céramiques préhistorique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lizzie Scholtus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unité et diversité du monde celtique. Actes du 42e colloque international de l’Association française pour l’étude de l’âge du Fer (Prague, 10-13 mai 2018)</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">ACQuA 2026. Approches computationnelles et quantitatives en archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Tours (France), France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03262059v1</w:t>
+                <w:t xml:space="preserve">hal-05523208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (2)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modélisation des groupes culturels dans l’est de la Gaule à La Tène finale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizzie Scholtus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles Pierrevelcin; Jan Kysela; Stephan Fichtl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unité et diversité du monde celtique. Actes du 42e colloque international de l’Association française pour l’étude de l’âge du Fer (Prague, 10-13 mai 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 42, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AFEAF</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.71-74, 2020, Collection AFEAF 2, 978-2-9567407-1-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03262059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Livre Blanc du consortium Mémoires des Archéologues et des Sites Archéologiques : Guide des bonnes pratiques numériques en archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Marlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loup Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boissat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Consortium MASA. 2022, pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03561376v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'habitat de hauteur fortifié du Maimont (Niedersteinbach, Bas-Rhin/Schönau, Pfalz) : Rapport de fouille programmée 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Wassong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fontanille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gavazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Jodry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizzie Scholtus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université de Strasbourg; UMR 7044 : ArcHiMedE; SRA Alsace. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02422461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:footerReference w:type="default" r:id="rId42"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1384,51 +1485,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Bilotti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kempf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eljas Oksanen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizzie Scholtus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Nakoinz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0297931" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488508v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;ller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/dp.50.22" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893753v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546325v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Gentner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586449v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0003.ds1.03" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829144v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jullien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547933v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Adam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Walter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03262059v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/__colloques/fiche.asp?idModele=42&amp;amp;page=1&amp;amp;arbo=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561376v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marlet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baudoin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure B&#233;zard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boissat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Wassong" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanille" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gavazzi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Bilotti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kempf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eljas Oksanen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizzie Scholtus" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Nakoinz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0297931" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488508v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes M&#252;ller" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4312/dp.50.22" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02893753v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546325v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Gentner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586449v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0003.ds1.03" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829144v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jullien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547933v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Adam" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Walter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523208v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03262059v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/__colloques/fiche.asp?idModele=42&amp;amp;page=1&amp;amp;arbo=1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561376v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marlet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baudoin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure B&#233;zard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boissat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422461v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Wassong" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fontanille" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gavazzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>