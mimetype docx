--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Lacassagne </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Aware Scheduling Strategies for Partially-Replicable Task Chains on Heterogeneous Processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Idouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laércio Lima Pilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new run-based Connected Component Labeling for efficiently analyzing and processing holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new efficient Split and Merge algorithm for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Abu Dabi, United Arab Emirates. pp.3613-3619, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP51287.2024.10648097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle application de détection de météores robuste aux mouvements de caméra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Zander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Recherche et d'Études de Traitement du Signal et des Images (GRETSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2309.06027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time and Approximate Iterative Optical Flow Implementation on Low-Power Embedded CPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 34th International Conference on Application-specific Systems, Architectures and Processors (ASAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Porto, Portugal. pp.135-138, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASAP57973.2023.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallélisation d'une nouvelle application embarquée pour la détection automatique de météores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2023 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Annecy (France), France. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2307.10632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSL3D: a run-based Connected Component Labeling algorithm for 3D volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binary is the new Black and White workshop @ IEEE ICIAP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient run-based Connected Component Labeling algorithm for processing holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binary is the new Black and White workshop @ IEEE ICIAP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: High performance computer vision application for Meteor detection from a CubeSat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Scientific Assembly of the Committee on Space Research (COSPAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using HLS for Designing a Parametric Optical Flow Hierarchical Algorithm in FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Bournias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Chotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Austin, TX, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2022 τ-Herculids meteor cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Loir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internationational Meteor Conference (IMC) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Research Centre for Astronomy and Earth Sciences (CSFK); Konkoly Thege Astronomical Institut, Sep 2022, Poroszlo, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSL3D : Etiquetage en Composantes Connexe par segments pour volumes 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2022 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming Voting Algorithms on Gpus for an Efficient Connected Component Analysis Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.7903-7907, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementations Impact on Iterative Image Processing for Embedded GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METEORIX: a CubeSat mission for detection and characterization of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European CubeSat Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03499257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming Voting Algorithms on GPUs for an Efficient Connected Component Analysis Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPU Technical Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: a new processing chain for detection and tracking of meteors from space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMC 2021 - International Meteor Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, conférence virtuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection temps réel de météores à bord d'un nanosatellite, application au projet Meteorix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: A cubesat mission dedicated to the detection of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Derelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meteor Conference (IMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel algorithme efficace de Split & Merge pour systèmes embarqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2021 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FPGA Acceleration of the Horn and Schunck Hierarchical algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Bournias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Chotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Daegu, South Korea. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS51556.2021.9401068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to speed Connected Component Labeling up with SIMD RLE algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Programming Models for SIMD/Vector Processing (WPMVP@PPoPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, San Diego, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time embedded video denoiser prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium - Optronics in Defense and Security (Optro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Direct Connected Component Labeling and Analysis Algorithm for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPU Technology Conference (GTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02198012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SparseCCL: Connected Components Labeling and Analysis for sparse images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2019 - The Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débruitage temps réel embarqué pour vidéos fortement bruitées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing efficient SIMD algorithms for direct Connected Component Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP'19 - 5th Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Washington, United States. pp.4:1--4:8, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3303117.3306164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Real-Time Embedded Video Denoising Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2019 - The Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: a cubesat mission dedicated to the detection of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Galayko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ESA NEO and Debris Detection Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Darmstadt, Germany. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02198139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étiquetage et analyse en composantes connexes sur GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy and Execution Time Comparison of Optical Flow Algorithms on SIMD and GPU Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design and Architectures for Signal and Image Processing (Dasip 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Direct Connected Component Labeling and Analysis Algorithms for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Conference on Design and Architectures for Signal and Image Processing (DASIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Porto, Portugal. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/dasip.2018.8596835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la consommation énergétique et du temps d'exécution d'un algorithme de traitement d'images optimisé sur des architectures SIMD et GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence d’informatique en Parallélisme, Architecture et Système (COMPAS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METEORIX: a cubesat mission dedicated to the detection of meteors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Galayko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSPAR 2018, 42nd Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01851524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small SIMD Matrices for CERN High Throughput Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP 2018 Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3178433.3178434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usuba, Optimizing & Trustworthy Bitslicing Compiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darius Mercadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Évariste Dagand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP’18 - Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3178433.3178437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657259v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast implementation of a spectral finite elements method on CPU and GPU applied to ultrasound propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carrascal-Manzanares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Imperiale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bergeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Parallel Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ParCo Conferences, Sep 2017, Bologna, Italy. pp.339 - 348, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-843-3-339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distanceless Label Propagation: an Efficient Direct Connected Component Labeling Algorithm for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Seventh International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montreal, QC, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2017.8310147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batched Cholesky Factorization for tiny matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design and Architectures for Signal and Image Processing (DASIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECSI, Oct 2016, Rennes, France. pp.1--8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new SIMD iterative connected component labeling algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Hebbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Parallel Programming / WVMVP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Mar 2016, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2870650.2870652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel light speed labeling: An efficient connected component labeling algorithm for multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Quebec, Canada. pp.3486-3489, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2015.7351452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01243310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Level Transforms for SIMD and Low-Level Computer Vision Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Zahraee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vezolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Principles and Practice of Parallel Programming / WPMVP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Orlando, Florida, United States. pp.8, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2568058.2568067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performances simulation of ultrasonic fields for Non Destructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Conference on Supercomputing in Nuclear Applications + Monte Carlo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d’Energie Nucléaire, Oct 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/snamc/201404302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of World's Fastest Connected Component Labeling Algorithms: Speed and Energy Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louiza Oudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/dasip.2014.7115641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a GPU accelerated total focusing reconstruction method within CIVA software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Iakovleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dominguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Annual Review of Progress in Quantitative Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Nondestructive Evaluation; World Federation of NDE Centers, Jul 2013, Baltimore, Maryland, United States. pp.1983 - 1990, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4865067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the World's Fastest Connected Component Labeling Algorithm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SiPS: IEEE International Workshop on Signal Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Belfast, United Kingdom. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Local Binary covariance matrices (ELBCM) for texture analysis and object tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision / Computer Graphics Collaboration Techniques and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2013, Berlin, Germany. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2466715.2466733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time covariance tracking algorithm for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hassan Zahraee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design &amp; Architectures for Signal &amp; Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cagliari, Italy. pp.104-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fast Ultrasonic Simulation Tool based on Massively Parallel Implementations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Annual Review of Progress in Quantitative Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Nondestructive Evaluation; World Federation of NDE Centers, Jul 2013, Baltimore, Maryland, United States. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4865069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Level Tranforms to reduce energy consumption of signal and image processing operators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Power and Timing Modeling, Optimization and Simulation (PATMOS 2013) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Multicore CPU and GPU toward Parallelization of Total Focusing Method ultrasound reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pédron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bimbard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2012 - Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Electronic Chips &amp; Systems design Initiative, Oct 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of High Level Transforms on High Level Synthesis for motion detection algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design &amp; Architectures for Signal &amp; Image Processing (DASIP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerator-based implementation of the Harris algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dadi El Wardani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daoudi El Mostafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Image and Signal Processing (ICISP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Agadir, Morocco. pp.485-492, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-31254-0_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion detection: Fast and robust algorithms for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Le Caire, Egypt. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2009.5413946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic Skeletons within an Embedded Domain Specific Language for the CELL Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PACT09 (Parallel Architectures and Compilation Techniques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Raleigh, United States. pp. 67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra Fast Grey Scale Face Detection Using Vector SIMD Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Signal-Image Technology and Internet-based Systems (SITIS'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2007.142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01222664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low power image processing: analog versus digital comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moutault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.111-115, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMP.2005.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Markov Motion Detection on Associative Mesh and General Purpose Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mostafaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Architectures for Machine Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Palerme, Italie, France. pp.288-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation markovienne et seuillage par hysteresis pour une detection de mouvement temps reel dans des se- quences couleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghiles Mostafaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kunlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adéquation des microprocesseurs à la simulation en temps réel des réseaux de neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA'2000,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Versailles, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can general purpose micro-processors simulate neural networks in real-time?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWANN'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When will general purpose micro-processors simulate neural networks in real time for HEP applications ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIHENP'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2022 τ-Herculid meteor cluster from an airborne experiment: automated detection, characterization, and consequences for meteoroids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Loir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical flow algorithms optimized for speed, energy and accuracy on embedded GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin L. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.32. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-023-01288-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199828v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max-tree Computation on GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwin Carlinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Géraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (12), pp.3520-3531. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2022.3158488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556296v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix - A new processing chain for real-time detection and tracking of meteors from space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WGN, Journal of the International Meteor Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 49 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix camera tests for space-based meteor observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Derelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WGN, Journal of the International Meteor Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (5), pp.142-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux d’instructions : extensions SIMD et extensions vectorielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.H1202 v1. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h1202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02852880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast and efficient SIMD track reconstruction algorithm for the LHCb Upgrade 1 VELO-PIX detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Ponce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Quagliani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (06), pp.P06018. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/06/P06018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRIPON: a worldwide network to track incoming meteoroids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Zanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Malgoyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 644 (6), pp.A53. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Light Speed Labeling: an efficient connected component algorithm for labeling and analysis on multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (1), pp.173-196. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-016-0574-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris corner detection on a NUMA manycore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Haggui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouni Bouraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.442-452. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2018.01.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesky Factorization on SIMD multi-core architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2017.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01550129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color enhanced local binary patterns in covariance matrices descriptors (ELBCM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Communication and Image Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, pp.447-458. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvcir.2017.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular System for Global and Local Abnormal Event Detection and Categorization in Videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chamseddine Ben Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Vision and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (4), pp.463-481. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00138-016-0752-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensions SIMD des jeux d'instructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Numerical Template toolbox: A Modern C++ Design for Scientific Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Esterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Gaunard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Thierry Lapresté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74 (12), pp. 3240-3253. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2014.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covariance tracking: architecture optimizations for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hassan Zahraee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.25. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-6180-2014-175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallelization Schemes for Memory Optimization on the Cell Processor: A Case Study on the Harris Corner Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on High-Performance Embedded Architectures and Compilers III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 3, pp 177-200. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-19448-1_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance motion detection: some trends toward new embedded architectures for vision systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (2), pp.127-146. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-008-0096-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image Processing Vision Systems: Standard Image Sensors Versus Retinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhafid Elouardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (5), pp.1675 - 1687. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIM.2007.895671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Meteor Detection Toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop AFF3CT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bordeaux, France. , </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.12222.36161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la consommation énergétique et du temps d'exécution d'un algorithme de traitement d'images optimisé sur des architectures SIMD et GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Ultrasonic Field Simulation For Non-Destructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Chouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bergeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Eurographics Symposium on Rendering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France. , 33 (2), 2014, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2182840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul de champ ultrasonore interactif pour le contrôle non destructif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES JOURNÉES COFREND 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Bordeaux, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WPMVP'20: Proceedings of the 2020 Sixth Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Eitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM, 2020, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3380479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WPMVP 2019: Proceedings of the 2019 5th Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Eitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jubertie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Le Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM, 2019, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3303117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris Corner Detection on a NUMA Manycore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Haggui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] E-424, MINES ParisTech - PSL Research University; Centre de recherche en informatique - MINES ParisTech - PSL Research University; LIP6, Sorbonne Université, CNRS, UMR 7606. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Lionel Lacassagne </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy-Aware Scheduling Strategies for Partially-Replicable Task Chains on Heterogeneous Processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Idouar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laércio Lima Pilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new run-based Connected Component Labeling for efficiently analyzing and processing holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (60)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new efficient Split and Merge algorithm for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2024, Abu Dabi, United Arab Emirates. pp.3613-3619, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP51287.2024.10648097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallélisation d'une nouvelle application embarquée pour la détection automatique de météores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2023 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Annecy (France), France. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2307.10632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle application de détection de météores robuste aux mouvements de caméra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Zander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Recherche et d'Études de Traitement du Signal et des Images (GRETSI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Grenoble, France. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2309.06027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time and Approximate Iterative Optical Flow Implementation on Low-Power Embedded CPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 34th International Conference on Application-specific Systems, Architectures and Processors (ASAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Porto, Portugal. pp.135-138, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASAP57973.2023.00032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSL3D: a run-based Connected Component Labeling algorithm for 3D volumes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binary is the new Black and White workshop @ IEEE ICIAP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An efficient run-based Connected Component Labeling algorithm for processing holes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Binary is the new Black and White workshop @ IEEE ICIAP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lecce, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: High performance computer vision application for Meteor detection from a CubeSat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Scientific Assembly of the Committee on Space Research (COSPAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using HLS for Designing a Parametric Optical Flow Hierarchical Algorithm in FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Bournias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Chotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Circuits and Systems (ISCAS 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Austin, TX, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2022 τ-Herculids meteor cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Loir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internationational Meteor Conference (IMC) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Research Centre for Astronomy and Earth Sciences (CSFK); Konkoly Thege Astronomical Institut, Sep 2022, Poroszlo, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03838128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LSL3D : Etiquetage en Composantes Connexe par segments pour volumes 3D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2022 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03746479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METEORIX: a CubeSat mission for detection and characterization of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European CubeSat Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03499257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementations Impact on Iterative Image Processing for Embedded GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming Voting Algorithms on Gpus for an Efficient Connected Component Analysis Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, Canada. pp.7903-7907, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: a new processing chain for detection and tracking of meteors from space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMC 2021 - International Meteor Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, conférence virtuelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taming Voting Algorithms on GPUs for an Efficient Connected Component Analysis Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPU Technical Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection temps réel de météores à bord d'un nanosatellite, application au projet Meteorix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORASIS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre National de la Recherche Scientifique [CNRS], Sep 2021, Saint Ferréol, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03339645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: A cubesat mission dedicated to the detection of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Derelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meteor Conference (IMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03466975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un nouvel algorithme efficace de Split & Merge pour systèmes embarqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2021 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FPGA Acceleration of the Horn and Schunck Hierarchical algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilias Bournias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roselyne Chotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Daegu, South Korea. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS51556.2021.9401068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03330803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time embedded video denoiser prototype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium - Optronics in Defense and Security (Optro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to speed Connected Component Labeling up with SIMD RLE algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Programming Models for SIMD/Vector Processing (WPMVP@PPoPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, San Diego, Californie, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SparseCCL: Connected Components Labeling and Analysis for sparse images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2019 - The Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débruitage temps réel embarqué pour vidéos fortement bruitées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing efficient SIMD algorithms for direct Connected Component Labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP'19 - 5th Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Washington, United States. pp.4:1--4:8, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3303117.3306164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Real-Time Embedded Video Denoising Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2019 - The Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02343597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix: a cubesat mission dedicated to the detection of meteors and space debris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Galayko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st ESA NEO and Debris Detection Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Darmstadt, Germany. 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02198139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étiquetage et analyse en composantes connexes sur GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Masliah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COMPAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Anglet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02179411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Direct Connected Component Labeling and Analysis Algorithm for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GPU Technology Conference (GTC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, San Jose, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02198012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new Direct Connected Component Labeling and Analysis Algorithms for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 Conference on Design and Architectures for Signal and Image Processing (DASIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Porto, Portugal. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/dasip.2018.8596835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy and Execution Time Comparison of Optical Flow Algorithms on SIMD and GPU Architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design and Architectures for Signal and Image Processing (Dasip 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la consommation énergétique et du temps d'exécution d'un algorithme de traitement d'images optimisé sur des architectures SIMD et GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence d’informatique en Parallélisme, Architecture et Système (COMPAS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METEORIX: a cubesat mission dedicated to the detection of meteors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Galayko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Guignan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSPAR 2018, 42nd Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Pasadena, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-01851524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small SIMD Matrices for CERN High Throughput Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP 2018 Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3178433.3178434⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01760260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast implementation of a spectral finite elements method on CPU and GPU applied to ultrasound propagation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carrascal-Manzanares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Imperiale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bergeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Parallel Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ParCo Conferences, Sep 2017, Bologna, Italy. pp.339 - 348, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/978-1-61499-843-3-339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usuba, Optimizing & Trustworthy Bitslicing Compiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darius Mercadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Évariste Dagand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Muller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WPMVP’18 - Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3178433.3178437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01657259v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distanceless Label Propagation: an Efficient Direct Connected Component Labeling Algorithm for GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 Seventh International Conference on Image Processing Theory, Tools and Applications (IPTA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montreal, QC, Canada. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPTA.2017.8310147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Batched Cholesky Factorization for tiny matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design and Architectures for Signal and Image Processing (DASIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ECSI, Oct 2016, Rennes, France. pp.1--8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new SIMD iterative connected component labeling algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farouk Hebbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principles and Practice of Parallel Programming / WVMVP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Mar 2016, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2870650.2870652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel light speed labeling: An efficient connected component labeling algorithm for multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Image Processing (ICIP 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Quebec, Canada. pp.3486-3489, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2015.7351452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01243310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Level Transforms for SIMD and Low-Level Computer Vision Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Zahraee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vezolle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Principles and Practice of Parallel Programming / WPMVP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Orlando, Florida, United States. pp.8, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2568058.2568067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performances simulation of ultrasonic fields for Non Destructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Berre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Conference on Supercomputing in Nuclear Applications + Monte Carlo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d’Energie Nucléaire, Oct 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/snamc/201404302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of World's Fastest Connected Component Labeling Algorithms: Speed and Energy Estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louiza Oudni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Madrid, Spain. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/dasip.2014.7115641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01081962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a GPU accelerated total focusing reconstruction method within CIVA software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Iakovleva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Dominguez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Annual Review of Progress in Quantitative Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Nondestructive Evaluation; World Federation of NDE Centers, Jul 2013, Baltimore, Maryland, United States. pp.1983 - 1990, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4865067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Is the World's Fastest Connected Component Labeling Algorithm?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SiPS: IEEE International Workshop on Signal Processing Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Belfast, United Kingdom. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time covariance tracking algorithm for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hassan Zahraee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design &amp; Architectures for Signal &amp; Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Cagliari, Italy. pp.104-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fast Ultrasonic Simulation Tool based on Massively Parallel Implementations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Annual Review of Progress in Quantitative Nondestructive Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Nondestructive Evaluation; World Federation of NDE Centers, Jul 2013, Baltimore, Maryland, United States. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4865069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Level Tranforms to reduce energy consumption of signal and image processing operators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Power and Timing Modeling, Optimization and Simulation (PATMOS 2013) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Local Binary covariance matrices (ELBCM) for texture analysis and object tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer Vision / Computer Graphics Collaboration Techniques and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACM, Jun 2013, Berlin, Germany. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2466715.2466733⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of High Level Transforms on High Level Synthesis for motion detection algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Design &amp; Architectures for Signal &amp; Image Processing (DASIP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerator-based implementation of the Harris algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dadi El Wardani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daoudi El Mostafa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 5th International Conference on Image and Signal Processing (ICISP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Agadir, Morocco. pp.485-492, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-31254-0_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Multicore CPU and GPU toward Parallelization of Total Focusing Method ultrasound reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pédron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Bimbard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DASIP 2012 - Conference on Design and Architectures for Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Electronic Chips &amp; Systems design Initiative, Oct 2012, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion detection: Fast and robust algorithms for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Image Processing (ICIP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Le Caire, Egypt. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICIP.2009.5413946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithmic Skeletons within an Embedded Domain Specific Language for the CELL Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PACT09 (Parallel Architectures and Compilation Techniques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Raleigh, United States. pp. 67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra Fast Grey Scale Face Detection Using Vector SIMD Programming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vermeulen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Signal-Image Technology and Internet-based Systems (SITIS'07)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SITIS.2007.142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01222664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementing Markov Motion Detection on Associative Mesh and General Purpose Processor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mostafaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Architectures for Machine Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2005, Palerme, Italie, France. pp.288-293</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low power image processing: analog versus digital comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Mathias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moutault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005, pp.111-115, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMP.2005.33⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00015955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation markovienne et seuillage par hysteresis pour une detection de mouvement temps reel dans des se- quences couleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghiles Mostafaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Kunlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISIVC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01796477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adéquation des microprocesseurs à la simulation en temps réel des réseaux de neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Gaborit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAA'2000,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Versailles, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When will general purpose micro-processors simulate neural networks in real time for HEP applications ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIHENP'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can general purpose micro-processors simulate neural networks in real-time?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Granado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Garda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWANN'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01534370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2022 τ-Herculid meteor cluster from an airborne experiment: automated detection, characterization, and consequences for meteoroids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Loir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202244993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03956836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical flow algorithms optimized for speed, energy and accuracy on embedded GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin L. Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.32. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-023-01288-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199828v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max-tree Computation on GPUs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Blin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwin Carlinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Géraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Parallel and Distributed Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 33 (12), pp.3520-3531. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TPDS.2022.3158488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03556296v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix - A new processing chain for real-time detection and tracking of meteors from space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WGN, Journal of the International Meteor Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 49 (6)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meteorix camera tests for space-based meteor observations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rambaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Vaubaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Derelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Jacquart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WGN, Journal of the International Meteor Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (5), pp.142-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FRIPON: a worldwide network to track incoming meteoroids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Zanda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Bouley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Jeanne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Malgoyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 644 (6), pp.A53. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/0004-6361/202038649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fast and efficient SIMD track reconstruction algorithm for the LHCb Upgrade 1 VELO-PIX detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Gligorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Ponce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Quagliani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Instrumentation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (06), pp.P06018. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-0221/15/06/P06018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02458693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux d’instructions : extensions SIMD et extensions vectorielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.H1202 v1. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-h1202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02852880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel Light Speed Labeling: an efficient connected component algorithm for labeling and analysis on multi-core processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cabaret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (1), pp.173-196. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-016-0574-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris corner detection on a NUMA manycore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Haggui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Sayadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouni Bouraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Future Generation Computer Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 88, pp.442-452. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.future.2018.01.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01711050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesky Factorization on SIMD multi-core architectures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lemaitre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2017.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01550129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color enhanced local binary patterns in covariance matrices descriptors (ELBCM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andres Romero Mier y Téran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Visual Communication and Image Representation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 49, pp.447-458. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jvcir.2017.09.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01805030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Modular System for Global and Local Abnormal Event Detection and Categorization in Videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Chamseddine Ben Abdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine Vision and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27 (4), pp.463-481. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00138-016-0752-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01361132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extensions SIMD des jeux d'instructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Etiemble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Numerical Template toolbox: A Modern C++ Design for Scientific Computing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Esterie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Gaunard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Thierry Lapresté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74 (12), pp. 3240-3253. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2014.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01061305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Covariance tracking: architecture optimizations for embedded systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrés Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Gouiffès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hassan Zahraee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURASIP Journal on Advances in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.25. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1687-6180-2014-175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01094903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallelization Schemes for Memory Optimization on the Cell Processor: A Case Study on the Harris Corner Detector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarik Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Falcou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on High-Performance Embedded Architectures and Compilers III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Vol. 3, pp 177-200. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-19448-1_10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00753708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance motion detection: some trends toward new embedded architectures for vision systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Manzanera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Denoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mérigot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Real-Time Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (2), pp.127-146. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11554-008-0096-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Image Processing Vision Systems: Standard Image Sensors Versus Retinas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhafid Elouardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Dupret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 56 (5), pp.1675 - 1687. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIM.2007.895671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Meteor Detection Toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathuran Kandeepan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Ciocan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Millet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Bouyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Cassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop AFF3CT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bordeaux, France. , </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.12222.36161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03954992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la consommation énergétique et du temps d'exécution d'un algorithme de traitement d'images optimisé sur des architectures SIMD et GPU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Petreto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Hennequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Koehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Romera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Fargeix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GdR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive Ultrasonic Field Simulation For Non-Destructive Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Chouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bergeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chatillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Eurographics Symposium on Rendering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lyon, France. , 33 (2), 2014, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2182840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul de champ ultrasonore interactif pour le contrôle non destructif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Rougeron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES JOURNÉES COFREND 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Bordeaux, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01093131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WPMVP'20: Proceedings of the 2020 Sixth Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Eitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM, 2020, </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3380479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WPMVP 2019: Proceedings of the 2019 5th Workshop on Programming Models for SIMD/Vector Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Eitzinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Jubertie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Le Gal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACM, 2019, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3303117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harris Corner Detection on a NUMA Manycore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Tadonki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Haggui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Lacassagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] E-424, MINES ParisTech - PSL Research University; Centre de recherche en informatique - MINES ParisTech - PSL Research University; LIP6, Sorbonne Université, CNRS, UMR 7606. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId247"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Idouar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cassagne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;rcio Lima Pilla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sopena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bouyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097290v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lacassagne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771936v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Maurice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP51287.2024.10648097" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198536v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ciocan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathuran Kandeepan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Vaubaillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Zander" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2309.06027" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247806v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Millet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rambaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP57973.2023.00032" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164359v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.10632" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689455v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689462v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737605v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Petreto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691829v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Bournias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Chotin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838128v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Loir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746479v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330414v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hennequin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413653" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330779v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romera" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Meunier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499257v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210776v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425469v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339645v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Vaubaillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Derelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jacquart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330463v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330803v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS51556.2021.9401068" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492824v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gaillard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343598v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Couturier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Gligorov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268005v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Masliah" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3303117.3306164" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343597v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198139v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galayko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Guignan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179411v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925886v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koehler" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Fargeix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923784v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cabaret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dasip.2018.8596835" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835219v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01851524v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760260v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Couturier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3178433.3178434" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657259v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Mercadier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;variste Dagand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3178433.3178437" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761605v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carrascal-Manzanares" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Imperiale" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rougeron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bergeaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-843-3-339" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01656756v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Etiemble" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2017.8310147" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361204v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361101v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Hebbache" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2870650.2870652" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01243310v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351452" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094906v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahraee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dominguez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vezolle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2568058.2568067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093153v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lambert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Berre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chatillon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/snamc/201404302" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081962v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Oudni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dasip.2014.7115641" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096871v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Iakovleva" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dominguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865067" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094905v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805045v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Romero Mier y T&#233;ran" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2466715.2466733" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805036v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hassan Zahraee" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093237v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865069" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835202v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ye" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Falcou" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Etiemble" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cabaret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093274v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;dron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gens" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bimbard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835188v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00753803v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tadonki" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadi El Wardani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daoudi El Mostafa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31254-0_55" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130889v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Manzanera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dupret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2009.5413946" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00905054v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Saidani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Falcou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222664v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeulen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2007.142" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015955v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Mathias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moutault" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMP.2005.33" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622245v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denoulet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mostafaoui" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M&#233;rigot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796477v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiles Mostafaoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kunlin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534433v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gaborit" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Granado" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534370v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534372v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956836v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244993" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199828v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin L. Meunier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-023-01288-6" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556296v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2022.3158488" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690964v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690977v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02852880v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h1202" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458693v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ponce" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Quagliani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/06/P06018" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097279v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zanda" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouley" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jeanne" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Malgoyre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038649" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361188v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-016-0574-2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01711050v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Haggui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Sayadi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouni Bouraoui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2018.01.048" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550129v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2017.06.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805030v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvcir.2017.09.012" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361132v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chamseddine Ben Abdallah" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-016-0752-z" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793974v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01061305v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esterie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Gaunard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Laprest&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2014.07.002" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8TXZ3Q8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094903v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Romero" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-6180-2014-175" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00753708v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19448-1_10" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-98MH0LHG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131002v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-008-0096-7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684838v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Elouardi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bouaziz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2007.895671" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954992v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12222.36161" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835240v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093294v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chouh" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2182840" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093131v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126845v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Eitzinger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3380479" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126855v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jubertie" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Gal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3303117" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01689709v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242657v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Idouar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Cassagne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;rcio Lima Pilla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sopena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bouyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097290v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lemaitre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lacassagne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771936v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Maurice" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP51287.2024.10648097" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164359v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathuran Kandeepan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ciocan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2307.10632" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198536v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Vaubaillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Zander" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2309.06027" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247806v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Millet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rambaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP57973.2023.00032" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689455v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689462v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737605v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Petreto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691829v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Bournias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Chotin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838128v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Loir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746479v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499257v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330779v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Meunier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330414v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hennequin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413653" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425469v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210776v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339645v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466975v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Vaubaillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Derelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Jacquart" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330463v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330803v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS51556.2021.9401068" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469914v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gaillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492824v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Couturier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Gligorov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268005v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Masliah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049029v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3303117.3306164" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343597v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198139v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Galayko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Guignan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179411v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02198012v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923784v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cabaret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dasip.2018.8596835" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925886v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koehler" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Fargeix" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835219v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01851524v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760260v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Couturier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3178433.3178434" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761605v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carrascal-Manzanares" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Imperiale" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rougeron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bergeaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-843-3-339" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657259v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darius Mercadier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;variste Dagand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Muller" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3178433.3178437" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01656756v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Etiemble" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2017.8310147" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361204v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361101v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Hebbache" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2870650.2870652" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01243310v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2015.7351452" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094906v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahraee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dominguez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vezolle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2568058.2568067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093153v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lambert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Berre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chatillon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/snamc/201404302" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01081962v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louiza Oudni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/dasip.2014.7115641" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096871v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Iakovleva" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dominguez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865067" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094905v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805036v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Romero Mier y T&#233;ran" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hassan Zahraee" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gouiff&#232;s" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093237v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865069" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835202v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ye" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Falcou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Etiemble" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cabaret" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805045v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2466715.2466733" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835188v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00753803v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Tadonki" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadi El Wardani" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daoudi El Mostafa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31254-0_55" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093274v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;dron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gens" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bimbard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130889v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Manzanera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dupret" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2009.5413946" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00905054v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Saidani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Falcou" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222664v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vermeulen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SITIS.2007.142" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622245v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denoulet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mostafaoui" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M&#233;rigot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015955v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Klein" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Mathias" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moutault" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMP.2005.33" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796477v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghiles Mostafaoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kunlin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534433v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gaborit" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Granado" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Garda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534372v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534370v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956836v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202244993" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199828v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin L. Meunier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-023-01288-6" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556296v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPDS.2022.3158488" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690964v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690977v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097279v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zanda" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bouley" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jeanne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Malgoyre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202038649" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458693v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ponce" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Quagliani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/15/06/P06018" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02852880v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-h1202" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361188v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-016-0574-2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01711050v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Haggui" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Sayadi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouni Bouraoui" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2018.01.048" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550129v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2017.06.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805030v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvcir.2017.09.012" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361132v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chamseddine Ben Abdallah" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00138-016-0752-z" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793974v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01061305v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esterie" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Gaunard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Thierry Laprest&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2014.07.002" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8TXZ3Q8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094903v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Romero" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-6180-2014-175" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00753708v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19448-1_10" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-98MH0LHG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131002v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-008-0096-7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684838v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Elouardi" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bouaziz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2007.895671" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954992v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.12222.36161" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835240v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093294v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Chouh" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2182840" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01093131v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126845v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Eitzinger" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3380479" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126855v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Jubertie" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Le Gal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3303117" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01689709v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>