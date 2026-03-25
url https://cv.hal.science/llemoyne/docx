--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -147,7977 +147,7977 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal integration of hybrid renewable energy systems for decarbonized urban electrification and hydrogen mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarad Basnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Deschinkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cécile Péra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 89, pp.1448 - 1462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2024.08.054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A review on recent standalone and grid integrated hybrid renewable energy systems: System optimization and energy management strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarad Basnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Deschinkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Péra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renewable Energy Focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46, pp.103 - 125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ref.2023.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04153973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative study of the high‐temperature auto‐ignition of cyclopentane and tetrahydrofuran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong‐quan Do</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (4), pp.199-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/kin.21703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solving the riddle of the high-temperature chemistry of 1,3-dioxolane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malte Döntgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indu Sekhar Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (2), pp.578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2022.07.194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03936057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Control for Cleaner Hybrid Vehicles: A Backward Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (2), pp.578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app12020578⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Control of a Spark Ignition Engine Including Cold Start Operations for Consumption/Emissions Compromises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pelluet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), 30 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app11030971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03184537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxidation of pentan-2-ol -Part II: Experimental and modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junfeng Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxiang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.833-841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.07.062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An experimental and kinetic modeling study on the oxidation of 1,3-dioxolane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.543-553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2020.06.362⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Methyl-3-Hexenoate Combustion Chemistry: Experimental Study and Numerical Kinetic Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilya E Gerasimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis A Knyazkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatyana A Bolshova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrey G Shmakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg P Korobeinichev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 222, pp.170-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2020.08.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smart Energy Management for Series Hybrid Electric Vehicles Based on Driver Habits Recognition and Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Joud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (11), pp.2954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en13112954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy management strategy to reduce pollutant emissions during the catalyst light-off of parallel hybrid vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 266, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apenergy.2020.114866⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energetic macroscopic representation and inversion based control of fuel cell in a series hybrid race vehicle system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zainab Asus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Electric and Hybrid Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (3), pp.197-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJEHV.2020.110086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An experimental and modeling study of the oxidation of 3-pentanol at high pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37 (1), pp.477-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.07.114⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02011316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Probing the low-temperature chemistry of ethanol via the addition of dimethyl ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingjia Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilal El-Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry J Curran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 190, pp.74-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2017.11.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuel Consumption Evaluation of a Hybrid Electric Car over Aggressive Cycles for Thermal Engine Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zainab Asus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> International journal of advanced and applied sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (2), pp.37-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21833/ijaas.2018.02.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03048139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A high pressure experimental and numerical study of methane ignition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianni Catalano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 177, pp.164 - 172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2016.03.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01415214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D electro-thermal modelling and experimental validation of lithium polymer-based batteries for automotive applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Energy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (8), pp.1144 - 1154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/er.3524⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01384622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Modeling and Driving Cycle Prediction for a Racing Series Hybrid Car</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zainab Asus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zul-Hilmi Che Daud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (3), pp.541-551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/jestpe.2014.2307079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development and validation of a 5 stroke engine for range extenders application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Kéromnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Energy Conversion and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 82, pp.259-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enconman.2014.03.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forces and flow structures evolution on a car body in a sudden crosswind</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Volpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Wind Engineering and Industrial Aerodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 128, pp.114-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jweia.2014.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental and Numerical Validation of a Wind Gust Facility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaele Volpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluids Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (1), pp.011106/1-011106/9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4023194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VAPORIZATION CHARACTERISTICS OF ETHANOL AND 1-PROPANOL DROPLETS AT HIGH TEMPERATURES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanisah Binti Saharin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atomization and Sprays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (3), pp.207 - 226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/AtomizSpr.2012005061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zero dimensional finite-time thermodynamic, three zones numerical model of a generic Stirling and its experimental validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonino Sophy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Sirot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renewable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 47, pp.167-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.renene.2012.04.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02539794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trends in Atomization Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Spray and Combustion Dynamics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (1), pp.49-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1260/1756-8277.2.1.49⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximizing the Potential of an Hybrid Renewable Energy System including hydrogen : A Multi-Criteria Approach</w:t>
+                <w:t xml:space="preserve">Optimizing Grid-Integrated Renewable Systems for Cost-Effective Electricity and Hydrogen Supply</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarad Basnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deschinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Cécile Péra</w:t>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+                <w:t xml:space="preserve">Marie Cécile Péra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Industrial Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Bristol, United Kingdom. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit58233.2024.10540778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04584409v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Grid-Integrated Renewable Systems for Cost-Effective Electricity and Hydrogen Supply</w:t>
+                <w:t xml:space="preserve">Maximizing the Potential of an Hybrid Renewable Energy System including hydrogen : A Multi-Criteria Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarad Basnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deschinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Cécile Péra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Cécile Péra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Industrial Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès annuel de la société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04734371v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving the riddle of the high-temperature chemistry of 1,3-dioxolane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Wildenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte Döntgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indu Sekhar Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, VANCOUVER, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03936476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan des modèles d’électrolyseurs et piles à combustibles commercialisés en 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarad Basnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deschinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cécile Péra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of electrolysers and fuel cells on the market in 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarad Basnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Deschinkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cécile Péra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and kinetic modeling study on the oxidation of 1,3-dioxolane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Wildenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Fenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Adélaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation of pentan-2-ol – Part II: Experimental and modeling study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Symposium on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Adelaïde, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude Piv De L'évolution Instationnaire De L'écoulement Entourant Un Véhicule Soumis À Un Vent Latéral.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaele Volpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National conference proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02563262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of cyclopentanol at high pressures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">An experimental and kinetic modeling study on the reactivity of 1,3-dioxolane under engine-relevant condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alina Wildenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02561784v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and kinetic modeling study on the reactivity of 1,3-dioxolane under engine-relevant condition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Fenard</w:t>
+                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of cyclopentanol at high pressures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Combustion Meeting 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Lisboa, Portugal</w:t>
+              <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351199v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Experimental and Modelling Study of the Oxidation of Cyclopentanol at High Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dagaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative high-pressure jet-stirred reactor study on the oxidation of pentanol isomers: 1-, 2- and 3- pentanol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">A comparative high-pressure shock tube study on the ignition of pentanol isomers: 1-, 2- and 3- pentanol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th International Symposium on Gas Kinetics and Related Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, RSC, Jul 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">, Jul 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02080787v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation and modelization of sprays, a focus on drop fragmentation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Simulation et modélisation des processus de pulvérisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jouanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUTURMOB 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRIVE, Jun 2018, NEVERS, France</w:t>
+              <w:t xml:space="preserve">colloque Futurmob 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018784v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03355926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation de l'écoulement de vent et de son contrôle autour d'un objet de géométrie d'un immeuble</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">On the design of novel access and methodology for optical diagnostics inside internal combustion engines under severe operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Oung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujun Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque Futurmob 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
+              <w:t xml:space="preserve">THIESEL 2018 Conference on Thermo- and Fluid Dynamic Processes in Direct Injection Engines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355874v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude expérimentale et simulation de l'oxydation du 3-pentanol à haute pression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Futurmob 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the design of novel access and methodology for optical diagnostics inside internal combustion engines under severe operating conditions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">A comparative high-pressure jet-stirred reactor study on the oxidation of pentanol isomers: 1-, 2- and 3- pentanol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dagaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">THIESEL 2018 Conference on Thermo- and Fluid Dynamic Processes in Direct Injection Engines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Gas Kinetics and Related Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RSC, Jul 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350853v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation et modélisation des processus de pulvérisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Simulation and modelization of sprays, a focus on drop fragmentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jouanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque Futurmob 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
+              <w:t xml:space="preserve">FUTURMOB 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRIVE, Jun 2018, NEVERS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355926v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">More Insight Into Methyl-3-Hexenoate Combustion Kinetics: Low-Pressure Premixed Flame Structure, High-Pressure Ignition Delay Time Measurements and Mechanism Development</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Simulation de l'écoulement de vent et de son contrôle autour d'un objet de géométrie d'un immeuble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jouanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonino Sophy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cavecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">colloque Futurmob 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350872v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03355874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wind flow simulation and control around a building shape body</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">More Insight Into Methyl-3-Hexenoate Combustion Kinetics: Low-Pressure Premixed Flame Structure, High-Pressure Ignition Delay Time Measurements and Mechanism Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FUTURMOB 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRIVE, Jun 2018, NEVERS, France</w:t>
+              <w:t xml:space="preserve">37th International Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018758v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03350872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of 3-pentanol at high pressure</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wind flow simulation and control around a building shape body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jouanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonino Sophy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cavecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37th Symposium (Int'l) on Combustion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Combustion Institute, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">FUTURMOB 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRIVE, Jun 2018, NEVERS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02080767v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Fuel Consumption and Pollutant Emissions of a Spark Ignition Engine for Eco-driving Applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">An experimental and modelling study of the oxidation of 3-pentanol at high pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VPPC 2018, Vehicle Power and Propulsion Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
+              <w:t xml:space="preserve">37th Symposium (Int'l) on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Combustion Institute, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02013962v2</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02080767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing fuel consumption and pollutant emissions of a SI engine for eco-driving applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeanneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pelissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Futurmob 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nevers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03351642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative high-pressure shock tube study on the ignition of pentanol isomers: 1-, 2- and 3- pentanol</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Optimizing Fuel Consumption and Pollutant Emissions of a Spark Ignition Engine for Eco-driving Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Guille Des Buttes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Jeanneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pelissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dayma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Gas Kinetics and Related Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">VPPC 2018, Vehicle Power and Propulsion Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350880v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013962v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’auto-inflammation de l’éthanol à haute pression et basse température</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+                <w:t xml:space="preserve">Caractérisation de la combustion des biocarburants oxygénés pour les applications de mobilités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoite Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Serinyel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoite Lefort</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Guillaume Dayma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Curran</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques du GFC : Combustion de Biocarburants, de la Biomasse et de ses Dérivés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Futurmob'17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351255v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la combustion des biocarburants oxygénés pour les applications de mobilités</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Etude de l’auto-inflammation de l’éthanol à haute pression et basse température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilal El Merhubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Le Moyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Curran</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Futurmob'17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
+              <w:t xml:space="preserve">Journées thématiques du GFC : Combustion de Biocarburants, de la Biomasse et de ses Dérivés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351268v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction de cycle et stratégie de gestion énergétique basée sur une méthode d’optimisation globale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Joud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FUTURMOB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02355272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Energy Management for Hybrid Vehicles Based on Driving Cycle Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Joud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rui da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Vehicle Power and Propulsion Conference (VPPC 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Belfort, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/VPPC.2017.8331052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03021702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental and kinetic modelling study of ethanol/DME mixtures auto -ignition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingjia Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilal El Merhubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.J. Curran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Conference on Chemical Kinetics (ICCK 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01557942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simplified thermal model for the three way catalytic converter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Varun Pandey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Jeanneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st International Transport and Air Pollution Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Lyon, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A high-pressure shock tube characterization and auto-ignition delay investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilal El Merhubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCI European Capitals Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of Lithium-Ion Battery Thermal Behaviour for Electric and Hybrid Electric Vehicles</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Numerical investigation of boundary layer detachment by active flow control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karunakaran Hemrijicks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tonino Sophy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jouanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SESDE 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Bordeaux, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02860096v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03018837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic grid generation from a numerical picture for transient flow simulation over a car shape obstacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tonino Sophy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jouanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SESDE 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03018859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical investigation of boundary layer detachment by active flow control</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Experimental Study of Lithium-Ion Battery Thermal Behaviour for Electric and Hybrid Electric Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Keromnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SESDE 2014</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Coimbra, Portugal. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2014.7007069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03018837v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02860096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface to Create Driving Cycles and Load Profiles for Different Kinds of Vehicles.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Characterisation of a commercial automotive lithium ion battery using extended Kalman filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moemen Daboussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zul Hilmi Che Daud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interface to create driving cycles and load profiles for different kinds of vehicles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Detroit, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITEC.2013.6574522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562318v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and Validation of a Five Stroke Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Keromnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Delaporte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerhard Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Engines &amp; Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4271/2013-24-0095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02860486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of a commercial automotive lithium ion battery using extended Kalman filter</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Interface to Create Driving Cycles and Load Profiles for Different Kinds of Vehicles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiyu Gan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interface to create driving cycles and load profiles for different kinds of vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Nevers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02563232v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial driving cycles for the evaluation of energetic needs of electric vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Garcia Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Dearborn, United States. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITEC.2012.6243426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02862539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple method of estimating consumption of internal combustion engine for hybrid application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zainab Asus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Chrenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE Transportation Electrification Conference and Expo (ITEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Dearborn, United States. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ITEC.2012.6243425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02563308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An energy and power based approach toward design of power split for urban hybrid vehicle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Vaporization characteristics of 1-propanol droplets at high temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanisah Saharin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoîte Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Europe 2011, 24th European Conference on Liquid Atomization and Spray System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conference or Workshop Item (Full Paper), Sep 2011, Estoril, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863225v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaporization Characteristics of Ethanol Droplets: Influence of the Environment Humidity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanisah Saharin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoîte Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2011 Turbo Expo: Turbine Technical Conference and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Vancouver, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/GT2011-46531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaporization characteristics of 1-propanol droplets at high temperatures</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">An energy and power based approach toward design of power split for urban hybrid vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Chrenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Garcia Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bouquain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Miraoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Europe 2011, 24th European Conference on Liquid Atomization and Spray System</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2011 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Chicago, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2011.6043027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...2960 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Sirot</w:t>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">hal-02615351v1</w:t>
+                <w:t xml:space="preserve">hal-02863225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8135,51 +8135,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moteur thermique et enjeux du changement climatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Le Moyne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Moteur thermique et enjeux du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8294,51 +8294,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FAEA8E9"/>
+    <w:nsid w:val="B64E8495"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8525,51 +8525,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/llemoyne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7394-3558" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170497305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584409v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarad Basnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deschinkel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734371v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit58233.2024.10540778" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936476v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte D&#246;ntgen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indu Sekhar Roy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Huang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172651v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492236v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563262v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Volpe" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Silva" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351199v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080787v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018784v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanguy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355874v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonino Sophy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cavecchia" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oung" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355926v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018758v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013962v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guille Des Buttes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351642v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350880v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351255v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355272v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021702v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui da Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331052" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01557942v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Zhang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341104v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Pandey" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gillet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860008v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860096v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007069" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018859v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018837v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karunakaran Hemrijicks" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562318v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Gan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860486v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ailloud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delaporte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schmitz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0095" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563232v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moemen Daboussy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2013.6574522" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862539v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Garcia Diez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2012.6243426" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563308v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Asus" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2012.6243425" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863225v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouquain" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Miraoui" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2011.6043027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858688v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanisah Saharin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2011-46531" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563418v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745691v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.08.054" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04360299v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong&#8208;quan Do" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21703" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153973v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ref.2023.06.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524324v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020578" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936057v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.194" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184537v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pelluet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11030971" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350732v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112954" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02647942v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.114866" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879617v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassane Aglzim" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEHV.2020.110086" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444126v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El-Merhubi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry J Curran" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.11.011" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048139v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21833/ijaas.2018.02.007" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384622v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien dos Santos" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.3524" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P53B9TN2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415214v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Catalano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.03.016" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444240v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schmitz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.03.025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLBFVK4R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444245v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2014.03.006" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444250v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul-Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jestpe.2014.2307079" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920549v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023194" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858555v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanisah Binti Saharin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2012005061" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539794v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sirot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2012.04.023" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615351v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1756-8277.2.1.49" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416214v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/llemoyne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7394-3558" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170497305" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745691v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarad Basnet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deschinkel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Le Moyne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.08.054" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153973v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile P&#233;ra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ref.2023.06.001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04360299v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong&#8208;quan Do" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;te Lefort" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Serinyel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dayma" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.21703" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936057v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Wildenberg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte D&#246;ntgen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indu Sekhar Roy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Huang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2022.07.194" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jeanneret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guille Des Buttes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Keromnes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pelissier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12020578" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184537v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pelluet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11030971" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216659v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Carbonnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfeng Bai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Zhu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.07.062" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216737v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fenard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan K&#233;romn&#232;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.362" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934473v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya E Gerasimov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis A Knyazkov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana A Bolshova" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey G Shmakov" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg P Korobeinichev" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.08.028" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350732v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Joud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui da Silva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Chrenko" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13112954" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02647942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2020.114866" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879617v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainab Asus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hassane Aglzim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEHV.2020.110086" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011316v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.07.114" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingjia Zhang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El-Merhubi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry J Curran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.11.011" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048139v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21833/ijaas.2018.02.007" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01415214v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal El Merhubi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Catalano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.03.016" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01384622v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien dos Santos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/er.3524" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P53B9TN2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444250v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zul-Hilmi Che Daud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jestpe.2014.2307079" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444240v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Delaporte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Schmitz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2014.03.025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KLBFVK4R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444245v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Volpe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ferrand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur da Silva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jweia.2014.03.006" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920549v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4023194" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858555v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanisah Binti Saharin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Lefort" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Morin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chauveau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/AtomizSpr.2012005061" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539794v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonino Sophy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sirot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2012.04.023" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615351v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1756-8277.2.1.49" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734371v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit58233.2024.10540778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584409v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03936476v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172651v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492236v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351221v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351229v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563262v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351199v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02797960v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Serinyel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dagaut" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350880v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355926v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jouanguy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350853v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Oung" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujun Cao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351651v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080787v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018784v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355874v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cavecchia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350872v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018758v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02080767v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351642v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013962v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351268v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Curran" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351255v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355272v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021702v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2017.8331052" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01557942v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341104v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Pandey" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gillet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860008v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018837v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karunakaran Hemrijicks" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03018859v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860096v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2014.7007069" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563232v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moemen Daboussy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2013.6574522" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860486v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ailloud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Schmitz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2013-24-0095" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02562318v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Gan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862539v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Garcia Diez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2012.6243426" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563308v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITEC.2012.6243425" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02563418v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanisah Saharin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858688v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2011-46531" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863225v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouquain" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Miraoui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2011.6043027" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416214v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>