--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -493,429 +493,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragilité, outils et pratiques de tri pendant la pandémie de COVID-19</w:t>
+                <w:t xml:space="preserve">Éditorial : Pandémie, impacts sur la construction des savoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Andrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coralie Sarrazin</w:t>
+                <w:t xml:space="preserve">Catherine Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Grenier</w:t>
+                <w:t xml:space="preserve">Patrick Fougeyrollas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Fougeyrollas</w:t>
+                <w:t xml:space="preserve">Mélanie Levasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aequitas. Revue de développement humain, handicap et changement social/Journal of human development, disability, and social change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.11-31</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.3-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1078366ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03381438v1</w:t>
+                <w:t xml:space="preserve">hal-03381424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial : Pandémie, impacts sur la construction des savoirs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La gériatrisation socio-sanitaire du handicap : luttes de pouvoir institutionnelles et choc de représentations catégorielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fougeyrollas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Andrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Levasseur</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aequitas. Revue de développement humain, handicap et changement social/Journal of human development, disability, and social change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.3-10. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.95-110</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381424v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gériatrisation socio-sanitaire du handicap : luttes de pouvoir institutionnelles et choc de représentations catégorielles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Fragilité, outils et pratiques de tri pendant la pandémie de COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Andrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fougeyrollas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Coralie Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aequitas. Revue de développement humain, handicap et changement social/Journal of human development, disability, and social change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.95-110</w:t>
+              <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1), pp.11-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03381556v1</w:t>
+                <w:t xml:space="preserve">hal-03381438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le triage en services d’urgence en temps de pandémie au Québec : L’outil en tant que stratégie micropolitique d’un agencement biopolitique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Andrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fougeyrollas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aequitas. Revue de développement humain, handicap et changement social/Journal of human development, disability, and social change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Pandémie, crise humanitaire, handicap et droits humains, 27 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1242,165 +1242,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handicap : comment les accompagnements et les organisations se transforment</w:t>
+                <w:t xml:space="preserve">Autodétermination et participation à la gouvernance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Andrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Se développer et grandir dans un monde complexe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Enfant Demain, Nov 2023, Nanterre, France</w:t>
+              <w:t xml:space="preserve">L'autodétermination comme ils disent !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éducation, Cultures, Politiques (ECP); Ocellia; École des métiers Santé Social en Auvergne-Rhône-Alpes; Collectif Reliance; Communauté mixte de recherche "Droits Humains-Capacités-Participation", May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589812v1</w:t>
+                <w:t xml:space="preserve">hal-04589798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autodétermination et participation à la gouvernance</w:t>
+                <w:t xml:space="preserve">Handicap : comment les accompagnements et les organisations se transforment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Andrien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'autodétermination comme ils disent !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éducation, Cultures, Politiques (ECP); Ocellia; École des métiers Santé Social en Auvergne-Rhône-Alpes; Collectif Reliance; Communauté mixte de recherche "Droits Humains-Capacités-Participation", May 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Se développer et grandir dans un monde complexe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Enfant Demain, Nov 2023, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04589798v1</w:t>
+                <w:t xml:space="preserve">hal-04589812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La performativité d’une réforme dans le marché du handicap</w:t>
               </w:r>
@@ -1677,51 +1677,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handicap, pour une révolution participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Andrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Sarrazin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Érès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Connaissances de la diversité, Charles Gardou, 9782749273594</w:t>
             </w:r>
           </w:p>
@@ -2118,51 +2118,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402161v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maisonnasse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Andrien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987176v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lemaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulliver Lux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.62" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053945v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.224.0079" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381438v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Sarrazin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Grenier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fougeyrollas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381424v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barral" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Levasseur" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1078366ar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381556v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381561v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104437v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104440v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589812v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589798v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589819v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589801v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381568v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Collinet-Ourthe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589824v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4912/handicap-pour-une-revolution-participative#:~:text=Il%20s'agit%20l&#224;%20d,l'autod&#233;termination%20de%20chaque%20usager." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104482v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02443257v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLX088" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402161v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Ballon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maisonnasse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Boudes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Andrien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987176v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lemaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulliver Lux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2025.62" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053945v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.224.0079" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381424v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barral" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fougeyrollas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Levasseur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1078366ar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381556v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Grenier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Sarrazin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381438v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381561v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104437v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104440v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589809v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589798v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589812v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589819v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589801v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inshea.hal.science/hal-03381568v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Collinet-Ourthe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589824v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-eres.com/ouvrage/4912/handicap-pour-une-revolution-participative#:~:text=Il%20s'agit%20l&#224;%20d,l'autod&#233;termination%20de%20chaque%20usager." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104482v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02443257v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLX088" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>