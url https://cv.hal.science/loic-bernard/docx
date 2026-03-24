--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc BERNARD </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Scientist, ISL, Department Sensors Telemetry & Communications (Div2/STC)Associate Member of IETR (Institut d’Electronique et de Techniques du numéRique), STAR Team</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularly polarized global navigation satellite systems metasurface antennas in sub-wavelength metallic cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1759078723000089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cylindrical conformation and miniaturization of cavity-backed magnetoelectric antenna with an outer Γ-shaped probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, International Journal of Microwave and Wireless Technologies, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s1759078723001265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemetry antennas withstanding very high accelerations and centrifugal forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (6), pp.723-731. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1759078721000854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software-Defined Radio Based Station for Projectile Tracking and Telemetry Reception Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Paillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Hengy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (2), pp.1057-1068. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAES.2020.3042621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metasurface antennas embedded in small circular cavities for telemetry applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (12), pp.496. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app9122496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an experimental Doppler behaviour on a supersonic speed ground‐projectile channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Milla Peinado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vauzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (12), pp.1702-1707. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-map.2016.0857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation of the basic finner reference projectile for attitude measurements at supersonic velocities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Kreitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Aerospace and Electronic Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.32-40. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MAES.2016.150080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Maximum Bandwidth of Rectangular Cavity Antennas With Broadside Radiation Pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kourosh Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, pp.1709-1712. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LAWP.2014.2352274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widband circulary-polarized patch antennas on reactive impedance substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.1015-1018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐opening circularly polarized patch antenna with one desired opening diameter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (9), pp.1958-1962. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.25422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-Size Circularly Polarized Patch Antenna With an Opening for a Video Grenade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.681-684. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LAWP.2008.2010651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric long and thick dipoles for in‐flight telemetry of projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 50 (2), pp.508-511. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.23105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel single‐fed circularly polarized patch antenna with an opening through the whole structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 48 (11), pp.2336-2340. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.21946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel superstrate gain-enhanced antenna with lateral metallic walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 41 (2), pp.93-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Design, Fabrication and Characterization of a Miniaturized and Optically Transparent CSRRs-Loaded Antenna Operating in C-Band for a Dual Optical-RF Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hodoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Himdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Méric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap63536.2025.10999936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, fabrication et caractérisation d’une antenne miniaturisée et optiquement transparente chargée de CSRRs, fonctionnant dans la bande C pour une utilisation duale optique et hyperfréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Hodoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Himdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Méric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de Caractérisation Microondes et Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, St-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-Band Cylindrical Structural Antenna of Small Diameter with Radial Modes Using Aperture Coupled Feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap63536.2025.10999380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Optimized Cylindrical Structural Antenna with Quasi Length Insensitivity using CMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 18th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap60739.2024.10501247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau d’antennes structurelles cylindriques avec quasi insensibilité à la longueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collardey Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes (06), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système embarqué de détection de position en roulis à partir de signaux électromagnétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrovje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pecheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularly-Polarized Wideband Conformal Magneto-Electric Antenna Covering the GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Caussc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 18th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap60739.2024.10500945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly based substrates for telemetry antennas in UHF- and S-bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 17th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Florence, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP57121.2023.10133806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Conformal Cavity-Backed Magnetoelectric Antenna for GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Conformal Cavity-Backed Magnetoelectric Antenna for GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small antenna at 5.4 GHz for 11 mm telemetry-unit in harsh environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelda Etienne-Baroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faycal Saada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 15th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Dusseldorf, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP51087.2021.9411404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Tracking Antenna System Based on Software-Defined Radio for flying platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Milla Peinado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hengy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Conference on Antenna Measurements &amp; Applications (CAMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.124-128, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Profile Multiband Magnetoelectric Antenna for GNSS and Telemetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Conference on Antenna Measurements &amp; Applications (CAMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.144-148, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of GNSS reception onboard a small UAV in RF-disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 15th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Dusseldorf, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP51087.2021.9411417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemetry Antennas Withstanding Very High Accelerations and Centrifugal Forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antenne métasurface en cavité à polarisation circulaire pour applications GNSS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OFDM Channel Sounding in Line - of - Sight V2V Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Milla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vauzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE-APS Topical Conference on Antennas and Propagation in Wireless Communications (APWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Granada, France. pp.118-118, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APWC.2019.8870561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spin rate estimation of projectiles from microwave signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faycal Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cartagena des Indias, France. pp.58-61, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEAA.2018.8519814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antennes compactes en cavité pour applications GNSS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques URSI France 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized onboard electronics for attitude measurement of medium caliber projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.309-312, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2018.8617986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau circulaire compact de quatre antennes à base de métasurface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, St-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01733078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antenne miniature en cavité circulaire à base de métasurface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, St-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01732890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniature rectangular cavity antennas with circular polarization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Daos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a cavity antenna with stacked patches and a metasurface-inspired design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact beam forming network of a switched phased array for projectile applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conical phased array for reliable and discrete communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurable antennas in C-band for smart projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISL Scientific Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of patch antennas enclosed in miniature circular cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCAP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, La Haye, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01114938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of miniature cavity antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées JCGE'2014 - SEEDS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Saint-Louis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of miniature rectangular cavity antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Electromagnetics in Advanced Applications, ICEEA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - Etat des travaux après 32 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Workshop Interdisciplinaire sur la Sécurité Globale, WISG'13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Troyes, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00921809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - état des travaux après 20 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Workshop Interdisciplinaire sur la Sécurité Globale, WISG'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of printed antennas on reactive impedance substrates for circular polarization operation in S-band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation, EuCAP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - état des travaux après 8 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Koehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale, WISG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Troyes, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a circularly polarized patch antenna over a reactive impedence surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation, EuCAP 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Rome, Italy. pp.1056-1060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations and design of small-size printed antennas on a reactive impedance substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation (EuCAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'antennes couvertes par un substrat diélectrique de dimensions finies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Treizièmes Journées Nationales Micro-ondes (JNM 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High directivity multiple superstrate antennas with improved bandwidth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AP Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d’absorbants micro-ondes à base de composites silicone structurés grâce à la gravure laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenvael Danielou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Lamrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanadi Breiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Onzième Conférence Plénière du GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Performance of Structured Silicone Composite-Based Microwave Absorbers via Laser Cutting and molding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenvael Danielou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Lamrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanadi Breiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Microwave Materials and their Applications Conference (MMA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Saint Brieuc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antennes et circuits hyperfréquences pour projectiles et systèmes volants. Applications de télémesure, communications bi-directionnelles et GNSS en environnements sévères.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Bretagne Loire, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05173236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId159"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc BERNARD </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Scientist, ISL, Department Sensors Telemetry & Communications (Div2/STC)Associate Member of IETR (Institut d’Electronique et de Techniques du numéRique), STAR Team</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cylindrical conformation and miniaturization of cavity-backed magnetoelectric antenna with an outer Γ-shaped probe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, International Journal of Microwave and Wireless Technologies, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s1759078723001265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularly polarized global navigation satellite systems metasurface antennas in sub-wavelength metallic cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1759078723000089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Software-Defined Radio Based Station for Projectile Tracking and Telemetry Reception Enhancement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Paillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Bieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Hengy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (2), pp.1057-1068. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAES.2020.3042621⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemetry antennas withstanding very high accelerations and centrifugal forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Microwave and Wireless Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (6), pp.723-731. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1759078721000854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metasurface antennas embedded in small circular cavities for telemetry applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (12), pp.496. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app9122496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an experimental Doppler behaviour on a supersonic speed ground‐projectile channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Milla Peinado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vauzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Microwaves Antennas and Propagation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (12), pp.1702-1707. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-map.2016.0857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation of the basic finner reference projectile for attitude measurements at supersonic velocities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Kreitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Aerospace and Electronic Systems Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (2), pp.32-40. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MAES.2016.150080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Maximum Bandwidth of Rectangular Cavity Antennas With Broadside Radiation Pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kourosh Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, pp.1709-1712. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LAWP.2014.2352274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01117536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Widband circulary-polarized patch antennas on reactive impedance substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 10, pp.1015-1018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐opening circularly polarized patch antenna with one desired opening diameter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (9), pp.1958-1962. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.25422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-Size Circularly Polarized Patch Antenna With an Opening for a Video Grenade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Antennas and Wireless Propagation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.681-684. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LAWP.2008.2010651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric long and thick dipoles for in‐flight telemetry of projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 50 (2), pp.508-511. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.23105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel single‐fed circularly polarized patch antenna with an opening through the whole structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 48 (11), pp.2336-2340. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mop.21946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel superstrate gain-enhanced antenna with lateral metallic walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwave and Optical Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 41 (2), pp.93-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Design, Fabrication and Characterization of a Miniaturized and Optically Transparent CSRRs-Loaded Antenna Operating in C-Band for a Dual Optical-RF Purpose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hodoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Himdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Méric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap63536.2025.10999936⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception, fabrication et caractérisation d’une antenne miniaturisée et optiquement transparente chargée de CSRRs, fonctionnant dans la bande C pour une utilisation duale optique et hyperfréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Hodoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Himdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Méric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées de Caractérisation Microondes et Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, St-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-Band Cylindrical Structural Antenna of Small Diameter with Radial Modes Using Aperture Coupled Feeding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 19th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Stockholm, Sweden. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap63536.2025.10999380⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05097432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau d’antennes structurelles cylindriques avec quasi insensibilité à la longueur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collardey Sylvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-ondes 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes (06), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système embarqué de détection de position en roulis à partir de signaux électromagnétiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrovje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pecheur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Micro-Ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05173291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularly-Polarized Wideband Conformal Magneto-Electric Antenna Covering the GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Caussc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 18th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap60739.2024.10500945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Optimized Cylindrical Structural Antenna with Quasi Length Insensitivity using CMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Notter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 18th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/eucap60739.2024.10501247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04566580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly based substrates for telemetry antennas in UHF- and S-bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 17th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Florence, Italy. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP57121.2023.10133806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05169985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Conformal Cavity-Backed Magnetoelectric Antenna for GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small Conformal Cavity-Backed Magnetoelectric Antenna for GNSS Bands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 16th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Madrid, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP53622.2022.9769667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small antenna at 5.4 GHz for 11 mm telemetry-unit in harsh environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nelda Etienne-Baroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faycal Saada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 15th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Dusseldorf, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP51087.2021.9411404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Tracking Antenna System Based on Software-Defined Radio for flying platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Milla Peinado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hengy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Conference on Antenna Measurements &amp; Applications (CAMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.124-128, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Profile Multiband Magnetoelectric Antenna for GNSS and Telemetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Causse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE Conference on Antenna Measurements &amp; Applications (CAMA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.144-148, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of GNSS reception onboard a small UAV in RF-disturbed environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 15th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Dusseldorf, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP51087.2021.9411417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemetry Antennas Withstanding Very High Accelerations and Centrifugal Forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 14th European Conference on Antennas and Propagation (EuCAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Copenhagen, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EuCAP48036.2020.9135589⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OFDM Channel Sounding in Line - of - Sight V2V Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Milla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Boeglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Schmoltzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vauzelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE-APS Topical Conference on Antennas and Propagation in Wireless Communications (APWC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Granada, France. pp.118-118, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/APWC.2019.8870561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antenne métasurface en cavité à polarisation circulaire pour applications GNSS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21èmes Journées Nationales Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spin rate estimation of projectiles from microwave signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hrvoje Covic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faycal Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 International Conference on Electromagnetics in Advanced Applications (ICEAA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cartagena des Indias, France. pp.58-61, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEAA.2018.8519814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antennes compactes en cavité pour applications GNSS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques URSI France 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Meudon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniaturized onboard electronics for attitude measurement of medium caliber projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zeiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 25th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bordeaux, France. pp.309-312, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2018.8617986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseau circulaire compact de quatre antennes à base de métasurface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Garcia-Gamez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, St-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01733078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antenne miniature en cavité circulaire à base de métasurface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura García-Gámez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, St-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01732890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miniature rectangular cavity antennas with circular polarization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Daos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of a cavity antenna with stacked patches and a metasurface-inspired design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact beam forming network of a switched phased array for projectile applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conical phased array for reliable and discrete communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuCAP 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurable antennas in C-band for smart projectiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jaeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISL Scientific Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of patch antennas enclosed in miniature circular cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCAP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, La Haye, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01114938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of miniature cavity antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées JCGE'2014 - SEEDS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Saint-Louis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01083919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bandwidth behavior of miniature rectangular cavity antennas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Martinis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kouroch Mahdjoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Collardey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Int. Conf. on Electromagnetics in Advanced Applications, ICEEA 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - Etat des travaux après 32 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Workshop Interdisciplinaire sur la Sécurité Globale, WISG'13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2013, Troyes, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00921809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - état des travaux après 20 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Workshop Interdisciplinaire sur la Sécurité Globale, WISG'12</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2012, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of printed antennas on reactive impedance substrates for circular polarization operation in S-band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation, EuCAP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00772835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et réalisation d'un démonstrateur pour un système hybride projectile/drone miniature - état des travaux après 8 mois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gnemmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Changey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Meder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Koehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Interdisciplinaire sur la Sécurité Globale, WISG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Troyes, France. pp.CDROM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00584447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a circularly polarized patch antenna over a reactive impedence surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation, EuCAP 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Rome, Italy. pp.1056-1060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00664931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations and design of small-size printed antennas on a reactive impedance substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Sauleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Antennas and Propagation (EuCAP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse d'antennes couvertes par un substrat diélectrique de dimensions finies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Treizièmes Journées Nationales Micro-ondes (JNM 2003)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00920084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High directivity multiple superstrate antennas with improved bandwidth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Loison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Gillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lucidarme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AP Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, San Antonio, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00936245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des performances d’absorbants micro-ondes à base de composites silicone structurés grâce à la gravure laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenvael Danielou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Lamrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanadi Breiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Pouliguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Onzième Conférence Plénière du GDR ONDES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Performance of Structured Silicone Composite-Based Microwave Absorbers via Laser Cutting and molding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenvael Danielou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Lamrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanadi Breiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ala Sharaiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Amory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Microwave Materials and their Applications Conference (MMA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Saint Brieuc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05445177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antennes et circuits hyperfréquences pour projectiles et systèmes volants. Applications de télémesure, communications bi-directionnelles et GNSS en environnements sévères.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Bretagne Loire, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05173236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId159"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192451v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garc&#237;a-G&#225;mez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sauleau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouroch Mahdjoubi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078723000089" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357284v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Causse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078723001265" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172418v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bernard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrvoje Covic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zeiner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Schneider" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078721000854" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172429v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Campo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Boeglen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bieber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Hengy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.3042621" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02181457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Martinis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9122496" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176349v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Boeglen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Milla Peinado" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Schmoltzi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2016.0857" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176355v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Adam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Thomas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kreitz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MAES.2016.150080" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117536v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kourosh Mahdjoubi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2014.2352274" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664484v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chertier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25422" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-70KJ8794-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176426v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2008.2010651" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176424v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.23105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H8LBMNVB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176428v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21946" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-48375LJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783111v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Loison" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lucidarme" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097510v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hodoul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Himdi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Simon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ric" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap63536.2025.10999936" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173269v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hodoul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097432v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Notter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouliguen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap63536.2025.10999380" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566580v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap60739.2024.10501247" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173254v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collardey Sylvain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173291v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrovje Covic" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pecheur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566557v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caussc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap60739.2024.10500945" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169985v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roussel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133806" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770695v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176264v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769667" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176279v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelda Etienne-Baroun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Saada" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411404" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176275v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hengy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703458" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176271v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703603" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176287v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Covic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schneider" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411417" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176291v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135589" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138309v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garcia-Gamez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176295v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Milla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boeglen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schmoltzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauzelle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APWC.2019.8870561" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEAA.2018.8519814" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138306v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176298v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Saada" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeiner" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Meder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia-Gamez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8617986" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733078v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732890v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138084v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115928v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaeck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115921v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115055v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114938v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083919v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924709v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921809v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gnemmi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Changey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Meder" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670206v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772835v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584447v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Koehl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664931v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511677v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ren" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920084v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936245v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445173v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenvael Danielou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Lamrini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanadi Breiss" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Amory" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445177v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05173236v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Causse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1759078723001265" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192451v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garc&#237;a-G&#225;mez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Sauleau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouroch Mahdjoubi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078723000089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172429v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Campo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Boeglen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Paillot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Bieber" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Hengy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.3042621" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172418v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bernard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrvoje Covic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Zeiner" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armin Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1759078721000854" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02181457v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Martinis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9122496" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176349v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Boeglen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Milla Peinado" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Schmoltzi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-map.2016.0857" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176355v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Adam" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Thomas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Kreitz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MAES.2016.150080" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117536v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kourosh Mahdjoubi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2014.2352274" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664484v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chertier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.25422" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-70KJ8794-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176426v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2008.2010651" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176424v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.23105" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H8LBMNVB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176428v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.21946" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-48375LJ4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783111v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Loison" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lucidarme" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097510v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hodoul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Himdi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Simon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ric" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap63536.2025.10999936" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173269v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hodoul" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097432v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Notter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouliguen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap63536.2025.10999380" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173254v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collardey Sylvain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173291v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrovje Covic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pecheur" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566557v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Caussc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap60739.2024.10500945" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566580v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eucap60739.2024.10501247" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169985v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roussel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP57121.2023.10133806" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770695v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176264v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP53622.2022.9769667" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176279v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelda Etienne-Baroun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Saada" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411404" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176275v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Campo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hengy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703458" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176271v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703603" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176287v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Covic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schneider" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP51087.2021.9411417" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176291v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP48036.2020.9135589" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176295v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Milla" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boeglen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schmoltzi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vauzelle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APWC.2019.8870561" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138309v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Garcia-Gamez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176331v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEAA.2018.8519814" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138306v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176298v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Saada" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zeiner" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Meder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Garcia-Gamez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2018.8617986" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733078v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732890v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02138084v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115951v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115928v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaeck" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115921v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115055v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114938v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083919v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924709v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00921809v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gnemmi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Changey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Meder" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670206v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772835v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584447v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Koehl" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664931v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511677v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ren" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00920084v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936245v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445173v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenvael Danielou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Lamrini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanadi Breiss" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Amory" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445177v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05173236v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>