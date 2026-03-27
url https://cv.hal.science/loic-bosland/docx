--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Bosland </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loic-bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5235-2740</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">095141804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/J-5858-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the decomposition of iodine oxides aerosols (IOx) in the containment -Consequences on the understanding of volatile iodine behaviour in the containment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180, pp.105576. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2024.105576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04839440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main lessons learnt from 40 years of R&amp;D on iodine source term prediction: Identification of the main parameters governing iodine volatility in PHEBUS FP tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chevalier Jabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 177, pp.105473. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2024.105473⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04724808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the stability of iodine oxides (IxOy) aerosols in severe accident conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 181, pp.109526. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2022.109526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the stability of CsI and iodine oxides (IOx) aerosols and trapping efficiency of small aerosols on sand bed and metallic filters under irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouheb Chebbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Monsanglant Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 142, pp.104013. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2021.104013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03409665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photodegradation of Molecular Iodine on SiO2 Particles: Influence of Temperature and Relative Humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Wortham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (3), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4048846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the radiolytic decomposition of CsI and CdI2 aerosols deposited on stainless steel, quartz and Epoxy painted surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 141, pp.107241. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2019.107241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photolytic degradation of molecular iodine adsorbed on model SiO2 particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Wortham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 723, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.137951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Works on Iodine and Ruthenium Behavior in Severe Accident Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Albiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (2), 020903 (13 p.). </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4038223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of iodine releases from epoxy and polyurethane paints under irradiation and development of a new model of iodine-Epoxy paint interactions for PHEBUS and PWR severe accident applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 314 (2), pp.1121-1140. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10967-017-5458-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARNET benchmark on Phébus FPT3 integral experiment on core degradation and fission product behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Giuli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Haste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Biehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.E. Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.65-82. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2016.01.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main modelling features of the ASTEC V2.1 major version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chatelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Carénini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Coindreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.83-93. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2015.12.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine-paint interactions during nuclear reactor severe accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.A. Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.E. Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.C. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74 (C), pp.184-199. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2014.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASTEC V2 severe accident integral code Fission product modelling and validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chevalier-Jabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marchetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 272, pp.195-206. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2014.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modelling studies of iodine oxide formation and aerosol behaviour relevant to nuclear reactor accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Auvinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.200-207. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2014.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Dependence Kinetic Studies of the Reaction of O(P-3) with CHI3 and C2H5I and the 298 K Reaction of OH(X-2 Pi) with CHI3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (9), pp.554-566. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/kin.20868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and interpretation of iodine behavior in PHEBUS FPT-1 containment with ASTEC and COCOSYS codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Klein-Hessling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 177 (1), pp.36-62. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT12-A13326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Dependent Kinetics Study of the Reactions of OH with C2H5I, n-C3H7I, and iso-C3H7I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal S. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (38), pp.9497-9506. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp300575f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LWR severe accident simulation Iodine behaviour in FPT2 experiment and advances on containment iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Güntay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 243, pp.371-392. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.11.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARIS project: Radiolytic oxidation of molecular iodine in containment during a nuclear reactor severe accident: Part 2. Formation and destruction of iodine oxides compounds under irradiation – Experimental results modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedhelm Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gert Langrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 241 (9), pp.4026-4044. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.06.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04675047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of the reaction of OH with CH2I2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (24), pp.11671-11677. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c1cp20885c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of the reaction of OH with CH3I revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43 (10), pp.547--556. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/kin.20583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of iodine radiochemistry in the ASTEC severe accident code: Description and application to FPT-2 PHEBUS test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 171 (1), pp.88-107. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A10774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LWR severe accident simulation fission product behavior in FPT2 experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dienstbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 169 (3), pp.218-238. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A9375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASTEC, COCOSYS, and LIRIC Interpretation of the Iodine Behavior in the Large-Scale THAI Test Iod-9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedhelm Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kanzleiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132 (11), pp.112902. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4001295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04675053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on containment iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Karkela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ball</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (1), pp.128-135. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2009.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation status of the ASTEC integral code for severe accident simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. van Dorsselaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chatelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cranga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tregoures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 170 (3), pp.397-415. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A10326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARIS project: Radiolytic oxidation of molecular iodine in containment during a nuclear reactor severe accident. Part 1. Formation and destruction of air radiolysis products-Experimental results and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Langrock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 238 (12), pp.3542-3550. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2008.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03005041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the progress made in source terms evaluation and possible open issues relative to advanced technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Coindreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-C Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11 th European Review Meeting on Severe Accident Research (ERMSAR2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KTH (Royal Institute of Technology); Collaboration avec le réseau SARNET/NUGENIA, May 2024, Stockholm, Sweden. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04837699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical tests to study potential chemical effects on sump clogging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pradier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCCS 2021 OECD/NEA Specialist Workshop on Reactor core and containment cooling systems long term management and reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Levice, Slovakia. Paper #1310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive Iodine in the Atmosphere : from source term to dose Status of IRSN research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Blanchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANC 2019 - 2dn International Conference on Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04112416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REVIEW OF THE POTENTIAL SOURCES OF ORGANIC IODIDES IN A NPP CONTAINMENT DURING A SEVERE ACCIDENT AND REMAINING UNCERTAINTIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review Meeting on Severe Accident Research, ERMSAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, PRAGUE, Czech Republic. pp.107127, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2019.107127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ASTEC integral code status and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Chailan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Carénini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chambarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9TH European Review Meeting on Severe Accident Research (ERMSAR2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Pragues, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04106726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRSN R&D Actions on FP Behaviour for RCS, Containment and FCVS in Severe Accident Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Albiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 24th International Conference on Nuclear Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Charlotte, United States. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/ICONE24-61104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine Chemistry in Nuclear Reactor Accident Conditions: Recent Studies and Hypotheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shirley Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ari Auvinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenn Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Powers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Plant Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Sapporo (Japon), Japan. pp.47089599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of organic iodide formation from painted surfaces in the containment atmosphere during a severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPP 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice &amp; Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine Behavior in the Primary Circuit and on Painted Surfaces of a Containment Reactor: Description of the Modeling Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Winter Meeting 2010 - ANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANS, Nov 2010, Las Vegas, United States. pp.456-457/96308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of organic iodide in the containment in case of a severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Fillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jacquemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Annual Meeting on American Nuclear Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Anaheim (CA), United States. pp.261-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiolytic oxidation of iodine in the containment at high temperature and dose rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jacquemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear energy for New Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NENE, Sep 2007, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights in the reactivity of CH2ICH2OH with OH radicals: implications for atmospheric iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Taamalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Kozakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Černušák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPEAN GEOSCIENCES UNION GENERAL ASSEMBLY, EGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, ONLINE, France. 2021, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine oxide aerosol formation and composition during a major nuclear power plant accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd international symposium on gas kinetics and related phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Szeged, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic studies of the OH(X 2 ) and O( 3 P) initiated reactions with selected short chain iodoalkanes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Symposium on Gas Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Boulder (CO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of iodine oxide particles from the photooxidation of CH 3 I in the presence of O 3 and humidity under the conditions of a major nuclear power plant accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Symposium on Gas Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Boulder (CO), United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude thermodynamique et cinétique de l'extraction des nitrates de lanthanides par un malonamide (N,N diméthyl-N,N dioctyl hexyléthoxy malonamide ou DMDOHEMA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie. Ecole Centrale Paris, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04373619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId190"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Bosland </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loic-bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-5235-2740</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">095141804</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/J-5858-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the decomposition of iodine oxides aerosols (IOx) in the containment -Consequences on the understanding of volatile iodine behaviour in the containment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 180, pp.105576. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2024.105576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04839440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main lessons learnt from 40 years of R&amp;D on iodine source term prediction: Identification of the main parameters governing iodine volatility in PHEBUS FP tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Chevalier Jabet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 177, pp.105473. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2024.105473⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04724808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the stability of iodine oxides (IxOy) aerosols in severe accident conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 181, pp.109526. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2022.109526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the stability of CsI and iodine oxides (IOx) aerosols and trapping efficiency of small aerosols on sand bed and metallic filters under irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouheb Chebbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Monsanglant Louvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 142, pp.104013. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2021.104013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03409665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photodegradation of Molecular Iodine on SiO2 Particles: Influence of Temperature and Relative Humidity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Wortham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (3), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4048846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the radiolytic decomposition of CsI and CdI2 aerosols deposited on stainless steel, quartz and Epoxy painted surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 141, pp.107241. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2019.107241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photolytic degradation of molecular iodine adsorbed on model SiO2 particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Wortham</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 723, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.137951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Works on Iodine and Ruthenium Behavior in Severe Accident Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Albiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 4 (2), 020903 (13 p.). </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4038223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of iodine releases from epoxy and polyurethane paints under irradiation and development of a new model of iodine-Epoxy paint interactions for PHEBUS and PWR severe accident applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 314 (2), pp.1121-1140. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10967-017-5458-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02552706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARNET benchmark on Phébus FPT3 integral experiment on core degradation and fission product behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Di Giuli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Haste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Biehler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.E. Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.65-82. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2016.01.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Main modelling features of the ASTEC V2.1 major version</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chatelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Carénini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Coindreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93, pp.83-93. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2015.12.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine-paint interactions during nuclear reactor severe accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.A. Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.E. Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.C. Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74 (C), pp.184-199. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2014.07.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASTEC V2 severe accident integral code Fission product modelling and validation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chevalier-Jabet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marchetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 272, pp.195-206. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2014.01.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02614058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and modelling studies of iodine oxide formation and aerosol behaviour relevant to nuclear reactor accidents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Auvinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 74, pp.200-207. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2014.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature Dependence Kinetic Studies of the Reaction of O(P-3) with CHI3 and C2H5I and the 298 K Reaction of OH(X-2 Pi) with CHI3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 46 (9), pp.554-566. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/kin.20868⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and interpretation of iodine behavior in PHEBUS FPT-1 containment with ASTEC and COCOSYS codes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Klein-Hessling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 177 (1), pp.36-62. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT12-A13326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-Dependent Kinetics Study of the Reactions of OH with C2H5I, n-C3H7I, and iso-C3H7I</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal S. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cornelius Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (38), pp.9497-9506. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp300575f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LWR severe accident simulation Iodine behaviour in FPT2 experiment and advances on containment iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Güntay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 243, pp.371-392. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.11.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of the reaction of OH with CH2I2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (24), pp.11671-11677. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c1cp20885c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02954946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of the reaction of OH with CH3I revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. S. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Chemical Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 43 (10), pp.547--556. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/kin.20583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARIS project: Radiolytic oxidation of molecular iodine in containment during a nuclear reactor severe accident: Part 2. Formation and destruction of iodine oxides compounds under irradiation – Experimental results modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedhelm Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gert Langrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 241 (9), pp.4026-4044. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2011.06.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04675047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LWR severe accident simulation fission product behavior in FPT2 experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dienstbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Dubourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Fiche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 169 (3), pp.218-238. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A9375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of iodine radiochemistry in the ASTEC severe accident code: Description and application to FPT-2 PHEBUS test</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Clément</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 171 (1), pp.88-107. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A10774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASTEC, COCOSYS, and LIRIC Interpretation of the Iodine Behavior in the Large-Scale THAI Test Iod-9</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedhelm Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kanzleiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 132 (11), pp.112902. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4001295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04675053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on containment iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Karkela</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ball</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (1), pp.128-135. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pnucene.2009.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation status of the ASTEC integral code for severe accident simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. van Dorsselaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Chatelard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cranga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Tregoures</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 170 (3), pp.397-415. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13182/NT10-A10326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02974276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARIS project: Radiolytic oxidation of molecular iodine in containment during a nuclear reactor severe accident. Part 1. Formation and destruction of air radiolysis products-Experimental results and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Funke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Langrock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 238 (12), pp.3542-3550. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2008.06.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03005041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the progress made in source terms evaluation and possible open issues relative to advanced technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Coindreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A-C Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11 th European Review Meeting on Severe Accident Research (ERMSAR2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KTH (Royal Institute of Technology); Collaboration avec le réseau SARNET/NUGENIA, May 2024, Stockholm, Sweden. pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04837699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical tests to study potential chemical effects on sump clogging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pradier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RCCS 2021 OECD/NEA Specialist Workshop on Reactor core and containment cooling systems long term management and reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Levice, Slovakia. Paper #1310</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03613147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REVIEW OF THE POTENTIAL SOURCES OF ORGANIC IODIDES IN A NPP CONTAINMENT DURING A SEVERE ACCIDENT AND REMAINING UNCERTAINTIES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review Meeting on Severe Accident Research, ERMSAR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, PRAGUE, Czech Republic. pp.107127, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2019.107127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioactive Iodine in the Atmosphere : from source term to dose Status of IRSN research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Cécile Gregoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Blanchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Coppin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RANC 2019 - 2dn International Conference on Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04112416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ASTEC integral code status and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Chailan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Carénini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chambarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9TH European Review Meeting on Severe Accident Research (ERMSAR2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Pragues, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04106726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRSN R&D Actions on FP Behaviour for RCS, Containment and FCVS in Severe Accident Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Albiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 24th International Conference on Nuclear Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Charlotte, United States. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/ICONE24-61104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02897062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine Chemistry in Nuclear Reactor Accident Conditions: Recent Studies and Hypotheses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shirley Dickinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ari Auvinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenn Glowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Powers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Plant Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Sapporo (Japon), Japan. pp.47089599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of organic iodide formation from painted surfaces in the containment atmosphere during a severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Colombani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Gomez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAPP 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Nice &amp; Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine Behavior in the Primary Circuit and on Painted Surfaces of a Containment Reactor: Description of the Modeling Strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cantrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Winter Meeting 2010 - ANS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANS, Nov 2010, Las Vegas, United States. pp.456-457/96308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04841889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of organic iodide in the containment in case of a severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Fillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jacquemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 Annual Meeting on American Nuclear Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Anaheim (CA), United States. pp.261-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiolytic oxidation of iodine in the containment at high temperature and dose rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Jacquemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Clement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Andreo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear energy for New Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, NENE, Sep 2007, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights in the reactivity of CH2ICH2OH with OH radicals: implications for atmospheric iodine chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Figueiredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Taamalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Kozakova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Černušák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPEAN GEOSCIENCES UNION GENERAL ASSEMBLY, EGU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, ONLINE, France. 2021, </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03214153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iodine oxide aerosol formation and composition during a major nuclear power plant accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd international symposium on gas kinetics and related phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Szeged, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation of iodine oxide particles from the photooxidation of CH 3 I in the presence of O 3 and humidity under the conditions of a major nuclear power plant accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Symposium on Gas Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Boulder (CO), United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic studies of the OH(X 2 ) and O( 3 P) initiated reactions with selected short chain iodoalkanes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaoliang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafal Strekowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Monod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bosland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zetzsch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Symposium on Gas Kinetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Boulder (CO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04841920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude thermodynamique et cinétique de l'extraction des nitrates de lanthanides par un malonamide (N,N diméthyl-N,N dioctyl hexyléthoxy malonamide ou DMDOHEMA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Bosland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chimie. Ecole Centrale Paris, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04373619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId190"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="757F93C6"/>
+    <w:nsid w:val="62F77DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-bosland" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5235-2740" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095141804" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5858-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/irsn-04839440v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bosland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Leroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2024.105576" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04724808v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chevalier Jabet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2024.105473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969323v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bosland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2022.109526" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409665v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Alvarez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouheb Chebbi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Monsanglant Louvet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2021.104013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214498v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Figueiredo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Strekowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wortham" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048846" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Colombani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2019.107241" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869299v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Figueiredo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137951" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Albiol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cousin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4038223" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colombani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-017-5458-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Giuli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haste" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Biehler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.E. Herranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2016.01.046" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558472v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chatelard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Car&#233;nini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Coindreau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2015.12.026" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7N9KL938-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641720v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dickinson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Glowa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.C. Kim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.07.016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGZC8WS0-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cantrel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chevalier-Jabet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchetto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2014.01.011" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3DG8LG2Q-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641785v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auvinen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ammar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.05.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70RCNCZ3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456425v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoliang Zhang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monod" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Zetzsch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20868" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93088DB37A78829E0314947E33C1BADECFF5CE51/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907243v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Weber" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Klein-Hessling" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Girault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT12-A13326" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456669v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal S. Strekowski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300575f" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907250v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Funke" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#252;ntay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.11.011" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2GXJHBP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04675047v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedhelm Funke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Langrock" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girault" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.06.015" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4V18TGSM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954946v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Strekowski" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monod" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zetzsch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20885c" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962961v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Strekowski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20583" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-510C55NN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086530v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A10774" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086529v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dienstbier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dubourg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fiche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A9375" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04675053v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Glowa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kanzleiter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001295" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972630v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andreo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karkela" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ball" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2009.09.009" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B1HZ516F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974276v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. van Dorsselaere" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cranga" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tregoures" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A10326" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005041v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Langrock" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.06.023" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FK1Z6RP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04837699v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Coindreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C Gr&#233;goire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613147v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Le Saux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pradier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04112416v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Gregoire" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchardon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coppin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cousin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748816v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2019.107127" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04106726v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chailan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Car&#233;nini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chambarel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897062v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICONE24-61104" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Dickinson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Auvinen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Glowa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Powers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841918v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pascal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martinet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841889v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841909v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Guilbert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fillet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jacquemain" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Andreo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214153v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Taamalli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kozakova" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;ernu&#353;&#225;k" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Louis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12095" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841929v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841920v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841923v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04373619v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-bosland" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5235-2740" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/095141804" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-5858-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/irsn-04839440v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bosland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Leroy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2024.105576" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04724808v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chevalier Jabet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2024.105473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969323v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bosland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2022.109526" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409665v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Alvarez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouheb Chebbi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Monsanglant Louvet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2021.104013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214498v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Figueiredo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal Strekowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bosland" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Wortham" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4048846" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02635625v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Colombani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2019.107241" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869299v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Figueiredo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Wortham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137951" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779435v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cantrel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Albiol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cousin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4038223" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552706v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colombani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-017-5458-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558459v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di Giuli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Haste" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Biehler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.E. Herranz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2016.01.046" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558472v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chatelard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Car&#233;nini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Coindreau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2015.12.026" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7N9KL938-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641720v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dickinson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.A. Glowa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.C. Kim" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.07.016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZGZC8WS0-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614058v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cantrel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chevalier-Jabet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchetto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2014.01.011" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3DG8LG2Q-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02641785v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auvinen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ammar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2014.05.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70RCNCZ3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456425v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaoliang Zhang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monod" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelius Zetzsch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20868" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93088DB37A78829E0314947E33C1BADECFF5CE51/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907243v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Weber" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Klein-Hessling" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Girault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT12-A13326" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456669v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafal S. Strekowski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300575f" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907250v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Funke" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#252;ntay" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.11.011" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B2GXJHBP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954946v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Strekowski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Monod" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zetzsch" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20885c" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962961v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S. Strekowski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/kin.20583" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-510C55NN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04675047v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedhelm Funke" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Langrock" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girault" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2011.06.015" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4V18TGSM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086529v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dienstbier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dubourg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fiche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A9375" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086530v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A10774" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04675053v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Glowa" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kanzleiter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001295" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972630v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andreo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Karkela" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ball" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnucene.2009.09.009" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B1HZ516F-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974276v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. van Dorsselaere" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cranga" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tregoures" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NT10-A10326" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005041v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Langrock" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.06.023" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FK1Z6RP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04837699v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Coindreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C Gr&#233;goire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613147v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Le Saux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pradier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02748816v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2019.107127" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04112416v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne C&#233;cile Gregoire" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchardon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coppin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cousin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04106726v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Chailan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Car&#233;nini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chambarel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897062v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICONE24-61104" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841931v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirley Dickinson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Auvinen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Glowa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Powers" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841918v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pascal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martinet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841889v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Clement" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841909v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Guilbert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fillet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Jacquemain" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Andreo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214153v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Taamalli" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Kozakova" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;ernu&#353;&#225;k" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Louis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12095" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841929v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841923v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04841920v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04373619v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>