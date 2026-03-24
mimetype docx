--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1623,234 +1623,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’évaluation dans la formation des enseignants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de concertation au Ministère de l’éducation Nationale pour la refondation de l’école.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, PAris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évaluation relève-t-elle de la normalisation ou de l’émancipation ? » .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Formes d'éducation et processus d'émancipation",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’utopie tolstoïenne ou la conquête de la liberté par l’éducation : à l’assaut des dogmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Jules Verne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160045v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03164356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation éthique des Conseillers Principaux d’Éducation : de l’abandon de toute morale édifiante »</w:t>
               </w:r>
@@ -5796,151 +5796,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Perte de sens Revue les Cahiers pédagogiques No 387</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« L’évaluation pour s’émanciper » Revue les Cahiers pédagogiques No 387</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03160037v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03160039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId107"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6095,51 +6095,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445073v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Clavier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.524.0039" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302767v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2960" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303495v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473620v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213060v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Clavier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213069v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.2060" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278649v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Etienne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.4798" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159982v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159984v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159986v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/refor.2004.2054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445069v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303492v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chauvign&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouju- Goujon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302756v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164337v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160045v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164356v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160049v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160052v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160053v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160055v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164366v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160059v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160062v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160063v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160065v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160069v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160109v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160113v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160115v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160116v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050497v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100854460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192626v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805979v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gohier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gendron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Jutras" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gabin Ntebutse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159991v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159992v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159988v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541956v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303481v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303477v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302781v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302789v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302785v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293768v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Etienne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665593v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303483v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303487v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159995v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159997v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160000v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159999v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160004v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456208v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160006v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160008v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456243v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456222v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456249v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160009v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160016v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160028v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160031v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160034v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160037v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160039v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445073v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Clavier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.524.0039" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302767v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.2960" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303495v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473620v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213060v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Clavier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1093" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213069v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.2060" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278649v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Etienne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.4798" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159982v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159984v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159986v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/refor.2004.2054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445069v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303492v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Chauvign&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grimault-Leprince" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bouju- Goujon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302756v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303493v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164337v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164356v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160045v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160049v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160052v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160053v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293983v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160055v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164366v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160059v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160062v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160063v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160065v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160069v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160109v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160113v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160115v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160116v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050497v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100854460" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159990v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192626v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132054v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00805979v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gohier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gendron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Jutras" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gabin Ntebutse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159991v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159992v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159988v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541956v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303481v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303477v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302781v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302789v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302785v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159993v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293768v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Etienne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665593v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303483v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303487v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159995v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159997v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160000v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159999v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160004v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456208v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160006v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160008v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456234v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456243v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456222v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456249v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160009v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160016v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160028v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160031v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160034v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160039v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160037v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>