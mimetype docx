--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -399,1464 +399,1464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’innovation, potentiel levier d’attractivité territoriale</w:t>
+                <w:t xml:space="preserve">Contribution de la recherche en IUT au marketing territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khoudia Guèye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Comino</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antonietta Specogna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hélène Yildiz</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Attractivité des territoires : défis et enjeux pour les acteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03517265v1</w:t>
+                <w:t xml:space="preserve">hal-03517168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication persuasive : illustrations dans le contexte digital</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lire une BD, Négociation d’une expérience de consommation en contexte expérientiel aléatoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Trizzulla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Comino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salon #GEN 2021 - Rdv business et Numérique du Grand Est - Centre des Congrès METZ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Metz, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association Française du Marketing 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03398829v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’engagement des marques à l’égard de la crise sanitaire sur les médias sociaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">La communication persuasive peut-elle être empathique ? Elaboration d’un modèle conceptuel et proposition d’une échelle de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dianoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Frazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Grand Est Numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, METZ, France</w:t>
+              <w:t xml:space="preserve">7ème édition de la Journée de recherche en Marketing du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, REIMS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343903v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de la recherche en IUT au marketing territorial</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antonietta Specogna</w:t>
+                <w:t xml:space="preserve">L’engagement des marques à l’égard de la crise sanitaire sur les médias sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Frazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Grand Est Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, METZ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03517168v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication persuasive peut-elle être empathique ? Elaboration d’un modèle conceptuel et proposition d’une échelle de mesure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Communication persuasive : illustrations dans le contexte digital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Kacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème édition de la Journée de recherche en Marketing du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, REIMS, France</w:t>
+              <w:t xml:space="preserve">Salon #GEN 2021 - Rdv business et Numérique du Grand Est - Centre des Congrès METZ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284515v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03398829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lire une BD, Négociation d’une expérience de consommation en contexte expérientiel aléatoire.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Esportif amateur, un loisir compétitif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cléret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association Française du Marketing 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Angers, France</w:t>
+              <w:t xml:space="preserve">4ème Colloque, Loisirs et styles de vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT14 (Sociologie des arts et de la culture) et RT11 (Sociologie de la consommation et du numérique) de l’Association Française de Sociologie; MSH Paris Nord, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351232v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esportif amateur, un loisir compétitif ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">FIFA, du foot ? Quelle hybridation entre pratiques sportives et pratiques vidéo-ludiques dans les trajectoires des joueurs de FIFA ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Cléret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Colloque, Loisirs et styles de vie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT14 (Sociologie des arts et de la culture) et RT11 (Sociologie de la consommation et du numérique) de l’Association Française de Sociologie; MSH Paris Nord, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03472059v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FIFA, du foot ? Quelle hybridation entre pratiques sportives et pratiques vidéo-ludiques dans les trajectoires des joueurs de FIFA ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+                <w:t xml:space="preserve">L’innovation, potentiel levier d’attractivité territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khoudia Guèye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Comino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonietta Specogna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Cléret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loic Comino</w:t>
+                <w:t xml:space="preserve">Karine Useldinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Yildiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Attractivité des territoires : défis et enjeux pour les acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03516959v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skills or Pay : Tactiques et pratiques des joueurs de FIFA sur Football Ultimate Team</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Cléret</w:t>
+                <w:t xml:space="preserve">La dynamique des courses : Une étude des facteurs explicatifs de la transformation des manières de faire les courses au sein du ménage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bjorn Marwin Hedin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loic Comino</w:t>
+                <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Normandes de Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Caen, France</w:t>
+              <w:t xml:space="preserve">Colloque Etienne Thil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03014684v1</w:t>
+                <w:t xml:space="preserve">hal-02973792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La numérimorphose des pratiques de consommation : Une approche conceptuelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Skills or Pay : Tactiques et pratiques des joueurs de FIFA sur Football Ultimate Team</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Garcia-Bardidia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cléret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjorn Marwin Hedin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Recherche en Marketing du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journées Normandes de Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973788v1</w:t>
+                <w:t xml:space="preserve">hal-03014684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La dynamique des courses : Une étude des facteurs explicatifs de la transformation des manières de faire les courses au sein du ménage</w:t>
+                <w:t xml:space="preserve">La numérimorphose des pratiques de consommation : Une approche conceptuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Etienne Thil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées de Recherche en Marketing du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973792v1</w:t>
+                <w:t xml:space="preserve">hal-02973788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les pratiques de magasinage à l’heure du numérique, une (re)construction sous contraintes : le cas du drive</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De la mobilité plurielle à la mobilité hybride : le cas des geeks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Torche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Etienne Thil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Roubaix, France</w:t>
+              <w:t xml:space="preserve">Congrès International de l'AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02169848v1</w:t>
+                <w:t xml:space="preserve">hal-02169840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en scène des courses ordinaires sur les réseaux socionumériques, ou le marketing à l’échelle du quotidien</w:t>
+                <w:t xml:space="preserve">Homo Digitalis passe son doctorat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Normandes de la Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Digiworld Spring Session – Homo Digitalis, le citoyen à l’âge du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02979467v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03026303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la mobilité plurielle à la mobilité hybride : le cas des geeks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La mise en scène des courses ordinaires sur les réseaux socionumériques, ou le marketing à l’échelle du quotidien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International de l'AFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Journées Normandes de la Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02169840v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homo Digitalis passe son doctorat</w:t>
+                <w:t xml:space="preserve">Les pratiques de magasinage à l’heure du numérique, une (re)construction sous contraintes : le cas du drive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digiworld Spring Session – Homo Digitalis, le citoyen à l’âge du numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque Etienne Thil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Roubaix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03026303v1</w:t>
+                <w:t xml:space="preserve">hal-02169848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of pragmatist philosophy on consumer research: contributions and prospects</w:t>
               </w:r>
@@ -2467,51 +2467,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion de la communication interne au cœur des organisations et application dans la gestion de projet Intranet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Comino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2698,51 +2698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701591v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Comino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209683v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delafosse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mckeown" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517265v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudia Gu&#232;ye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Comino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Specogna" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Useldinger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398829v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kacha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Lombard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343903v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Frazer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramone-Louis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517168v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284515v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351232v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Trizzulla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03472059v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516959v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014684v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Marwin Hedin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973788v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973792v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169848v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979467v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169840v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Torche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026303v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169871v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bailly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169860v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169875v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973785v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/55WK-5A96" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169809v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.021.0083" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01691128v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0186" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01981572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701591v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Comino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209683v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Delafosse" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mckeown" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517168v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudia Gu&#232;ye" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Specogna" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351232v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Trizzulla" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Garcia-Bardidia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284515v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Frazer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramone-Louis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343903v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398829v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kacha" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Lombard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03472059v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cl&#233;ret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516959v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517265v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Comino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Useldinger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973792v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014684v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Marwin Hedin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973788v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169840v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Torche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026303v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02979467v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169848v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169871v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bailly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169860v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169875v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973785v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/55WK-5A96" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169809v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.021.0083" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01691128v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0186" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01981572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>