--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -713,265 +713,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation comparative de systèmes neuronal et statistique pour la résolution de coréférence en langage parlé</w:t>
+                <w:t xml:space="preserve">A Methodology for the Comparison of Human Judgments With Metrics for Coreference Resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Brassier</w:t>
+                <w:t xml:space="preserve">Mariya Borovikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Grobol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Azzouza</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
+                <w:t xml:space="preserve">Anaïs Halftermeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Lefeuvre-Halftermeyer</w:t>
+                <w:t xml:space="preserve">Sylvie Billot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HumEval at ACL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Dublin, Ireland. pp.16-23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18653/v1/2022.humeval-1.2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701517v1</w:t>
+                <w:t xml:space="preserve">hal-03650294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Methodology for the Comparison of Human Judgments With Metrics for Coreference Resolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariya Borovikova</w:t>
+                <w:t xml:space="preserve">Évaluation comparative de systèmes neuronal et statistique pour la résolution de coréférence en langage parlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Brassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Azzouza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Grobol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Billot</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lefeuvre-Halftermeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HumEval at ACL</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles (TALN 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Avignon, France. pp.325-334</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03650294v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03701517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BERTrade: Using Contextual Embeddings to Parse Old French</w:t>
               </w:r>
@@ -1613,51 +1613,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Grobol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Anais Lefeuvre-Halftermeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2282,51 +2282,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification par paires de mention pour la résolution des coréférences en français parlé interactif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Brassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Puret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3469,51 +3469,51 @@
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Grobol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gareth Watkins. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Iaith a Thechnoleg yng Nghymru</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, II, Prifysgol Cymru Bangor., pp.8-15, 2024, 978-1 84220-208-1</w:t>
+              <w:t xml:space="preserve">, II, Prifysgol Cymru Bangor, pp.8-15, 2024, 978-1 84220-208-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04793349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -4694,51 +4694,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6243BD41"/>
+    <w:nsid w:val="BD93D6FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4925,51 +4925,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-grobol" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4619-7836" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193988232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/grobol_l_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299044v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra L. Jacobs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Grobol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083635v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Grobol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551943v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouitteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551941v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340262v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262806v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701517v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Brassier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Azzouza" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lefeuvre-Halftermeyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650294v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Borovikova" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Halftermeyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Billot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.humeval-1.2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736840v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Regnault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ortiz Suarez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sagot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506500v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crabb&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617684v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaborde" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auph&#233;lie Ferreira" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Le Tallec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fagard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265893v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02770725v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kalashnikova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Eshkol-Taravella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delafontaine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750222v4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Lion-Bouton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Anais Lefeuvre-Halftermeyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784773v3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02085093v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04071897v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Badin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02151569v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157160v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01744572v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tellier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landragin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01821213v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Puret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Voisin-Marras" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002111v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558711v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583527v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299087v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Jacobs" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hubbard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Federmeier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2025.104653" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793334v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Lent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Tatariya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Dabre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyi Chen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcell Fekete" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tacl_a_00682" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dehouck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lavrentiev" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8538" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475070v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.224.0129" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439835v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Seminck" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793349v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793321v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754672v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvin Tsang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754688v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02928209v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304514v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J. Hubbard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794656v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304518v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030325v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello De Santo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dupont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-grobol" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4619-7836" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193988232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/grobol_l_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299044v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra L. Jacobs" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Grobol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083635v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Grobol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551943v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouitteau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551941v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340262v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Millour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262806v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650294v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariya Borovikova" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Halftermeyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Billot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.humeval-1.2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701517v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Brassier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Azzouza" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lefeuvre-Halftermeyer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736840v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Regnault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ortiz Suarez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sagot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506500v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Crabb&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617684v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaborde" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auph&#233;lie Ferreira" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Le Tallec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fagard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265893v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02770725v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kalashnikova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Eshkol-Taravella" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delafontaine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750222v4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Lion-Bouton" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Anais Lefeuvre-Halftermeyer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784773v3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02085093v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04071897v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Badin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02151569v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157160v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01744572v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tellier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Villemonte de La Clergerie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landragin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01821213v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Puret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Voisin-Marras" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002111v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01558711v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583527v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299087v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Jacobs" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Hubbard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Federmeier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jml.2025.104653" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793334v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Lent" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kushal Tatariya" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Dabre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyi Chen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcell Fekete" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/tacl_a_00682" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dehouck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Lavrentiev" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpus.8538" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475070v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.224.0129" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05439835v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Seminck" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793349v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793321v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754672v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvin Tsang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754688v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490003v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02928209v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304514v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J. Hubbard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794656v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304518v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030325v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniello De Santo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01797982v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Dupont" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>