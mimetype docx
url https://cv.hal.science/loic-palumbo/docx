--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -246,90 +246,90 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt épidémiologique des centres de soins de faune sauvage pour la surveillance de l'influenza aviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hivert Lorette</w:t>
+                <w:t xml:space="preserve">Lorette Hivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Vergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tissidre Manon</w:t>
+                <w:t xml:space="preserve">Manon Tissidre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -363,813 +363,813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05512354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influenza aviaire hautement pathogène en France, bilan de la saison 2023-2024</w:t>
+                <w:t xml:space="preserve">Benefits and limitations of using innovative tools like detection dogs, thermal imaging and drones to increase wildlife carcass finds during health surveillance and management efforts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Le Bouquin</w:t>
+                <w:t xml:space="preserve">Camille Sandor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Desvaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
+                <w:t xml:space="preserve">Sylvain Larrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Schmitz</w:t>
+                <w:t xml:space="preserve">Damien Charabidze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Conservation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcosc.2025.1443255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458294v1</w:t>
+                <w:t xml:space="preserve">hal-05055601v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05023527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A clinical case of ophidiomycosis in Esculapian snake (Zamenis longissimus) in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Lemberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Sandor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuenot Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Herpétologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 187, pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48716/bullshf.187-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits and limitations of using innovative tools like detection dogs, thermal imaging and drones to increase wildlife carcass finds during health surveillance and management efforts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Desvaux</w:t>
+                <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Damien Charabidze</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Martenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Massin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Conservation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcosc.2025.1443255⟩</w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/tbed/8895883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055601v2</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04986637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Pathogenic Clade 2.3.4.4b H5N1 Influenza Virus in Seabirds in France, 2022–2023</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Evolution of the epidemiology of highly pathogenic avian influenza viruses in wild birds since 2020: a literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Guinat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diletta Fornasiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Martine Cherbonnel</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Grasland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 83-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04986637v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the epidemiology of highly pathogenic avian influenza viruses in wild birds since 2020: a literature review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Influenza aviaire hautement pathogène en France, bilan de la saison 2023-2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Bouquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Huneau-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Grasland</w:t>
+                <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 83-84</w:t>
+              <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05056555v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05458294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Patterns for Highly Pathogenic Avian Influenza and Adjustment of Prevention, Control and Surveillance Strategies: The Example of France</w:t>
               </w:r>
@@ -1181,64 +1181,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Grasland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1315,51 +1315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Bouquin-Leneveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Palumbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois-Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1414,51 +1414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biosécurité en milieu humide : bonnes pratiques d’intervention sur les amphibiens sauvages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Sandor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Matutini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1542,295 +1542,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04713872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly pathogenic avian influenza A (H5N1) clade 2.3.4.4b virus infection in captive bears (Ursus thibetanus) and in captive and wild birds, France, 2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduce, Replace, Refine: Determining A Posteriori Reference Intervals for Biochemistry in Hermann's Tortoise (Testudo hermanni)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François‐xavier Briand</w:t>
+                <w:t xml:space="preserve">Sebastien Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marielle Beltrame</w:t>
+                <w:t xml:space="preserve">Jean-Marie Ballouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Guillemoto</w:t>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Busson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Pigeyre</w:t>
+                <w:t xml:space="preserve">Eve Ramery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">German Journal of Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51585/gjvr.2024.1.0077⟩</w:t>
+              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7589/JWD-D-23-00065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-04577858v1</w:t>
+                <w:t xml:space="preserve">hal-04424215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduce, Replace, Refine: Determining A Posteriori Reference Intervals for Biochemistry in Hermann's Tortoise (Testudo hermanni)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Palumbo</w:t>
+                <w:t xml:space="preserve">Highly pathogenic avian influenza A (H5N1) clade 2.3.4.4b virus infection in captive bears (Ursus thibetanus) and in captive and wild birds, France, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François‐xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Caron</w:t>
+                <w:t xml:space="preserve">Marielle Beltrame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Ballouard</w:t>
+                <w:t xml:space="preserve">Carole Guillemoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+                <w:t xml:space="preserve">Rachel Busson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Ramery</w:t>
+                <w:t xml:space="preserve">Laetitia Pigeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of wildlife diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">German Journal of Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), pp.77-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7589/JWD-D-23-00065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.51585/gjvr.2024.1.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04424215v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04577858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly pathogenic avian influenza in France: two major epizootics during the 2020-2021 and 2021-2022 seasons</w:t>
               </w:r>
@@ -1868,51 +1868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Niqueux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Scoizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Schmitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Epidémiologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 100</w:t>
@@ -2136,64 +2136,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émergence et diffusion d’un génotype de virus d’influenza aviaire hautement pathogène A(H5N1) de clade 2.2.4.4.b adapté aux Laridae en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François‐Xavier Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Massin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Martenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cherbonnel-Pansart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2761,51 +2761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516387v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Couty" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Fornasiero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-025-00114-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05512354v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hivert Lorette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tissidre Manon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458294v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264821v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Lemberger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sandor" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Michon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuenot Thibault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48716/bullshf.187-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055601v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desvaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Larrat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcosc.2025.1443255" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04986637v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04416341v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16010101" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056570v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713872v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Matutini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Decors" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardoso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Sentenac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a14" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04577858v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Beltrame" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guillemoto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pigeyre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51585/gjvr.2024.1.0077" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424215v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Caron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ballouard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Ramery" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/JWD-D-23-00065" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05008433v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Vr&#233;court" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Caceres" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornuaille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;oville" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Thenon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hirschinger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etor&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lequeux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bourgoin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaigneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04531801v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516387v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Couty" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guinat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diletta Fornasiero" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Briand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Henry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44185-025-00114-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05512354v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorette Hivert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Vergne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Godard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tissidre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Palumbo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055601v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sandor" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Desvaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Larrat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Charabidze" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcosc.2025.1443255" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05023527v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Briand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Massin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/8895883" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05264821v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Lemberger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Michon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuenot Thibault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48716/bullshf.187-9" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04986637v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Grasland" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458294v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Huneau-Sala&#252;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schmitz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04416341v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Scoizec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Niqueux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16010101" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056570v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Bouquin-Leneveu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiele" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713872v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Matutini" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Decors" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardoso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Sentenac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a14" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424215v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Caron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Ballouard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Ramery" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7589/JWD-D-23-00065" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04577858v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;xavier Briand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Beltrame" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guillemoto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Busson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pigeyre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51585/gjvr.2024.1.0077" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Niqueux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05008433v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Vr&#233;court" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Caceres" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cornuaille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#233;oville" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04694195v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;Xavier Briand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cherbonnel-Pansart" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Louboutin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04742066v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Thenon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gilot-Fromont" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hirschinger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Etor&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605978v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lequeux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bourgoin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chaigneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04531801v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>