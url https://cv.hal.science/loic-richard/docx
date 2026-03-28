--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1522,271 +1522,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d'usage mixte, approche intégrée - IDESOC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fonctionnement du réseau d’observation des flux de matières en suspension et de contaminants particulaires (OSR 6 – année 2023)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gruat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Thollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Duwig</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Masson</w:t>
+                <w:t xml:space="preserve">Mickaël Lagouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Rapport final, INRAE RiverLy; IGE – Institut des Géosciences de l’Environnement; Pacte, Laboratoire de sciences sociales - Grenoble (France); LEM - UMR 5557. 2024, 88 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2024, pp.1- 44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733909v1</w:t>
+                <w:t xml:space="preserve">hal-04652823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement du réseau d’observation des flux de matières en suspension et de contaminants particulaires (OSR 6 – année 2023)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d'usage mixte, approche intégrée - IDESOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabien Thollet</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Duwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Lagouy</w:t>
+                <w:t xml:space="preserve">B. Cournoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2024, pp.1- 44</w:t>
+              <w:t xml:space="preserve">Rapport final, INRAE RiverLy; IGE – Institut des Géosciences de l’Environnement; Pacte, Laboratoire de sciences sociales - Grenoble (France); LEM - UMR 5557. 2024, 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04652823v1</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la nature des particules sédimentaires (granulométrie et matière organique) sur la concentration des contaminants</w:t>
               </w:r>
@@ -2008,51 +2008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lagouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2571,51 +2571,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Thollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Lagouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAE; CEREGE; IRSN; MIO; Ifremer. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3287,51 +3287,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02607506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3437,187 +3437,53 @@
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.151589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...132 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId104"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3764,51 +3630,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088865v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loide de Nascimento Lopes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahman Ijjeh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Mifdal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Debard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Cueille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.10999870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ducrocq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868632v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-11790" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arhror" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589151v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588180v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Dieud&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuillermoz-Bellod" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arhror" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609997v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnefille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brosse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237900v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lootgieter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733909v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cournoyer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652823v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228632v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696940v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228357v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114924v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749792v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696980v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293511v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delaval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750716v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728390v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Claveau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868922v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bonenfant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Brosse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607506v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brosse Quilgars" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vivaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515007v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bisone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151589" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788982v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mathon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dabrin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Allan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lardy-Fontan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Togola" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/202106057" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088865v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loide de Nascimento Lopes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahman Ijjeh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina Mifdal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Debard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Cueille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP63536.2025.10999870" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347560v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guillemain" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gruat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Ducrocq" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868632v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boukra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-11790" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589142v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Arhror" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589151v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Parlanti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588180v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Dieud&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609999v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vuillermoz-Bellod" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arhror" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brosse-Quilgars" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609997v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnefille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brosse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237900v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lootgieter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thollet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652823v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lagouy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733909v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cournoyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228632v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696940v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228357v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05114924v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749792v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Aubert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696980v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293511v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delaval" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Ambrosi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Dur" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750716v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312630v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lagouy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728390v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Claveau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysiane Dherret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868922v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bonenfant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811437v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Brosse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607506v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brosse Quilgars" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vivaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515007v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bisone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151589" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>